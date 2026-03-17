--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -13,103 +13,103 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixu12-1\Statistiky_Web(Komunikace)\Aktualizace webu\2025\k 9 2025\Ekonomické přehledy\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixm40-170\Odd_Statistiky_Controlling\612 Controlling\Web\FINAL 2025-03 - Tomas průběžná oprava - KONTROLA\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="13890" yWindow="-15" windowWidth="14910" windowHeight="12885"/>
   </bookViews>
   <sheets>
-    <sheet name="3.Q 2025" sheetId="3" r:id="rId1"/>
+    <sheet name="Časová řada" sheetId="3" r:id="rId1"/>
     <sheet name="3.Q 2022 KUMULATIVNĚ" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'3.Q 2022 KUMULATIVNĚ'!$A$1:$S$122</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'3.Q 2025'!$A$1:$S$109</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Časová řada'!$A$1:$S$108</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" concurrentManualCount="20"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D18" i="3" l="1"/>
-  <c r="B18" i="3" l="1"/>
+  <c r="R18" i="3" l="1"/>
+  <c r="P18" i="3"/>
   <c r="B23" i="4" l="1"/>
   <c r="D23" i="4" l="1"/>
   <c r="F23" i="4"/>
   <c r="H23" i="4"/>
   <c r="J23" i="4"/>
   <c r="L23" i="4"/>
   <c r="N23" i="4"/>
   <c r="P23" i="4"/>
   <c r="R23" i="4"/>
   <c r="B40" i="4"/>
   <c r="D40" i="4"/>
   <c r="F40" i="4"/>
   <c r="H40" i="4"/>
   <c r="J40" i="4"/>
   <c r="L40" i="4"/>
   <c r="N40" i="4"/>
   <c r="P40" i="4"/>
   <c r="B63" i="4"/>
   <c r="R40" i="4"/>
   <c r="D63" i="4"/>
   <c r="F63" i="4"/>
   <c r="H63" i="4"/>
   <c r="J63" i="4"/>
   <c r="L63" i="4"/>
   <c r="N63" i="4"/>
   <c r="P63" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="29">
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>(v milionech Kč)</t>
   </si>
   <si>
     <t>Leden</t>
   </si>
   <si>
     <t>Únor</t>
   </si>
   <si>
     <t>Březen</t>
   </si>
   <si>
     <t xml:space="preserve">Duben </t>
   </si>
   <si>
     <t>Květen</t>
   </si>
   <si>
     <t>Červen</t>
   </si>
   <si>
@@ -167,76 +167,81 @@
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Pozn. 2: K výpočtu úspěšnosti jsou využity předpisy očištěné o snížení pojistného OSVČ dle z. č. 136/2020 Sb.</t>
   </si>
   <si>
     <t>Pozn. 1: V důsledku přijatých vládních opatření o zrušení či prominutí záloh je ukazatel úspěšnosti výběru pojistného v roce 2020 značně zkreslený, a není proto uváděn.</t>
   </si>
   <si>
     <t>xxx)</t>
   </si>
   <si>
     <t>VÝVOJ PŘÍJMŮ V LETECH 1997 - 2022</t>
   </si>
   <si>
     <t>Pozn. 3: Hodnota příjmů zahrnuje příjmy z pojistného na sociální zabezpečení a na příspěvek na státní politiku zaměstnanosti.</t>
   </si>
   <si>
     <t>Kumul.</t>
   </si>
   <si>
-    <t>VÝVOJ PŘÍJMŮ V LETECH 1997 - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>GRAF 2: VÝVOJ PŘÍJMŮ V LETECH 2023 - 2025 DLE MĚSÍCŮ</t>
   </si>
   <si>
     <t>GRAF 3: VÝVOJ ÚSPĚŠNOSTI V LETECH 1997 - 2025</t>
   </si>
   <si>
-    <t>GRAF 1: VÝVOJ PŘÍJMŮ ZA CELÉ ROKY V LETECH 1997 - 2024</t>
+    <t>(v mil. Kč)</t>
+  </si>
+  <si>
+    <t>Vývoj příjmů a úspěšnosti výběru pojistného v letech 1997 - 2025</t>
+  </si>
+  <si>
+    <t>GRAF 1: VÝVOJ PŘÍJMŮ ZA CELÉ ROKY V LETECH 1997 - 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="7">
+  <numFmts count="9">
     <numFmt numFmtId="164" formatCode="#,##0.00000000"/>
     <numFmt numFmtId="165" formatCode="#,##0.00_-;#,##0.00\-;&quot; &quot;"/>
     <numFmt numFmtId="166" formatCode="0.0000000000000"/>
     <numFmt numFmtId="167" formatCode="#,##0.0000000000000"/>
     <numFmt numFmtId="168" formatCode="#,##0.000"/>
     <numFmt numFmtId="169" formatCode="0.00000000%"/>
     <numFmt numFmtId="170" formatCode="0.0000000"/>
+    <numFmt numFmtId="171" formatCode="#,##0.00000"/>
+    <numFmt numFmtId="184" formatCode="#,##0.000000000"/>
   </numFmts>
-  <fonts count="36" x14ac:knownFonts="1">
+  <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Times New Roman CE"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
@@ -432,50 +437,79 @@
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="7"/>
       <color theme="0"/>
       <name val="Tahoma"/>
       <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
+      <color rgb="FFFF0000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman CE"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="27">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -990,51 +1024,51 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="20" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="20" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="27" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="27" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1155,80 +1189,98 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="28" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="28" fillId="25" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="37" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="24" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="24" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="184" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="130">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Normální 10" xfId="99"/>
     <cellStyle name="Normální 10 2 2 2" xfId="97"/>
     <cellStyle name="Normální 2" xfId="2"/>
     <cellStyle name="Normální 2 2" xfId="77"/>
     <cellStyle name="Normální 2 2 2" xfId="79"/>
     <cellStyle name="Normální 2 2 2 2" xfId="84"/>
     <cellStyle name="Normální 2 2 2 3" xfId="92"/>
     <cellStyle name="Normální 2 2 3" xfId="82"/>
     <cellStyle name="Normální 2 2 4" xfId="88"/>
     <cellStyle name="Normální 2 2_List1" xfId="102"/>
     <cellStyle name="Normální 2 3" xfId="76"/>
     <cellStyle name="Normální 2 3 2" xfId="81"/>
     <cellStyle name="Normální 2 3 2 2" xfId="93"/>
     <cellStyle name="Normální 2 3 3" xfId="95"/>
     <cellStyle name="Normální 2 3 4" xfId="89"/>
     <cellStyle name="Normální 2 3_1.část zprávy - příjmy - A" xfId="116"/>
     <cellStyle name="Normální 2 4" xfId="78"/>
     <cellStyle name="Normální 2 4 2" xfId="83"/>
     <cellStyle name="Normální 2 4 3" xfId="91"/>
     <cellStyle name="Normální 2_1.část zprávy - příjmy - A" xfId="117"/>
     <cellStyle name="Normální 3" xfId="53"/>
     <cellStyle name="Normální 3 2" xfId="80"/>
@@ -1374,256 +1426,256 @@
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'3.Q 2025'!$F$4</c:f>
+              <c:f>'Časová řada'!$R$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>2023</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="42A113"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="38D812"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="42A113"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>'3.Q 2025'!$A$6:$A$17</c:f>
+              <c:f>'Časová řada'!$A$6:$A$17</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>Leden</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Únor</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Březen</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Duben </c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Květen</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Červen</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Červenec</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Srpen</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Září</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Říjen</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Listopad</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Prosinec</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'3.Q 2025'!$F$6:$F$17</c:f>
+              <c:f>'Časová řada'!$R$6:$R$17</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>54079.17544526</c:v>
+                  <c:v>63472.613856399999</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>52785.289302789999</c:v>
+                  <c:v>61876.765299190003</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>52858.234796249999</c:v>
+                  <c:v>61305.716372620001</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>57441.456548369999</c:v>
+                  <c:v>67905.944602300005</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>56576.038712599999</c:v>
+                  <c:v>67549.104660059995</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>57061.431166989998</c:v>
+                  <c:v>66810.858149449996</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>56962.257564580003</c:v>
+                  <c:v>66456.06878745</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>55752.513537259998</c:v>
+                  <c:v>66148.049576029996</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>54690.341047089998</c:v>
+                  <c:v>62759.1051091099</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>54352.292850370002</c:v>
+                  <c:v>63971.858660550199</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>55484.515653150003</c:v>
+                  <c:v>65038.915370799899</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>63482.365263289998</c:v>
+                  <c:v>73301.178331790099</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0AEE-4AED-9AFA-88C7C35F5DCB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'3.Q 2025'!$D$4</c:f>
+              <c:f>'Časová řada'!$P$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2024</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="9"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="00A7E2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>'3.Q 2025'!$A$6:$A$17</c:f>
+              <c:f>'Časová řada'!$A$6:$A$17</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>Leden</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Únor</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Březen</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Duben </c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Květen</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Červen</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Červenec</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Srpen</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Září</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Říjen</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Listopad</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Prosinec</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'3.Q 2025'!$D$6:$D$17</c:f>
+              <c:f>'Časová řada'!$P$6:$P$17</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>57854.568960359997</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>57702.565450100003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>57436.970924159999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>63752.541723200004</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>61835.083246939997</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>62724.915154950002</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>62017.115694929998</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -1634,142 +1686,151 @@
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>59614.178804590003</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>61089.500550999997</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>69014.01803187</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-0AEE-4AED-9AFA-88C7C35F5DCB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'3.Q 2025'!$B$4</c:f>
+              <c:f>'Časová řada'!$N$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>2025</c:v>
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>'3.Q 2025'!$A$6:$A$17</c:f>
+              <c:f>'Časová řada'!$A$6:$A$17</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>Leden</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Únor</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Březen</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Duben </c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Květen</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Červen</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Červenec</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Srpen</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Září</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Říjen</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Listopad</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Prosinec</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'3.Q 2025'!$B$6:$B$17</c:f>
+              <c:f>'Časová řada'!$N$6:$N$17</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>63472.613856399999</c:v>
+                  <c:v>54079.17544526</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>61876.765299190003</c:v>
+                  <c:v>52785.289302789999</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>61305.716372620001</c:v>
+                  <c:v>52858.234796249999</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>67905.944602300005</c:v>
+                  <c:v>57441.456548369999</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>67549.104660059995</c:v>
+                  <c:v>56576.038712599999</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>66810.858149449996</c:v>
+                  <c:v>57061.431166989998</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>66456.06878745</c:v>
+                  <c:v>56962.257564580003</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>66148.049576029996</c:v>
+                  <c:v>55752.513537259998</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>62759.1051091099</c:v>
+                  <c:v>54690.341047089998</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>54352.292850370002</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>55484.515653150003</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>63482.365263289998</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-0AEE-4AED-9AFA-88C7C35F5DCB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="167946880"/>
         <c:axId val="167961344"/>
       </c:lineChart>
       <c:catAx>
@@ -1782,103 +1843,114 @@
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="3000000"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1050"/>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="167961344"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="167961344"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:min val="44000"/>
+          <c:min val="50000"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="cs-CZ"/>
                   <a:t>v</a:t>
                 </a:r>
                 <a:r>
                   <a:rPr lang="cs-CZ" baseline="0"/>
                   <a:t> milionech KČ</a:t>
                 </a:r>
                 <a:endParaRPr lang="cs-CZ"/>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="1.2934292482881903E-2"/>
               <c:y val="0.27544118840814996"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1100"/>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="167946880"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
+        <c:majorUnit val="4000"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.32126908313738328"/>
           <c:y val="0.90932340447732085"/>
           <c:w val="0.38174821013187549"/>
           <c:h val="5.724572039925159E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
@@ -1913,224 +1985,236 @@
           <c:yMode val="edge"/>
           <c:x val="9.8139251580894163E-2"/>
           <c:y val="4.8899980758920616E-2"/>
           <c:w val="0.80380892566868622"/>
           <c:h val="0.79073036405630803"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>Příjmy</c:v>
           </c:tx>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="00B0F0"/>
               </a:solidFill>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>('3.Q 2025'!$B$55,'3.Q 2025'!$R$39,'3.Q 2025'!$P$39,'3.Q 2025'!$N$39,'3.Q 2025'!$L$39,'3.Q 2025'!$J$39,'3.Q 2025'!$H$39,'3.Q 2025'!$F$39,'3.Q 2025'!$D$39,'3.Q 2025'!$B$39,'3.Q 2025'!$R$20,'3.Q 2025'!$P$20,'3.Q 2025'!$N$20,'3.Q 2025'!$L$20,'3.Q 2025'!$J$20,'3.Q 2025'!$H$20,'3.Q 2025'!$F$20,'3.Q 2025'!$D$20,'3.Q 2025'!$B$20,'3.Q 2025'!$R$4,'3.Q 2025'!$P$4,'3.Q 2025'!$N$4,'3.Q 2025'!$L$4,'3.Q 2025'!$J$4,'3.Q 2025'!$H$4,'3.Q 2025'!$F$4,'3.Q 2025'!$D$4)</c:f>
+              <c:f>('Časová řada'!$B$55,'Časová řada'!$D$55,'Časová řada'!$B$39,'Časová řada'!$D$39,'Časová řada'!$F$39,'Časová řada'!$H$39,'Časová řada'!$J$39,'Časová řada'!$L$39,'Časová řada'!$N$39,'Časová řada'!$P$39,'Časová řada'!$R$39,'Časová řada'!$B$20,'Časová řada'!$D$20,'Časová řada'!$F$20,'Časová řada'!$H$20,'Časová řada'!$J$20,'Časová řada'!$L$20,'Časová řada'!$N$20,'Časová řada'!$P$20,'Časová řada'!$R$20,'Časová řada'!$B$4,'Časová řada'!$D$4,'Časová řada'!$F$4,'Časová řada'!$H$4,'Časová řada'!$J$4,'Časová řada'!$L$4,'Časová řada'!$N$4,'Časová řada'!$P$4,'Časová řada'!$R$4)</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="27"/>
+                <c:ptCount val="29"/>
                 <c:pt idx="0">
+                  <c:v>1997</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>1998</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>1999</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>2000</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>2001</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>2002</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>2003</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>2004</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>2005</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>2006</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>2007</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>2008</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>2009</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>2010</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>2011</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>2012</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>2013</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>2014</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>2015</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>2016</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>2017</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>2018</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>2019</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>2021</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>2022</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>2023</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('3.Q 2025'!$B$69,'3.Q 2025'!$R$53,'3.Q 2025'!$P$53,'3.Q 2025'!$N$53,'3.Q 2025'!$L$53,'3.Q 2025'!$J$53,'3.Q 2025'!$H$53,'3.Q 2025'!$F$53,'3.Q 2025'!$D$53,'3.Q 2025'!$B$53,'3.Q 2025'!$R$34,'3.Q 2025'!$P$34,'3.Q 2025'!$N$34,'3.Q 2025'!$L$34,'3.Q 2025'!$J$34,'3.Q 2025'!$H$34,'3.Q 2025'!$F$34,'3.Q 2025'!$D$34,'3.Q 2025'!$B$34,'3.Q 2025'!$R$18,'3.Q 2025'!$P$18,'3.Q 2025'!$N$18,'3.Q 2025'!$L$18,'3.Q 2025'!$J$18,'3.Q 2025'!$H$18,'3.Q 2025'!$F$18,'3.Q 2025'!$D$18)</c:f>
+              <c:f>('Časová řada'!$B$69,'Časová řada'!$D$69,'Časová řada'!$B$53,'Časová řada'!$D$53,'Časová řada'!$F$53,'Časová řada'!$H$53,'Časová řada'!$J$53,'Časová řada'!$L$53,'Časová řada'!$N$53,'Časová řada'!$P$53,'Časová řada'!$R$53,'Časová řada'!$B$34,'Časová řada'!$D$34,'Časová řada'!$F$34,'Časová řada'!$H$34,'Časová řada'!$J$34,'Časová řada'!$L$34,'Časová řada'!$N$34,'Časová řada'!$P$34,'Časová řada'!$R$34,'Časová řada'!$B$18,'Časová řada'!$D$18,'Časová řada'!$F$18,'Časová řada'!$H$18,'Časová řada'!$J$18,'Časová řada'!$L$18,'Časová řada'!$N$18,'Časová řada'!$P$18,'Časová řada'!$R$18)</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="27"/>
+                <c:ptCount val="29"/>
                 <c:pt idx="0">
+                  <c:v>185536</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>198130</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>204553</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>215714</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>234814.54882381999</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>250348.77559919999</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>285063.58549422998</c:v>
+                  <c:v>264208.55561482999</c:v>
                 </c:pt>
                 <c:pt idx="7">
+                  <c:v>285064.10058567999</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>302085.43403408997</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>324349.86751571996</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>357209.56897841999</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>375367.74444777</c:v>
                 </c:pt>
-                <c:pt idx="11">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="12">
+                  <c:v>337759.77882751991</c:v>
+                </c:pt>
+                <c:pt idx="13">
                   <c:v>346101.25060010998</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>357918.76946480997</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>362096.73588072014</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>362757.72875594994</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>373273.42394755001</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>394506.65260798001</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>417316.12957102014</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>454140.09681906999</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>499185.34603439004</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>536721.84264318994</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>524738.89831088996</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>579232.59171854984</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>621393.37965966004</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>671525.91188800009</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>734313.88598523999</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>786596.17877575022</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-3586-4863-BB71-097F4F5EE83D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="169563264"/>
         <c:axId val="169565184"/>
       </c:lineChart>
       <c:catAx>
@@ -2143,56 +2227,66 @@
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="3000000"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="169565184"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="169565184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="750000"/>
+          <c:max val="850000"/>
           <c:min val="150000"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="cs-CZ"/>
                   <a:t>v milionech KČ</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="1.1098323382530461E-2"/>
               <c:y val="0.3059949060797208"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
@@ -2259,51 +2353,51 @@
           <c:order val="0"/>
           <c:tx>
             <c:v>Úspěšnost</c:v>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="42A113"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="38D812"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="42A113"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>('3.Q 2025'!$D$55,'3.Q 2025'!$B$55,'3.Q 2025'!$R$39,'3.Q 2025'!$P$39,'3.Q 2025'!$N$39,'3.Q 2025'!$L$39,'3.Q 2025'!$J$39,'3.Q 2025'!$H$39,'3.Q 2025'!$F$39,'3.Q 2025'!$D$39,'3.Q 2025'!$B$39,'3.Q 2025'!$R$20,'3.Q 2025'!$P$20,'3.Q 2025'!$N$20,'3.Q 2025'!$L$20,'3.Q 2025'!$J$20,'3.Q 2025'!$H$20,'3.Q 2025'!$F$20,'3.Q 2025'!$D$20,'3.Q 2025'!$B$20,'3.Q 2025'!$R$4,'3.Q 2025'!$P$4,'3.Q 2025'!$N$4,'3.Q 2025'!$L$4,'3.Q 2025'!$J$4,'3.Q 2025'!$H$4,'3.Q 2025'!$F$4,'3.Q 2025'!$D$4,'3.Q 2025'!$B$4)</c:f>
+              <c:f>('Časová řada'!$B$55,'Časová řada'!$D$55,'Časová řada'!$B$39,'Časová řada'!$D$39,'Časová řada'!$F$39,'Časová řada'!$H$39,'Časová řada'!$J$39,'Časová řada'!$L$39,'Časová řada'!$N$39,'Časová řada'!$P$39,'Časová řada'!$R$39,'Časová řada'!$B$20,'Časová řada'!$D$20,'Časová řada'!$F$20,'Časová řada'!$H$20,'Časová řada'!$J$20,'Časová řada'!$L$20,'Časová řada'!$N$20,'Časová řada'!$P$20,'Časová řada'!$R$20,'Časová řada'!$B$4,'Časová řada'!$D$4,'Časová řada'!$F$4,'Časová řada'!$H$4,'Časová řada'!$J$4,'Časová řada'!$L$4,'Časová řada'!$N$4,'Časová řada'!$P$4,'Časová řada'!$R$4)</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="29"/>
                 <c:pt idx="0">
                   <c:v>1997</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1998</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -2355,51 +2449,51 @@
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('3.Q 2025'!$E$69,'3.Q 2025'!$C$69,'3.Q 2025'!$S$53,'3.Q 2025'!$Q$53,'3.Q 2025'!$O$53,'3.Q 2025'!$M$53,'3.Q 2025'!$K$53,'3.Q 2025'!$I$53,'3.Q 2025'!$G$53,'3.Q 2025'!$E$53,'3.Q 2025'!$C$53,'3.Q 2025'!$S$34,'3.Q 2025'!$Q$34,'3.Q 2025'!$O$34,'3.Q 2025'!$M$34,'3.Q 2025'!$K$34,'3.Q 2025'!$I$34,'3.Q 2025'!$G$34,'3.Q 2025'!$E$34,'3.Q 2025'!$C$34,'3.Q 2025'!$S$18,'3.Q 2025'!$Q$18,'3.Q 2025'!$O$18,'3.Q 2025'!$M$18,'3.Q 2025'!$K$18,'3.Q 2025'!$I$18,'3.Q 2025'!$G$18,'3.Q 2025'!$E$18,'3.Q 2025'!$C$18)</c:f>
+              <c:f>('Časová řada'!$C$69,'Časová řada'!$E$69,'Časová řada'!$C$53,'Časová řada'!$E$53,'Časová řada'!$G$53,'Časová řada'!$I$53,'Časová řada'!$K$53,'Časová řada'!$M$53,'Časová řada'!$O$53,'Časová řada'!$Q$53,'Časová řada'!$S$53,'Časová řada'!$C$34,'Časová řada'!$E$34,'Časová řada'!$G$34,'Časová řada'!$I$34,'Časová řada'!$K$34,'Časová řada'!$M$34,'Časová řada'!$O$34,'Časová řada'!$Q$34,'Časová řada'!$S$34,'Časová řada'!$C$18,'Časová řada'!$E$18,'Časová řada'!$G$18,'Časová řada'!$I$18,'Časová řada'!$K$18,'Časová řada'!$M$18,'Časová řada'!$O$18,'Časová řada'!$Q$18,'Časová řada'!$S$18)</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
                 <c:ptCount val="29"/>
                 <c:pt idx="0">
                   <c:v>0.94845081499999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.96530000000000005</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.95689999999999997</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.97079697393824571</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.98373212668170851</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.99638313509999998</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.99349220876999988</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -2444,51 +2538,51 @@
                 <c:pt idx="20">
                   <c:v>0.99673291782513096</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>0.99627656139899534</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>0.99467493683521802</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>0.99249477384132601</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>0.98677952365074395</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0.99483423127932102</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0.99332349022115896</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0.99209132737971195</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>0.99017841670034601</c:v>
+                  <c:v>0.99355535406811302</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-E9A4-4186-A9D3-B65A18C2B374}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="169597184"/>
         <c:axId val="169599360"/>
       </c:lineChart>
       <c:catAx>
@@ -2505,172 +2599,182 @@
         <c:txPr>
           <a:bodyPr rot="3000000"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="cs-CZ"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="169599360"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="169599360"/>
         <c:scaling>
           <c:orientation val="minMax"/>
           <c:min val="0.94000000000000006"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="0%" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="169597184"/>
         <c:crossesAt val="1"/>
         <c:crossBetween val="between"/>
         <c:majorUnit val="1.0000000000000002E-2"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.78740157499999996" l="0.7" r="0.7" t="0.78740157499999996" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>289560</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>548640</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Graf 2"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>464820</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>1123</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Graf 3"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>266701</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>89646</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>160022</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Graf 5"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3039,1091 +3143,1129 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AI109"/>
+  <dimension ref="A1:AI108"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.875" style="1" customWidth="1"/>
-    <col min="2" max="19" width="7.625" style="1" customWidth="1"/>
+    <col min="2" max="18" width="7.625" style="1" customWidth="1"/>
+    <col min="19" max="19" width="7.75" style="1" customWidth="1"/>
     <col min="20" max="21" width="9" style="1"/>
     <col min="22" max="22" width="25.125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.25" style="1" customWidth="1"/>
     <col min="24" max="24" width="11.375" style="1" customWidth="1"/>
     <col min="25" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W1" s="59"/>
     </row>
     <row r="2" spans="1:25" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="63" t="s">
-        <v>24</v>
+      <c r="A2" s="78" t="s">
+        <v>27</v>
       </c>
       <c r="B2" s="63"/>
       <c r="C2" s="63"/>
       <c r="D2" s="63"/>
       <c r="E2" s="63"/>
       <c r="F2" s="63"/>
       <c r="G2" s="63"/>
       <c r="H2" s="63"/>
       <c r="I2" s="63"/>
       <c r="J2" s="63"/>
       <c r="K2" s="63"/>
       <c r="L2" s="63"/>
       <c r="M2" s="63"/>
       <c r="N2" s="63"/>
       <c r="O2" s="63"/>
       <c r="W2" s="64"/>
     </row>
     <row r="3" spans="1:25" s="11" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
-      <c r="R3" s="80" t="s">
-[...2 lines deleted...]
-      <c r="S3" s="80"/>
+      <c r="S3" s="79" t="s">
+        <v>26</v>
+      </c>
       <c r="W3" s="64"/>
     </row>
-    <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="39"/>
-      <c r="B4" s="78">
+      <c r="B4" s="88">
+        <v>2017</v>
+      </c>
+      <c r="C4" s="89"/>
+      <c r="D4" s="88">
+        <v>2018</v>
+      </c>
+      <c r="E4" s="89"/>
+      <c r="F4" s="88">
+        <v>2019</v>
+      </c>
+      <c r="G4" s="89"/>
+      <c r="H4" s="88">
+        <v>2020</v>
+      </c>
+      <c r="I4" s="89"/>
+      <c r="J4" s="88">
+        <v>2021</v>
+      </c>
+      <c r="K4" s="89"/>
+      <c r="L4" s="88">
+        <v>2022</v>
+      </c>
+      <c r="M4" s="89"/>
+      <c r="N4" s="88">
+        <v>2023</v>
+      </c>
+      <c r="O4" s="89"/>
+      <c r="P4" s="88">
+        <v>2024</v>
+      </c>
+      <c r="Q4" s="89"/>
+      <c r="R4" s="88">
         <v>2025</v>
       </c>
-      <c r="C4" s="79"/>
-[...31 lines deleted...]
-      <c r="S4" s="79"/>
+      <c r="S4" s="89"/>
+      <c r="T4"/>
+      <c r="U4"/>
       <c r="W4" s="59"/>
     </row>
-    <row r="5" spans="1:25" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:25" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="40"/>
       <c r="B5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="27" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="27" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="27" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="27" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>17</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
         <v>15</v>
       </c>
       <c r="R5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="S5" s="27" t="s">
         <v>15</v>
       </c>
+      <c r="T5"/>
+      <c r="U5"/>
       <c r="W5" s="59"/>
       <c r="X5" s="59"/>
       <c r="Y5" s="59"/>
     </row>
-    <row r="6" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="19">
-[...3 lines deleted...]
-        <v>0.98814330125261796</v>
+      <c r="B6" s="17">
+        <v>36237.983030210002</v>
+      </c>
+      <c r="C6" s="32">
+        <v>1.0079870655779319</v>
       </c>
       <c r="D6" s="17">
-        <v>57854.568960359997</v>
-[...2 lines deleted...]
-        <v>0.98778464313986503</v>
+        <v>39377.305937600002</v>
+      </c>
+      <c r="E6" s="18">
+        <v>0.99144683844832282</v>
       </c>
       <c r="F6" s="17">
-        <v>54079.17544526</v>
-[...2 lines deleted...]
-        <v>0.990092799608561</v>
+        <v>42234.709695810001</v>
+      </c>
+      <c r="G6" s="18">
+        <v>0.94295683814515374</v>
       </c>
       <c r="H6" s="17">
-        <v>49842.270717469997</v>
-[...2 lines deleted...]
-        <v>0.99219784865097405</v>
+        <v>45393.050814050002</v>
+      </c>
+      <c r="I6" s="18">
+        <v>0.99187009922166203</v>
       </c>
       <c r="J6" s="17">
         <v>47356.114397639998</v>
       </c>
       <c r="K6" s="54">
         <v>0.98391263240189097</v>
       </c>
       <c r="L6" s="17">
-        <v>45393.050814050002</v>
-[...2 lines deleted...]
-        <v>0.99187009922166203</v>
+        <v>49842.270717469997</v>
+      </c>
+      <c r="M6" s="54">
+        <v>0.99219784865097405</v>
       </c>
       <c r="N6" s="17">
-        <v>42234.709695810001</v>
-[...2 lines deleted...]
-        <v>0.94295683814515374</v>
+        <v>54079.17544526</v>
+      </c>
+      <c r="O6" s="54">
+        <v>0.990092799608561</v>
       </c>
       <c r="P6" s="17">
-        <v>39377.305937600002</v>
-[...10 lines deleted...]
-      <c r="T6" s="59"/>
+        <v>57854.568960359997</v>
+      </c>
+      <c r="Q6" s="54">
+        <v>0.98778464313986503</v>
+      </c>
+      <c r="R6" s="19">
+        <v>63472.613856399999</v>
+      </c>
+      <c r="S6" s="76">
+        <v>0.98814330125261796</v>
+      </c>
+      <c r="T6"/>
+      <c r="U6"/>
       <c r="V6" s="60"/>
       <c r="W6" s="59"/>
       <c r="X6" s="59"/>
     </row>
-    <row r="7" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="22">
-[...3 lines deleted...]
-        <v>0.98869229234256795</v>
+      <c r="B7" s="20">
+        <v>35507.970644790003</v>
+      </c>
+      <c r="C7" s="33">
+        <v>0.99562069912449758</v>
       </c>
       <c r="D7" s="20">
-        <v>57702.565450100003</v>
+        <v>39729.129551589998</v>
       </c>
       <c r="E7" s="21">
-        <v>0.98802823170772991</v>
+        <v>0.99927719031768381</v>
       </c>
       <c r="F7" s="20">
-        <v>52785.289302789999</v>
+        <v>42770.128378060006</v>
       </c>
       <c r="G7" s="21">
-        <v>1.0044359490644399</v>
+        <v>0.99664192441081745</v>
       </c>
       <c r="H7" s="20">
-        <v>47163.481686990002</v>
+        <v>45129.780002530002</v>
       </c>
       <c r="I7" s="21">
-        <v>0.995701648295099</v>
+        <v>0.99876251403666605</v>
       </c>
       <c r="J7" s="20">
         <v>45036.142078539997</v>
       </c>
       <c r="K7" s="21">
         <v>0.98643490731401895</v>
       </c>
       <c r="L7" s="20">
-        <v>45129.780002530002</v>
+        <v>47163.481686990002</v>
       </c>
       <c r="M7" s="21">
-        <v>0.99876251403666605</v>
+        <v>0.995701648295099</v>
       </c>
       <c r="N7" s="20">
-        <v>42770.128378060006</v>
+        <v>52785.289302789999</v>
       </c>
       <c r="O7" s="21">
-        <v>0.99664192441081745</v>
+        <v>1.0044359490644399</v>
       </c>
       <c r="P7" s="20">
-        <v>39729.129551589998</v>
+        <v>57702.565450100003</v>
       </c>
       <c r="Q7" s="21">
-        <v>0.99927719031768381</v>
-[...7 lines deleted...]
-      <c r="T7" s="59"/>
+        <v>0.98802823170772991</v>
+      </c>
+      <c r="R7" s="22">
+        <v>61876.765299190003</v>
+      </c>
+      <c r="S7" s="77">
+        <v>0.98869229234256795</v>
+      </c>
+      <c r="T7"/>
+      <c r="U7"/>
       <c r="V7" s="60"/>
       <c r="W7" s="59"/>
       <c r="X7" s="59"/>
     </row>
-    <row r="8" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="41" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="17">
-        <v>61305.716372620001</v>
-[...2 lines deleted...]
-        <v>0.99250147933551103</v>
+        <v>35763.434261210001</v>
+      </c>
+      <c r="C8" s="32">
+        <v>1.0016385451379073</v>
       </c>
       <c r="D8" s="17">
-        <v>57436.970924159999</v>
-[...2 lines deleted...]
-        <v>0.98843445324019896</v>
+        <v>39102.650742580001</v>
+      </c>
+      <c r="E8" s="18">
+        <v>0.99985571429654629</v>
       </c>
       <c r="F8" s="17">
-        <v>52858.234796249999</v>
-[...2 lines deleted...]
-        <v>1.0000341333587699</v>
+        <v>42828.278792240002</v>
+      </c>
+      <c r="G8" s="18">
+        <v>1.0097419776319843</v>
       </c>
       <c r="H8" s="17">
-        <v>47027.101125300003</v>
-[...2 lines deleted...]
-        <v>1.0006866927817599</v>
+        <v>43222.778750370002</v>
+      </c>
+      <c r="I8" s="18">
+        <v>0.98668226262760705</v>
       </c>
       <c r="J8" s="17">
         <v>44769.40421262</v>
       </c>
       <c r="K8" s="54">
         <v>0.97639721824835501</v>
       </c>
       <c r="L8" s="17">
-        <v>43222.778750370002</v>
-[...2 lines deleted...]
-        <v>0.98668226262760705</v>
+        <v>47027.101125300003</v>
+      </c>
+      <c r="M8" s="54">
+        <v>1.0006866927817599</v>
       </c>
       <c r="N8" s="17">
-        <v>42828.278792240002</v>
-[...2 lines deleted...]
-        <v>1.0097419776319843</v>
+        <v>52858.234796249999</v>
+      </c>
+      <c r="O8" s="54">
+        <v>1.0000341333587699</v>
       </c>
       <c r="P8" s="17">
-        <v>39102.650742580001</v>
-[...2 lines deleted...]
-        <v>0.99985571429654629</v>
+        <v>57436.970924159999</v>
+      </c>
+      <c r="Q8" s="54">
+        <v>0.98843445324019896</v>
       </c>
       <c r="R8" s="17">
-        <v>35763.434261210001</v>
-[...3 lines deleted...]
-      </c>
+        <v>61305.716372620001</v>
+      </c>
+      <c r="S8" s="54">
+        <v>0.99250147933551103</v>
+      </c>
+      <c r="T8"/>
+      <c r="U8"/>
       <c r="V8" s="60"/>
       <c r="W8" s="59"/>
       <c r="X8" s="59"/>
     </row>
-    <row r="9" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="22">
-[...3 lines deleted...]
-        <v>0.99221753759617604</v>
+      <c r="B9" s="20">
+        <v>38190.239296109998</v>
+      </c>
+      <c r="C9" s="33">
+        <v>0.9805114656576791</v>
       </c>
       <c r="D9" s="20">
-        <v>63752.541723200004</v>
+        <v>42281.231590030002</v>
       </c>
       <c r="E9" s="21">
-        <v>0.98988393062162705</v>
+        <v>0.98331286757844616</v>
       </c>
       <c r="F9" s="20">
-        <v>57441.456548369999</v>
+        <v>46086.364918289997</v>
       </c>
       <c r="G9" s="21">
-        <v>0.98416924141986994</v>
+        <v>1.00265272445841</v>
       </c>
       <c r="H9" s="20">
-        <v>52977.56944259</v>
-[...2 lines deleted...]
-        <v>0.99022136179700204</v>
+        <v>44135.674077609998</v>
+      </c>
+      <c r="I9" s="21" t="s">
+        <v>20</v>
       </c>
       <c r="J9" s="20">
         <v>46859.485110419999</v>
       </c>
       <c r="K9" s="21">
         <v>0.96445907207765502</v>
       </c>
       <c r="L9" s="20">
-        <v>44135.674077609998</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>52977.56944259</v>
+      </c>
+      <c r="M9" s="21">
+        <v>0.99022136179700204</v>
       </c>
       <c r="N9" s="20">
-        <v>46086.364918289997</v>
+        <v>57441.456548369999</v>
       </c>
       <c r="O9" s="21">
-        <v>1.00265272445841</v>
+        <v>0.98416924141986994</v>
       </c>
       <c r="P9" s="20">
-        <v>42281.231590030002</v>
+        <v>63752.541723200004</v>
       </c>
       <c r="Q9" s="21">
-        <v>0.98331286757844616</v>
-[...7 lines deleted...]
-      <c r="T9" s="59"/>
+        <v>0.98988393062162705</v>
+      </c>
+      <c r="R9" s="22">
+        <v>67905.944602300005</v>
+      </c>
+      <c r="S9" s="77">
+        <v>0.99221753759617604</v>
+      </c>
+      <c r="T9"/>
+      <c r="U9"/>
       <c r="V9" s="66"/>
       <c r="W9" s="67"/>
       <c r="X9" s="59"/>
     </row>
-    <row r="10" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="41" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="17">
-        <v>67549.104660059995</v>
-[...2 lines deleted...]
-        <v>0.98579584167336998</v>
+        <v>38044.34610671</v>
+      </c>
+      <c r="C10" s="32">
+        <v>0.98820840162668155</v>
       </c>
       <c r="D10" s="17">
-        <v>61835.083246939997</v>
-[...2 lines deleted...]
-        <v>0.97987192648980603</v>
+        <v>42190.061629609983</v>
+      </c>
+      <c r="E10" s="18">
+        <v>0.98550368413825007</v>
       </c>
       <c r="F10" s="17">
-        <v>56576.038712599999</v>
-[...2 lines deleted...]
-        <v>0.976323067003115</v>
+        <v>46237.312051239998</v>
+      </c>
+      <c r="G10" s="18">
+        <v>0.98700170710719703</v>
       </c>
       <c r="H10" s="17">
-        <v>52323.978421790001</v>
-[...2 lines deleted...]
-        <v>0.98914784866126804</v>
+        <v>42635.999850740001</v>
+      </c>
+      <c r="I10" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="J10" s="17">
         <v>50125.314880129998</v>
       </c>
       <c r="K10" s="54">
         <v>0.97277549551473796</v>
       </c>
       <c r="L10" s="17">
-        <v>42635.999850740001</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>52323.978421790001</v>
+      </c>
+      <c r="M10" s="54">
+        <v>0.98914784866126804</v>
       </c>
       <c r="N10" s="17">
-        <v>46237.312051239998</v>
-[...2 lines deleted...]
-        <v>0.98700170710719703</v>
+        <v>56576.038712599999</v>
+      </c>
+      <c r="O10" s="54">
+        <v>0.976323067003115</v>
       </c>
       <c r="P10" s="17">
-        <v>42190.061629609983</v>
-[...2 lines deleted...]
-        <v>0.98550368413825007</v>
+        <v>61835.083246939997</v>
+      </c>
+      <c r="Q10" s="54">
+        <v>0.97987192648980603</v>
       </c>
       <c r="R10" s="17">
-        <v>38044.34610671</v>
-[...4 lines deleted...]
-      <c r="T10" s="59"/>
+        <v>67549.104660059995</v>
+      </c>
+      <c r="S10" s="54">
+        <v>0.98579584167336998</v>
+      </c>
+      <c r="T10"/>
+      <c r="U10"/>
       <c r="V10" s="66"/>
       <c r="W10" s="67"/>
       <c r="X10" s="59"/>
     </row>
-    <row r="11" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="22">
-[...3 lines deleted...]
-        <v>0.99368642802628904</v>
+      <c r="B11" s="20">
+        <v>38445.9224407</v>
+      </c>
+      <c r="C11" s="33">
+        <v>0.99882311169323268</v>
       </c>
       <c r="D11" s="20">
-        <v>62724.915154950002</v>
+        <v>42364.109709650002</v>
       </c>
       <c r="E11" s="21">
-        <v>0.99635489768943697</v>
+        <v>0.99808516247530954</v>
       </c>
       <c r="F11" s="20">
-        <v>57061.431166989998</v>
+        <v>45642.781933060003</v>
       </c>
       <c r="G11" s="21">
-        <v>0.981841745076793</v>
+        <v>0.99880990062909003</v>
       </c>
       <c r="H11" s="20">
-        <v>52744.154711290001</v>
-[...2 lines deleted...]
-        <v>1.000857323</v>
+        <v>41982.067230339999</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>20</v>
       </c>
       <c r="J11" s="20">
         <v>49404.9318011</v>
       </c>
       <c r="K11" s="21">
         <v>0.98710547602773002</v>
       </c>
       <c r="L11" s="20">
-        <v>41982.067230339999</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>52744.154711290001</v>
+      </c>
+      <c r="M11" s="21">
+        <v>1.000857323</v>
       </c>
       <c r="N11" s="20">
-        <v>45642.781933060003</v>
+        <v>57061.431166989998</v>
       </c>
       <c r="O11" s="21">
-        <v>0.99880990062909003</v>
+        <v>0.981841745076793</v>
       </c>
       <c r="P11" s="20">
-        <v>42364.109709650002</v>
+        <v>62724.915154950002</v>
       </c>
       <c r="Q11" s="21">
-        <v>0.99808516247530954</v>
-[...7 lines deleted...]
-      <c r="T11" s="62"/>
+        <v>0.99635489768943697</v>
+      </c>
+      <c r="R11" s="22">
+        <v>66810.858149449996</v>
+      </c>
+      <c r="S11" s="77">
+        <v>0.99368642802628904</v>
+      </c>
+      <c r="T11"/>
+      <c r="U11"/>
       <c r="V11" s="66"/>
       <c r="W11" s="67"/>
       <c r="X11" s="59"/>
     </row>
-    <row r="12" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="41" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="17">
-        <v>66456.06878745</v>
-[...2 lines deleted...]
-        <v>0.99099408680619505</v>
+        <v>38064.059068780101</v>
+      </c>
+      <c r="C12" s="32">
+        <v>0.9924374858375038</v>
       </c>
       <c r="D12" s="17">
-        <v>62017.115694929998</v>
-[...2 lines deleted...]
-        <v>0.9948762821007</v>
+        <v>41996.447072839997</v>
+      </c>
+      <c r="E12" s="18">
+        <v>0.99737142169041115</v>
       </c>
       <c r="F12" s="17">
-        <v>56962.257564580003</v>
-[...2 lines deleted...]
-        <v>0.99129404231101903</v>
+        <v>45288.983164229998</v>
+      </c>
+      <c r="G12" s="18">
+        <v>1.00025293039597</v>
       </c>
       <c r="H12" s="17">
-        <v>52682.84478182</v>
-[...2 lines deleted...]
-        <v>0.99333375553438696</v>
+        <v>39583.61688003</v>
+      </c>
+      <c r="I12" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="J12" s="17">
         <v>49248.499048769998</v>
       </c>
       <c r="K12" s="54">
         <v>0.98667215936719999</v>
       </c>
       <c r="L12" s="17">
-        <v>39583.61688003</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>52682.84478182</v>
+      </c>
+      <c r="M12" s="54">
+        <v>0.99333375553438696</v>
       </c>
       <c r="N12" s="17">
-        <v>45288.983164229998</v>
-[...2 lines deleted...]
-        <v>1.00025293039597</v>
+        <v>56962.257564580003</v>
+      </c>
+      <c r="O12" s="54">
+        <v>0.99129404231101903</v>
       </c>
       <c r="P12" s="17">
-        <v>41996.447072839997</v>
-[...2 lines deleted...]
-        <v>0.99737142169041115</v>
+        <v>62017.115694929998</v>
+      </c>
+      <c r="Q12" s="54">
+        <v>0.9948762821007</v>
       </c>
       <c r="R12" s="17">
-        <v>38064.059068780101</v>
-[...4 lines deleted...]
-      <c r="T12" s="62"/>
+        <v>66456.06878745</v>
+      </c>
+      <c r="S12" s="54">
+        <v>0.99099408680619505</v>
+      </c>
+      <c r="T12"/>
+      <c r="U12"/>
       <c r="V12" s="60"/>
       <c r="W12" s="59"/>
       <c r="X12" s="59"/>
     </row>
-    <row r="13" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="22">
-[...3 lines deleted...]
-        <v>0.98834171818300698</v>
+      <c r="B13" s="20">
+        <v>37897.46199743991</v>
+      </c>
+      <c r="C13" s="33">
+        <v>0.99154958225029133</v>
       </c>
       <c r="D13" s="20">
-        <v>62057.515139919997</v>
+        <v>42022.117285460001</v>
       </c>
       <c r="E13" s="21">
-        <v>0.987642297715151</v>
+        <v>0.98991677971966918</v>
       </c>
       <c r="F13" s="20">
-        <v>55752.513537259998</v>
+        <v>45124.306826170003</v>
       </c>
       <c r="G13" s="21">
-        <v>0.99317172827435396</v>
+        <v>0.99873259364334899</v>
       </c>
       <c r="H13" s="20">
-        <v>51920.037503959997</v>
-[...2 lines deleted...]
-        <v>0.99251795606395399</v>
+        <v>39758.37728637</v>
+      </c>
+      <c r="I13" s="21" t="s">
+        <v>20</v>
       </c>
       <c r="J13" s="20">
         <v>48927.934316469997</v>
       </c>
       <c r="K13" s="21">
         <v>0.98495434673950499</v>
       </c>
       <c r="L13" s="20">
-        <v>39758.37728637</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>51920.037503959997</v>
+      </c>
+      <c r="M13" s="21">
+        <v>0.99251795606395399</v>
       </c>
       <c r="N13" s="20">
-        <v>45124.306826170003</v>
+        <v>55752.513537259998</v>
       </c>
       <c r="O13" s="21">
-        <v>0.99873259364334899</v>
+        <v>0.99317172827435396</v>
       </c>
       <c r="P13" s="20">
-        <v>42022.117285460001</v>
+        <v>62057.515139919997</v>
       </c>
       <c r="Q13" s="21">
-        <v>0.98991677971966918</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.987642297715151</v>
+      </c>
+      <c r="R13" s="22">
+        <v>66148.049576029996</v>
+      </c>
+      <c r="S13" s="77">
+        <v>0.98834171818300698</v>
+      </c>
+      <c r="T13"/>
+      <c r="U13"/>
       <c r="V13" s="60"/>
       <c r="W13" s="59"/>
       <c r="X13" s="59"/>
     </row>
-    <row r="14" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="41" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="17">
-        <v>62759.1051091099</v>
-[...2 lines deleted...]
-        <v>0.99133713088178799</v>
+        <v>37136.782546959963</v>
+      </c>
+      <c r="C14" s="32">
+        <v>0.99598146424818401</v>
       </c>
       <c r="D14" s="17">
-        <v>59214.91230322</v>
-[...2 lines deleted...]
-        <v>0.98703315939344705</v>
+        <v>40540.64086159</v>
+      </c>
+      <c r="E14" s="18">
+        <v>0.9894474700407182</v>
       </c>
       <c r="F14" s="17">
-        <v>54690.341047089998</v>
-[...2 lines deleted...]
-        <v>1.0010394564951499</v>
+        <v>43102.38762763</v>
+      </c>
+      <c r="G14" s="18">
+        <v>0.99497927351708804</v>
       </c>
       <c r="H14" s="17">
-        <v>51271.530764699899</v>
-[...2 lines deleted...]
-        <v>0.99196259747153603</v>
+        <v>39196.819354200001</v>
+      </c>
+      <c r="I14" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="J14" s="17">
         <v>47470.489910780001</v>
       </c>
       <c r="K14" s="54">
         <v>0.991859446793943</v>
       </c>
       <c r="L14" s="17">
-        <v>39196.819354200001</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>51271.530764699899</v>
+      </c>
+      <c r="M14" s="54">
+        <v>0.99196259747153603</v>
       </c>
       <c r="N14" s="17">
-        <v>43102.38762763</v>
-[...2 lines deleted...]
-        <v>0.99497927351708804</v>
+        <v>54690.341047089998</v>
+      </c>
+      <c r="O14" s="54">
+        <v>1.0010394564951499</v>
       </c>
       <c r="P14" s="17">
-        <v>40540.64086159</v>
-[...2 lines deleted...]
-        <v>0.9894474700407182</v>
+        <v>59214.91230322</v>
+      </c>
+      <c r="Q14" s="54">
+        <v>0.98703315939344705</v>
       </c>
       <c r="R14" s="17">
-        <v>37136.782546959963</v>
-[...3 lines deleted...]
-      </c>
+        <v>62759.1051091099</v>
+      </c>
+      <c r="S14" s="54">
+        <v>0.99133713088178799</v>
+      </c>
+      <c r="T14"/>
+      <c r="U14"/>
       <c r="W14" s="59"/>
     </row>
-    <row r="15" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="20"/>
-      <c r="C15" s="21"/>
+      <c r="B15" s="20">
+        <v>37459.369362379999</v>
+      </c>
+      <c r="C15" s="33">
+        <v>0.99980689094525421</v>
+      </c>
       <c r="D15" s="20">
-        <v>59614.178804590003</v>
+        <v>40820.611965360004</v>
       </c>
       <c r="E15" s="21">
-        <v>0.99742005291540003</v>
+        <v>1.0060672854476789</v>
       </c>
       <c r="F15" s="20">
-        <v>54352.292850370002</v>
+        <v>43311.272792930002</v>
       </c>
       <c r="G15" s="21">
-        <v>0.99792660570000002</v>
+        <v>0.99015880641879706</v>
       </c>
       <c r="H15" s="20">
-        <v>51263.747170379997</v>
-[...2 lines deleted...]
-        <v>0.99496604461798999</v>
+        <v>45394.9942066</v>
+      </c>
+      <c r="I15" s="21" t="s">
+        <v>20</v>
       </c>
       <c r="J15" s="20">
         <v>47249.297086699997</v>
       </c>
       <c r="K15" s="21">
         <v>0.99508315892491095</v>
       </c>
       <c r="L15" s="20">
-        <v>45394.9942066</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>51263.747170379997</v>
+      </c>
+      <c r="M15" s="21">
+        <v>0.99496604461798999</v>
       </c>
       <c r="N15" s="20">
-        <v>43311.272792930002</v>
+        <v>54352.292850370002</v>
       </c>
       <c r="O15" s="21">
-        <v>0.99015880641879706</v>
+        <v>0.99792660570000002</v>
       </c>
       <c r="P15" s="20">
-        <v>40820.611965360004</v>
+        <v>59614.178804590003</v>
       </c>
       <c r="Q15" s="21">
-        <v>1.0060672854476789</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.99742005291540003</v>
+      </c>
+      <c r="R15" s="22">
+        <v>63971.858660550199</v>
+      </c>
+      <c r="S15" s="77">
+        <v>1.00162022668816</v>
+      </c>
+      <c r="T15"/>
+      <c r="U15"/>
       <c r="W15" s="59"/>
       <c r="X15" s="59"/>
     </row>
-    <row r="16" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:25" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="17"/>
-      <c r="C16" s="54"/>
+      <c r="B16" s="17">
+        <v>38090.318740749899</v>
+      </c>
+      <c r="C16" s="32">
+        <v>0.99725023376159427</v>
+      </c>
       <c r="D16" s="17">
-        <v>61089.500550999997</v>
-[...2 lines deleted...]
-        <v>0.99365413350222898</v>
+        <v>41880.18744016</v>
+      </c>
+      <c r="E16" s="18">
+        <v>0.99915220335842181</v>
       </c>
       <c r="F16" s="17">
-        <v>55484.515653150003</v>
-[...2 lines deleted...]
-        <v>0.99513416259999998</v>
+        <v>44379.157129200001</v>
+      </c>
+      <c r="G16" s="18">
+        <v>0.998604432561772</v>
       </c>
       <c r="H16" s="17">
-        <v>51904.923685770002</v>
-[...2 lines deleted...]
-        <v>0.99085449237523804</v>
+        <v>47251.866127870002</v>
+      </c>
+      <c r="I16" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="J16" s="17">
         <v>48034.567205879997</v>
       </c>
       <c r="K16" s="54">
         <v>0.99919063506818295</v>
       </c>
       <c r="L16" s="17">
-        <v>47251.866127870002</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>51904.923685770002</v>
+      </c>
+      <c r="M16" s="54">
+        <v>0.99085449237523804</v>
       </c>
       <c r="N16" s="17">
-        <v>44379.157129200001</v>
-[...2 lines deleted...]
-        <v>0.998604432561772</v>
+        <v>55484.515653150003</v>
+      </c>
+      <c r="O16" s="54">
+        <v>0.99513416259999998</v>
       </c>
       <c r="P16" s="17">
-        <v>41880.18744016</v>
-[...2 lines deleted...]
-        <v>0.99915220335842181</v>
+        <v>61089.500550999997</v>
+      </c>
+      <c r="Q16" s="54">
+        <v>0.99365413350222898</v>
       </c>
       <c r="R16" s="17">
-        <v>38090.318740749899</v>
-[...3 lines deleted...]
-      </c>
+        <v>65038.915370799899</v>
+      </c>
+      <c r="S16" s="54">
+        <v>0.99683953349656196</v>
+      </c>
+      <c r="T16"/>
+      <c r="U16"/>
       <c r="W16" s="59"/>
       <c r="X16" s="62"/>
     </row>
     <row r="17" spans="1:31" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="42" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="20"/>
-      <c r="C17" s="21"/>
+      <c r="B17" s="20">
+        <v>43302.209323030082</v>
+      </c>
+      <c r="C17" s="33">
+        <v>1.0106289487620903</v>
+      </c>
       <c r="D17" s="20">
-        <v>69014.01803187</v>
+        <v>46880.852247919996</v>
       </c>
       <c r="E17" s="21">
-        <v>1.0117613239827801</v>
+        <v>1.0149005994318512</v>
       </c>
       <c r="F17" s="20">
-        <v>63482.365263289998</v>
+        <v>49716.159334329997</v>
       </c>
       <c r="G17" s="21">
-        <v>1.0056226189999999</v>
+        <v>1.0144805613613701</v>
       </c>
       <c r="H17" s="20">
-        <v>60271.739647599999</v>
-[...2 lines deleted...]
-        <v>1.00479268640733</v>
+        <v>51053.873730179999</v>
+      </c>
+      <c r="I17" s="21" t="s">
+        <v>20</v>
       </c>
       <c r="J17" s="20">
         <v>54750.411669499998</v>
       </c>
       <c r="K17" s="21">
         <v>1.0104840599973199</v>
       </c>
       <c r="L17" s="20">
-        <v>51053.873730179999</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>60271.739647599999</v>
+      </c>
+      <c r="M17" s="21">
+        <v>1.00479268640733</v>
       </c>
       <c r="N17" s="20">
-        <v>49716.159334329997</v>
+        <v>63482.365263289998</v>
       </c>
       <c r="O17" s="21">
-        <v>1.0144805613613701</v>
+        <v>1.0056226189999999</v>
       </c>
       <c r="P17" s="20">
-        <v>46880.852247919996</v>
+        <v>69014.01803187</v>
       </c>
       <c r="Q17" s="21">
-        <v>1.0149005994318512</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0117613239827801</v>
+      </c>
+      <c r="R17" s="22">
+        <v>73301.178331790099</v>
+      </c>
+      <c r="S17" s="77">
+        <v>1.01097887878582</v>
+      </c>
+      <c r="T17"/>
+      <c r="U17"/>
       <c r="V17"/>
       <c r="W17" s="59"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
       <c r="AB17"/>
       <c r="AC17"/>
       <c r="AD17"/>
       <c r="AE17"/>
     </row>
     <row r="18" spans="1:31" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B18" s="44">
-        <f>SUM(B6:B17)</f>
-[...3 lines deleted...]
-        <v>0.99017841670034601</v>
+        <v>454140.09681906999</v>
+      </c>
+      <c r="C18" s="46">
+        <v>0.99673291782513096</v>
       </c>
       <c r="D18" s="44">
-        <f>SUM(D6:D17)</f>
-        <v>734313.88598523999</v>
+        <v>499185.34603439004</v>
       </c>
       <c r="E18" s="45">
-        <v>0.99209132737971195</v>
+        <v>0.99627656139899534</v>
       </c>
       <c r="F18" s="44">
-        <v>671525.91188800009</v>
+        <v>536721.84264318994</v>
       </c>
       <c r="G18" s="45">
-        <v>0.99332349022115896</v>
+        <v>0.99467493683521802</v>
       </c>
       <c r="H18" s="44">
-        <v>621393.37965966004</v>
+        <v>524738.89831088996</v>
       </c>
       <c r="I18" s="45">
-        <v>0.99483423127932102</v>
+        <v>0.99249477384132601</v>
       </c>
       <c r="J18" s="44">
         <v>579232.59171854984</v>
       </c>
       <c r="K18" s="45">
         <v>0.98677952365074395</v>
       </c>
       <c r="L18" s="44">
-        <v>524738.89831088996</v>
+        <v>621393.37965966004</v>
       </c>
       <c r="M18" s="45">
-        <v>0.99249477384132601</v>
+        <v>0.99483423127932102</v>
       </c>
       <c r="N18" s="44">
-        <v>536721.84264318994</v>
+        <v>671525.91188800009</v>
       </c>
       <c r="O18" s="45">
-        <v>0.99467493683521802</v>
+        <v>0.99332349022115896</v>
       </c>
       <c r="P18" s="44">
-        <v>499185.34603439004</v>
+        <f>SUM(P6:P17)</f>
+        <v>734313.88598523999</v>
       </c>
       <c r="Q18" s="45">
-        <v>0.99627656139899534</v>
+        <v>0.99209132737971195</v>
       </c>
       <c r="R18" s="44">
-        <v>454140.09681906999</v>
-[...3 lines deleted...]
-      </c>
+        <f>SUM(R6:R17)</f>
+        <v>786596.17877575022</v>
+      </c>
+      <c r="S18" s="45">
+        <v>0.99355535406811302</v>
+      </c>
+      <c r="T18"/>
+      <c r="U18"/>
       <c r="V18"/>
       <c r="W18" s="59"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
     </row>
     <row r="19" spans="1:31" s="2" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="28"/>
       <c r="B19" s="75"/>
       <c r="C19" s="65"/>
       <c r="D19" s="61"/>
       <c r="E19" s="28"/>
       <c r="F19" s="28"/>
       <c r="G19" s="28"/>
       <c r="H19" s="28"/>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
       <c r="K19" s="28"/>
       <c r="L19" s="28"/>
       <c r="M19" s="28"/>
       <c r="N19" s="28"/>
       <c r="O19" s="28"/>
       <c r="P19" s="28"/>
       <c r="Q19" s="28"/>
-      <c r="R19" s="28"/>
-      <c r="S19" s="28"/>
+      <c r="R19" s="61"/>
+      <c r="S19" s="95"/>
       <c r="V19"/>
       <c r="W19" s="59"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19"/>
       <c r="AD19"/>
       <c r="AE19"/>
     </row>
     <row r="20" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="47"/>
-      <c r="B20" s="78">
+      <c r="B20" s="88">
+        <v>2008</v>
+      </c>
+      <c r="C20" s="89"/>
+      <c r="D20" s="88">
+        <v>2009</v>
+      </c>
+      <c r="E20" s="89"/>
+      <c r="F20" s="88">
+        <v>2010</v>
+      </c>
+      <c r="G20" s="89"/>
+      <c r="H20" s="88">
+        <v>2011</v>
+      </c>
+      <c r="I20" s="89"/>
+      <c r="J20" s="88">
+        <v>2012</v>
+      </c>
+      <c r="K20" s="89"/>
+      <c r="L20" s="88">
+        <v>2013</v>
+      </c>
+      <c r="M20" s="89"/>
+      <c r="N20" s="88">
+        <v>2014</v>
+      </c>
+      <c r="O20" s="89"/>
+      <c r="P20" s="88">
+        <v>2015</v>
+      </c>
+      <c r="Q20" s="89"/>
+      <c r="R20" s="88">
         <v>2016</v>
       </c>
-      <c r="C20" s="79"/>
-[...31 lines deleted...]
-      <c r="S20" s="79"/>
+      <c r="S20" s="89"/>
+      <c r="T20"/>
+      <c r="U20"/>
       <c r="V20"/>
       <c r="W20" s="59"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
     </row>
     <row r="21" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="48"/>
       <c r="B21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="27" t="s">
         <v>15</v>
       </c>
@@ -4147,1097 +4289,1128 @@
       </c>
       <c r="L21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M21" s="27" t="s">
         <v>15</v>
       </c>
       <c r="N21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="O21" s="27" t="s">
         <v>15</v>
       </c>
       <c r="P21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="Q21" s="27" t="s">
         <v>15</v>
       </c>
       <c r="R21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="S21" s="27" t="s">
         <v>15</v>
       </c>
+      <c r="T21"/>
+      <c r="U21"/>
       <c r="V21"/>
       <c r="W21" s="59"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21"/>
       <c r="AD21"/>
       <c r="AE21"/>
     </row>
     <row r="22" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B22" s="17">
-[...15 lines deleted...]
-        <v>0.98558977048213881</v>
+      <c r="B22" s="19">
+        <v>31999.71304319</v>
+      </c>
+      <c r="C22" s="32">
+        <v>0.97035143006000002</v>
+      </c>
+      <c r="D22" s="19">
+        <v>31446.586453280001</v>
+      </c>
+      <c r="E22" s="32">
+        <v>0.96131007830000004</v>
+      </c>
+      <c r="F22" s="19">
+        <v>28133.032210519999</v>
+      </c>
+      <c r="G22" s="32">
+        <v>0.98227350000000002</v>
       </c>
       <c r="H22" s="19">
-        <v>30492.928510310001</v>
+        <v>30080.952633230001</v>
       </c>
       <c r="I22" s="32">
-        <v>0.98539662111680426</v>
+        <v>0.98171490672572947</v>
       </c>
       <c r="J22" s="19">
         <v>30867.780065409999</v>
       </c>
       <c r="K22" s="32">
         <v>0.98772235237927475</v>
       </c>
       <c r="L22" s="19">
-        <v>30080.952633230001</v>
+        <v>30492.928510310001</v>
       </c>
       <c r="M22" s="32">
-        <v>0.98171490672572947</v>
-[...18 lines deleted...]
-      </c>
+        <v>0.98539662111680426</v>
+      </c>
+      <c r="N22" s="17">
+        <v>30775.801956359999</v>
+      </c>
+      <c r="O22" s="34">
+        <v>0.98558977048213881</v>
+      </c>
+      <c r="P22" s="17">
+        <v>32076.606031979998</v>
+      </c>
+      <c r="Q22" s="34">
+        <v>0.98587874637411432</v>
+      </c>
+      <c r="R22" s="17">
+        <v>33399.942685449998</v>
+      </c>
+      <c r="S22" s="34">
+        <v>0.98312938140931017</v>
+      </c>
+      <c r="T22"/>
+      <c r="U22"/>
       <c r="V22"/>
       <c r="W22" s="59"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
       <c r="AD22"/>
       <c r="AE22"/>
     </row>
     <row r="23" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="20">
-[...15 lines deleted...]
-        <v>0.98927776458700034</v>
+      <c r="B23" s="22">
+        <v>30414.143957460001</v>
+      </c>
+      <c r="C23" s="33">
+        <v>1.00707632686</v>
+      </c>
+      <c r="D23" s="22">
+        <v>28133.178900350002</v>
+      </c>
+      <c r="E23" s="33">
+        <v>1.0231309254500001</v>
+      </c>
+      <c r="F23" s="22">
+        <v>27478.828284610001</v>
+      </c>
+      <c r="G23" s="33">
+        <v>1.0005761150000001</v>
       </c>
       <c r="H23" s="22">
-        <v>29371.996455570003</v>
+        <v>28054.818579049999</v>
       </c>
       <c r="I23" s="33">
-        <v>0.99712626182479003</v>
+        <v>0.99616075660954129</v>
       </c>
       <c r="J23" s="22">
         <v>29447.280035399999</v>
       </c>
       <c r="K23" s="33">
         <v>0.99671161329394109</v>
       </c>
       <c r="L23" s="22">
-        <v>28054.818579049999</v>
+        <v>29371.996455570003</v>
       </c>
       <c r="M23" s="33">
-        <v>0.99616075660954129</v>
-[...18 lines deleted...]
-      </c>
+        <v>0.99712626182479003</v>
+      </c>
+      <c r="N23" s="20">
+        <v>30161.457365179998</v>
+      </c>
+      <c r="O23" s="35">
+        <v>0.98927776458700034</v>
+      </c>
+      <c r="P23" s="20">
+        <v>31546.509345249982</v>
+      </c>
+      <c r="Q23" s="35">
+        <v>0.99725848763493619</v>
+      </c>
+      <c r="R23" s="20">
+        <v>33224.19925849</v>
+      </c>
+      <c r="S23" s="35">
+        <v>1.0010483504245438</v>
+      </c>
+      <c r="T23"/>
+      <c r="U23"/>
       <c r="V23"/>
       <c r="W23" s="59"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
     </row>
     <row r="24" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B24" s="17">
-[...15 lines deleted...]
-        <v>1.0025694906995826</v>
+      <c r="B24" s="19">
+        <v>29942.884795589998</v>
+      </c>
+      <c r="C24" s="32">
+        <v>0.99228318231000001</v>
+      </c>
+      <c r="D24" s="19">
+        <v>28551.440242609999</v>
+      </c>
+      <c r="E24" s="32">
+        <v>0.95925541186999996</v>
+      </c>
+      <c r="F24" s="19">
+        <v>27279.336469260001</v>
+      </c>
+      <c r="G24" s="32">
+        <v>1.027502664</v>
       </c>
       <c r="H24" s="19">
-        <v>28741.189953360008</v>
-[...2 lines deleted...]
-        <v>0.99560984507334849</v>
+        <v>28260.274097529997</v>
+      </c>
+      <c r="I24" s="32">
+        <v>1.012648658658144</v>
       </c>
       <c r="J24" s="19">
         <v>29285.443949750006</v>
       </c>
       <c r="K24" s="32">
         <v>0.99284553717400115</v>
       </c>
       <c r="L24" s="19">
-        <v>28260.274097529997</v>
-[...21 lines deleted...]
-      </c>
+        <v>28741.189953360008</v>
+      </c>
+      <c r="M24" s="37">
+        <v>0.99560984507334849</v>
+      </c>
+      <c r="N24" s="17">
+        <v>29631.477772310001</v>
+      </c>
+      <c r="O24" s="36">
+        <v>1.0025694906995826</v>
+      </c>
+      <c r="P24" s="17">
+        <v>31264.793706470002</v>
+      </c>
+      <c r="Q24" s="34">
+        <v>1.001652348975907</v>
+      </c>
+      <c r="R24" s="17">
+        <v>33386.80775313</v>
+      </c>
+      <c r="S24" s="36">
+        <v>1.001816433510383</v>
+      </c>
+      <c r="T24"/>
+      <c r="U24"/>
       <c r="V24"/>
       <c r="W24" s="59"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
     </row>
     <row r="25" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="50" t="s">
         <v>5</v>
       </c>
-      <c r="B25" s="20">
-[...15 lines deleted...]
-        <v>0.97675366996989776</v>
+      <c r="B25" s="22">
+        <v>31516.807623709999</v>
+      </c>
+      <c r="C25" s="33">
+        <v>0.97571007324000003</v>
+      </c>
+      <c r="D25" s="22">
+        <v>29902.47016837</v>
+      </c>
+      <c r="E25" s="33">
+        <v>0.95365875638000008</v>
+      </c>
+      <c r="F25" s="22">
+        <v>28658.04051472</v>
+      </c>
+      <c r="G25" s="33">
+        <v>0.97902168000000001</v>
       </c>
       <c r="H25" s="22">
-        <v>30041.969952460007</v>
+        <v>29999.678140110002</v>
       </c>
       <c r="I25" s="33">
-        <v>0.97334498967962724</v>
+        <v>0.97464456139553879</v>
       </c>
       <c r="J25" s="22">
         <v>30636.877403359998</v>
       </c>
       <c r="K25" s="33">
         <v>0.96988089774893271</v>
       </c>
       <c r="L25" s="22">
-        <v>29999.678140110002</v>
+        <v>30041.969952460007</v>
       </c>
       <c r="M25" s="33">
-        <v>0.97464456139553879</v>
-[...18 lines deleted...]
-      </c>
+        <v>0.97334498967962724</v>
+      </c>
+      <c r="N25" s="20">
+        <v>31273.764904150008</v>
+      </c>
+      <c r="O25" s="35">
+        <v>0.97675366996989776</v>
+      </c>
+      <c r="P25" s="20">
+        <v>33338.11012312003</v>
+      </c>
+      <c r="Q25" s="35">
+        <v>0.98166827998624628</v>
+      </c>
+      <c r="R25" s="20">
+        <v>35848.024035699993</v>
+      </c>
+      <c r="S25" s="35">
+        <v>0.98110246467922735</v>
+      </c>
+      <c r="T25"/>
+      <c r="U25"/>
       <c r="V25"/>
       <c r="W25" s="59"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
     </row>
     <row r="26" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="B26" s="17">
-[...15 lines deleted...]
-        <v>0.98083307322359203</v>
+      <c r="B26" s="19">
+        <v>30922.681189260002</v>
+      </c>
+      <c r="C26" s="32">
+        <v>1.0073767041000001</v>
+      </c>
+      <c r="D26" s="19">
+        <v>28520.04712271001</v>
+      </c>
+      <c r="E26" s="32">
+        <v>0.97474966643000005</v>
+      </c>
+      <c r="F26" s="19">
+        <v>28691.02540287</v>
+      </c>
+      <c r="G26" s="32">
+        <v>0.98312951500000001</v>
       </c>
       <c r="H26" s="19">
-        <v>30282.522957240006</v>
-[...2 lines deleted...]
-        <v>0.97156993813748471</v>
+        <v>29826.862193730001</v>
+      </c>
+      <c r="I26" s="32">
+        <v>0.99442855484617032</v>
       </c>
       <c r="J26" s="19">
         <v>29994.153079350006</v>
       </c>
       <c r="K26" s="37">
         <v>0.98125452972596727</v>
       </c>
       <c r="L26" s="19">
-        <v>29826.862193730001</v>
-[...21 lines deleted...]
-      </c>
+        <v>30282.522957240006</v>
+      </c>
+      <c r="M26" s="37">
+        <v>0.97156993813748471</v>
+      </c>
+      <c r="N26" s="17">
+        <v>31113.364435140011</v>
+      </c>
+      <c r="O26" s="36">
+        <v>0.98083307322359203</v>
+      </c>
+      <c r="P26" s="17">
+        <v>32843.496636949902</v>
+      </c>
+      <c r="Q26" s="38">
+        <v>0.98299547155463418</v>
+      </c>
+      <c r="R26" s="17">
+        <v>34870.498761440016</v>
+      </c>
+      <c r="S26" s="38">
+        <v>0.9778818888400217</v>
+      </c>
+      <c r="T26"/>
+      <c r="U26"/>
       <c r="V26"/>
       <c r="W26" s="59"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
     </row>
     <row r="27" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="50" t="s">
         <v>7</v>
       </c>
-      <c r="B27" s="20">
-[...15 lines deleted...]
-        <v>0.99821969170481639</v>
+      <c r="B27" s="22">
+        <v>31761.905562690001</v>
+      </c>
+      <c r="C27" s="33">
+        <v>1.0092828659799999</v>
+      </c>
+      <c r="D27" s="22">
+        <v>28531.285628199988</v>
+      </c>
+      <c r="E27" s="33">
+        <v>0.99431625944000002</v>
+      </c>
+      <c r="F27" s="22">
+        <v>28927.622938820001</v>
+      </c>
+      <c r="G27" s="33">
+        <v>1.005300211</v>
       </c>
       <c r="H27" s="22">
-        <v>30602.797265649999</v>
+        <v>30017.129418359971</v>
       </c>
       <c r="I27" s="33">
-        <v>0.99041332680561323</v>
+        <v>0.99858633858698276</v>
       </c>
       <c r="J27" s="22">
         <v>30711.304478050013</v>
       </c>
       <c r="K27" s="33">
         <v>0.9935464733152658</v>
       </c>
       <c r="L27" s="22">
-        <v>30017.129418359971</v>
+        <v>30602.797265649999</v>
       </c>
       <c r="M27" s="33">
-        <v>0.99858633858698276</v>
-[...18 lines deleted...]
-      </c>
+        <v>0.99041332680561323</v>
+      </c>
+      <c r="N27" s="20">
+        <v>31414.309826960016</v>
+      </c>
+      <c r="O27" s="35">
+        <v>0.99821969170481639</v>
+      </c>
+      <c r="P27" s="20">
+        <v>33396.200443970098</v>
+      </c>
+      <c r="Q27" s="35">
+        <v>1.0029608217998267</v>
+      </c>
+      <c r="R27" s="20">
+        <v>34973.304916829999</v>
+      </c>
+      <c r="S27" s="35">
+        <v>0.99867236760775668</v>
+      </c>
+      <c r="T27"/>
+      <c r="U27"/>
       <c r="V27"/>
       <c r="W27" s="59"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
     </row>
     <row r="28" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="B28" s="17">
-[...21 lines deleted...]
-        <v>0.99537556234966051</v>
+      <c r="B28" s="19">
+        <v>31923.658003190001</v>
+      </c>
+      <c r="C28" s="32">
+        <v>0.99258086880999996</v>
+      </c>
+      <c r="D28" s="19">
+        <v>28997.052461900024</v>
+      </c>
+      <c r="E28" s="32">
+        <v>0.96950000000000003</v>
+      </c>
+      <c r="F28" s="19">
+        <v>29192.49827358</v>
+      </c>
+      <c r="G28" s="32">
+        <v>0.98543342300000003</v>
+      </c>
+      <c r="H28" s="19">
+        <v>30044.430549760029</v>
+      </c>
+      <c r="I28" s="32">
+        <v>0.99679277093823992</v>
       </c>
       <c r="J28" s="19">
         <v>30069.921108410017</v>
       </c>
       <c r="K28" s="37">
         <v>0.98350362888006004</v>
       </c>
-      <c r="L28" s="19">
-[...22 lines deleted...]
-      </c>
+      <c r="L28" s="24">
+        <v>30274.790778650007</v>
+      </c>
+      <c r="M28" s="37">
+        <v>0.99537556234966051</v>
+      </c>
+      <c r="N28" s="23">
+        <v>31344.684650270006</v>
+      </c>
+      <c r="O28" s="36">
+        <v>0.99332348494533595</v>
+      </c>
+      <c r="P28" s="23">
+        <v>33267.056246299988</v>
+      </c>
+      <c r="Q28" s="38">
+        <v>0.99410860014413638</v>
+      </c>
+      <c r="R28" s="17">
+        <v>35045.571421150002</v>
+      </c>
+      <c r="S28" s="38">
+        <v>0.99507297501269265</v>
+      </c>
+      <c r="T28"/>
+      <c r="U28"/>
       <c r="V28"/>
       <c r="W28" s="59"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
     </row>
     <row r="29" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="50" t="s">
         <v>9</v>
       </c>
-      <c r="B29" s="20">
-[...18 lines deleted...]
-        <v>30578.293182360001</v>
+      <c r="B29" s="22">
+        <v>31262.365923360001</v>
+      </c>
+      <c r="C29" s="33">
+        <v>1.0100857382199999</v>
+      </c>
+      <c r="D29" s="22">
+        <v>28602.571141319993</v>
+      </c>
+      <c r="E29" s="33">
+        <v>0.98350000000000004</v>
+      </c>
+      <c r="F29" s="22">
+        <v>29216.776976040012</v>
+      </c>
+      <c r="G29" s="33">
+        <v>0.98355000000000004</v>
+      </c>
+      <c r="H29" s="22">
+        <v>29852.45719366999</v>
       </c>
       <c r="I29" s="33">
-        <v>0.98259320590477073</v>
+        <v>0.98222778612851969</v>
       </c>
       <c r="J29" s="22">
         <v>30238.050539140026</v>
       </c>
       <c r="K29" s="33">
         <v>0.98677479357741971</v>
       </c>
-      <c r="L29" s="22">
-        <v>29852.45719366999</v>
+      <c r="L29" s="25">
+        <v>30578.293182360001</v>
       </c>
       <c r="M29" s="33">
-        <v>0.98222778612851969</v>
-[...18 lines deleted...]
-      </c>
+        <v>0.98259320590477073</v>
+      </c>
+      <c r="N29" s="20">
+        <v>31296.190211659999</v>
+      </c>
+      <c r="O29" s="35">
+        <v>0.98414120902454605</v>
+      </c>
+      <c r="P29" s="20">
+        <v>33127.395838209988</v>
+      </c>
+      <c r="Q29" s="35">
+        <v>0.9917447056475317</v>
+      </c>
+      <c r="R29" s="20">
+        <v>34781.08737096002</v>
+      </c>
+      <c r="S29" s="35">
+        <v>0.99631674671222459</v>
+      </c>
+      <c r="T29"/>
+      <c r="U29"/>
       <c r="V29"/>
       <c r="W29" s="59"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
     </row>
     <row r="30" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="B30" s="17">
-[...21 lines deleted...]
-        <v>0.98114634084646057</v>
+      <c r="B30" s="19">
+        <v>29931.724214999998</v>
+      </c>
+      <c r="C30" s="32">
+        <v>1.0031796419600001</v>
+      </c>
+      <c r="D30" s="19">
+        <v>20774.423066630003</v>
+      </c>
+      <c r="E30" s="32">
+        <v>0.99070000000000003</v>
+      </c>
+      <c r="F30" s="19">
+        <v>28252.47277389</v>
+      </c>
+      <c r="G30" s="32">
+        <v>0.99905615999999997</v>
+      </c>
+      <c r="H30" s="19">
+        <v>29357.28924980999</v>
+      </c>
+      <c r="I30" s="32">
+        <v>0.99169880622819651</v>
       </c>
       <c r="J30" s="19">
         <v>29081.18827279003</v>
       </c>
       <c r="K30" s="37">
         <v>0.9805746746599876</v>
       </c>
-      <c r="L30" s="19">
-[...22 lines deleted...]
-      </c>
+      <c r="L30" s="24">
+        <v>29356.737382099971</v>
+      </c>
+      <c r="M30" s="37">
+        <v>0.98114634084646057</v>
+      </c>
+      <c r="N30" s="23">
+        <v>29983.672461279988</v>
+      </c>
+      <c r="O30" s="36">
+        <v>0.99591210230491434</v>
+      </c>
+      <c r="P30" s="23">
+        <v>31534.436878200038</v>
+      </c>
+      <c r="Q30" s="36">
+        <v>1.0001212411021019</v>
+      </c>
+      <c r="R30" s="17">
+        <v>34151.37586136</v>
+      </c>
+      <c r="S30" s="36">
+        <v>0.997512048545244</v>
+      </c>
+      <c r="T30"/>
+      <c r="U30"/>
       <c r="V30"/>
       <c r="W30" s="59"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
     </row>
     <row r="31" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="20">
-[...6 lines deleted...]
-        <v>32293.040881809997</v>
+      <c r="B31" s="22">
+        <v>30637.323902470001</v>
+      </c>
+      <c r="C31" s="33">
+        <v>1.0075278168799999</v>
+      </c>
+      <c r="D31" s="22">
+        <v>26698.877365600001</v>
       </c>
       <c r="E31" s="33">
-        <v>1.0037183375674883</v>
-[...2 lines deleted...]
-        <v>30599.930568060001</v>
+        <v>0.987757</v>
+      </c>
+      <c r="F31" s="22">
+        <v>28473.339615859994</v>
       </c>
       <c r="G31" s="33">
-        <v>1.0050443168521204</v>
-[...2 lines deleted...]
-        <v>29620.957869369973</v>
+        <v>1.0015964799999999</v>
+      </c>
+      <c r="H31" s="22">
+        <v>29346.576527060013</v>
       </c>
       <c r="I31" s="33">
-        <v>1.0000928847269037</v>
+        <v>1.0018129235068691</v>
       </c>
       <c r="J31" s="22">
         <v>29226.171123010001</v>
       </c>
       <c r="K31" s="33">
         <v>0.99855371475085386</v>
       </c>
-      <c r="L31" s="22">
-        <v>29346.576527060013</v>
+      <c r="L31" s="25">
+        <v>29620.957869369973</v>
       </c>
       <c r="M31" s="33">
-        <v>1.0018129235068691</v>
-[...2 lines deleted...]
-        <v>28473.339615859994</v>
+        <v>1.0000928847269037</v>
+      </c>
+      <c r="N31" s="20">
+        <v>30599.930568060001</v>
       </c>
       <c r="O31" s="33">
-        <v>1.0015964799999999</v>
-[...2 lines deleted...]
-        <v>26698.572616599999</v>
+        <v>1.0050443168521204</v>
+      </c>
+      <c r="P31" s="20">
+        <v>32293.040881809997</v>
       </c>
       <c r="Q31" s="33">
-        <v>0.987757</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0037183375674883</v>
+      </c>
+      <c r="R31" s="20">
+        <v>34213.753887769999</v>
+      </c>
+      <c r="S31" s="35">
+        <v>0.99186825407010459</v>
+      </c>
+      <c r="T31"/>
+      <c r="U31"/>
       <c r="V31"/>
       <c r="W31" s="59"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
     </row>
     <row r="32" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="49" t="s">
         <v>12</v>
       </c>
-      <c r="B32" s="17">
-[...21 lines deleted...]
-        <v>0.99130712815187849</v>
+      <c r="B32" s="19">
+        <v>30763.564190339999</v>
+      </c>
+      <c r="C32" s="32">
+        <v>0.99879688160000002</v>
+      </c>
+      <c r="D32" s="19">
+        <v>27239.477125609967</v>
+      </c>
+      <c r="E32" s="32">
+        <v>0.98875230000000003</v>
+      </c>
+      <c r="F32" s="19">
+        <v>29177.918582500017</v>
+      </c>
+      <c r="G32" s="32">
+        <v>1.0050036920000001</v>
+      </c>
+      <c r="H32" s="19">
+        <v>29702.220157200001</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0.99980782321728667</v>
       </c>
       <c r="J32" s="26">
         <v>29949.833045239979</v>
       </c>
       <c r="K32" s="32">
         <v>0.99581288981807159</v>
       </c>
-      <c r="L32" s="19">
-[...22 lines deleted...]
-      </c>
+      <c r="L32" s="24">
+        <v>30312.208067600001</v>
+      </c>
+      <c r="M32" s="37">
+        <v>0.99130712815187849</v>
+      </c>
+      <c r="N32" s="23">
+        <v>31077.49614506006</v>
+      </c>
+      <c r="O32" s="36">
+        <v>0.9910492882843891</v>
+      </c>
+      <c r="P32" s="23">
+        <v>32842.334747499997</v>
+      </c>
+      <c r="Q32" s="36">
+        <v>1.0079130672023668</v>
+      </c>
+      <c r="R32" s="17">
+        <v>34739.447708580003</v>
+      </c>
+      <c r="S32" s="36">
+        <v>1.0029809615976759</v>
+      </c>
+      <c r="T32"/>
+      <c r="U32"/>
       <c r="V32"/>
       <c r="W32" s="59"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
     </row>
     <row r="33" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="B33" s="20">
-        <v>38682.115910160101</v>
+      <c r="B33" s="22">
+        <v>34290.972041510002</v>
       </c>
       <c r="C33" s="33">
-        <v>0.99757199158503995</v>
-[...2 lines deleted...]
-        <v>36976.671728219953</v>
+        <v>1.04470141478</v>
+      </c>
+      <c r="D33" s="22">
+        <v>30362.369150939925</v>
       </c>
       <c r="E33" s="33">
-        <v>1.020875287211443</v>
-[...2 lines deleted...]
-        <v>34601.273651119896</v>
+        <v>1.031255179</v>
+      </c>
+      <c r="F33" s="22">
+        <v>32620.358557439991</v>
       </c>
       <c r="G33" s="33">
-        <v>1.0199962637647899</v>
-[...2 lines deleted...]
-        <v>33081.336381280002</v>
+        <v>1.0278821359999999</v>
+      </c>
+      <c r="H33" s="22">
+        <v>33376.080725299951</v>
       </c>
       <c r="I33" s="33">
-        <v>1.0220750344378597</v>
+        <v>1.0218611286989165</v>
       </c>
       <c r="J33" s="22">
         <v>32588.73278081002</v>
       </c>
       <c r="K33" s="33">
         <v>1.0172004423609378</v>
       </c>
-      <c r="L33" s="22">
-        <v>33376.080725299951</v>
+      <c r="L33" s="25">
+        <v>33081.336381280002</v>
       </c>
       <c r="M33" s="33">
-        <v>1.0218611286989165</v>
-[...2 lines deleted...]
-        <v>32620.358557439991</v>
+        <v>1.0220750344378597</v>
+      </c>
+      <c r="N33" s="20">
+        <v>34601.273651119896</v>
       </c>
       <c r="O33" s="33">
-        <v>1.0278821359999999</v>
-[...2 lines deleted...]
-        <v>30361.88773794</v>
+        <v>1.0199962637647899</v>
+      </c>
+      <c r="P33" s="20">
+        <v>36976.671728219953</v>
       </c>
       <c r="Q33" s="33">
-        <v>1.031255179</v>
-[...2 lines deleted...]
-        <v>34290.972041510002</v>
+        <v>1.020875287211443</v>
+      </c>
+      <c r="R33" s="20">
+        <v>38682.115910160101</v>
       </c>
       <c r="S33" s="33">
-        <v>1.04470141478</v>
-      </c>
+        <v>0.99757199158503995</v>
+      </c>
+      <c r="T33"/>
+      <c r="U33"/>
       <c r="V33"/>
       <c r="W33" s="59"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
     </row>
     <row r="34" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B34" s="44">
-        <v>417316.12957102014</v>
+        <v>375367.74444777</v>
       </c>
       <c r="C34" s="46">
-        <v>0.99366110752739023</v>
+        <v>1.0015064166499998</v>
       </c>
       <c r="D34" s="44">
-        <v>394506.65260798001</v>
+        <v>337759.77882751991</v>
       </c>
       <c r="E34" s="46">
-        <v>0.99766782893922468</v>
+        <v>0.98396600000000001</v>
       </c>
       <c r="F34" s="44">
-        <v>373273.42394755001</v>
+        <v>346101.25060010998</v>
       </c>
       <c r="G34" s="46">
-        <v>0.99362179442149257</v>
+        <v>0.99830693400000003</v>
       </c>
       <c r="H34" s="44">
-        <v>362757.72875594994</v>
+        <v>357918.76946480997</v>
       </c>
       <c r="I34" s="46">
-        <v>0.99054298112421435</v>
+        <v>0.99603004034514564</v>
       </c>
       <c r="J34" s="44">
         <v>362096.73588072014</v>
       </c>
       <c r="K34" s="46">
         <v>0.99037595313186699</v>
       </c>
       <c r="L34" s="44">
-        <v>357918.76946480997</v>
+        <v>362757.72875594994</v>
       </c>
       <c r="M34" s="46">
-        <v>0.99603004034514564</v>
+        <v>0.99054298112421435</v>
       </c>
       <c r="N34" s="44">
-        <v>346101.25060010998</v>
+        <v>373273.42394755001</v>
       </c>
       <c r="O34" s="46">
-        <v>0.99830693400000003</v>
+        <v>0.99362179442149257</v>
       </c>
       <c r="P34" s="44">
-        <v>337757.50426151999</v>
+        <v>394506.65260798001</v>
       </c>
       <c r="Q34" s="46">
-        <v>0.98396600000000001</v>
+        <v>0.99766782893922468</v>
       </c>
       <c r="R34" s="44">
-        <v>375367.74444777</v>
+        <v>417316.12957102014</v>
       </c>
       <c r="S34" s="46">
-        <v>1.0015064166499998</v>
-      </c>
+        <v>0.99366110752739023</v>
+      </c>
+      <c r="T34"/>
+      <c r="U34"/>
       <c r="V34"/>
       <c r="W34" s="59"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
     </row>
     <row r="35" spans="1:35" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E35"/>
       <c r="H35" s="6"/>
       <c r="I35" s="7"/>
       <c r="J35" s="8"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="12"/>
       <c r="U35" s="14"/>
       <c r="V35"/>
       <c r="W35" s="59"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
     </row>
     <row r="36" spans="1:35" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D36" s="4"/>
       <c r="H36" s="6"/>
       <c r="I36" s="7"/>
       <c r="J36" s="8"/>
       <c r="P36" s="11"/>
       <c r="Q36" s="11"/>
       <c r="R36" s="11"/>
       <c r="S36" s="11"/>
       <c r="T36" s="12"/>
       <c r="U36" s="14"/>
       <c r="V36"/>
       <c r="W36" s="59"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
     </row>
     <row r="37" spans="1:35" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H37" s="6"/>
       <c r="I37" s="7"/>
       <c r="J37" s="8"/>
       <c r="P37" s="11"/>
       <c r="Q37" s="11"/>
       <c r="R37" s="11"/>
       <c r="S37" s="11"/>
       <c r="T37" s="12"/>
       <c r="U37" s="14"/>
       <c r="V37"/>
       <c r="W37" s="59"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
     </row>
     <row r="38" spans="1:35" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H38" s="6"/>
       <c r="I38" s="7"/>
       <c r="J38" s="8"/>
       <c r="P38" s="11"/>
       <c r="Q38" s="11"/>
-      <c r="R38" s="11"/>
-      <c r="S38" s="11"/>
+      <c r="S38" s="79" t="s">
+        <v>26</v>
+      </c>
       <c r="T38" s="12"/>
       <c r="U38" s="14"/>
       <c r="V38"/>
       <c r="W38" s="59"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
     </row>
     <row r="39" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="52"/>
-      <c r="B39" s="78">
+      <c r="B39" s="88">
+        <v>1999</v>
+      </c>
+      <c r="C39" s="89"/>
+      <c r="D39" s="88">
+        <v>2000</v>
+      </c>
+      <c r="E39" s="89"/>
+      <c r="F39" s="88">
+        <v>2001</v>
+      </c>
+      <c r="G39" s="89"/>
+      <c r="H39" s="88">
+        <v>2002</v>
+      </c>
+      <c r="I39" s="89"/>
+      <c r="J39" s="88">
+        <v>2003</v>
+      </c>
+      <c r="K39" s="89"/>
+      <c r="L39" s="88">
+        <v>2004</v>
+      </c>
+      <c r="M39" s="89"/>
+      <c r="N39" s="88">
+        <v>2005</v>
+      </c>
+      <c r="O39" s="89"/>
+      <c r="P39" s="88">
+        <v>2006</v>
+      </c>
+      <c r="Q39" s="89"/>
+      <c r="R39" s="88">
         <v>2007</v>
       </c>
-      <c r="C39" s="79"/>
-[...31 lines deleted...]
-      <c r="S39" s="79"/>
+      <c r="S39" s="89"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39" s="59"/>
       <c r="X39" s="4"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39"/>
       <c r="AE39"/>
       <c r="AF39"/>
       <c r="AG39"/>
       <c r="AH39"/>
       <c r="AI39"/>
     </row>
-    <row r="40" spans="1:35" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:35" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="53"/>
       <c r="B40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="I40" s="27" t="s">
         <v>15</v>
       </c>
@@ -5249,1354 +5422,1369 @@
       </c>
       <c r="L40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="N40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="O40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="P40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="Q40" s="27" t="s">
         <v>15</v>
       </c>
       <c r="R40" s="27" t="s">
         <v>14</v>
       </c>
       <c r="S40" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="U40" s="4"/>
+      <c r="T40"/>
+      <c r="U40"/>
       <c r="W40" s="59"/>
     </row>
-    <row r="41" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B41" s="29">
-        <v>29892.2567404</v>
+      <c r="B41" s="19">
+        <v>17835</v>
       </c>
       <c r="C41" s="32">
-        <v>0.9770652742999999</v>
+        <v>0.96179999999999999</v>
       </c>
       <c r="D41" s="19">
-        <v>27523.918827059999</v>
+        <v>18618</v>
       </c>
       <c r="E41" s="32">
-        <v>0.98065294686000004</v>
+        <v>0.9814443858724301</v>
       </c>
       <c r="F41" s="19">
-        <v>25639.316309739999</v>
+        <v>20577</v>
       </c>
       <c r="G41" s="32">
-        <v>0.96601746380999998</v>
+        <v>1.0018501387604071</v>
       </c>
       <c r="H41" s="19">
-        <v>24049.751956119999</v>
+        <v>21621.119009819999</v>
       </c>
       <c r="I41" s="32">
-        <v>0.96794693619000005</v>
+        <v>0.97042319952</v>
       </c>
       <c r="J41" s="19">
-        <v>22633</v>
+        <v>22632.473242439999</v>
       </c>
       <c r="K41" s="32">
         <v>0.96348578046</v>
       </c>
       <c r="L41" s="19">
-        <v>21621.119009819999</v>
+        <v>24049.751956119999</v>
       </c>
       <c r="M41" s="32">
-        <v>0.97042319952</v>
+        <v>0.96794693619000005</v>
       </c>
       <c r="N41" s="19">
-        <v>20577</v>
+        <v>25639.316309739999</v>
       </c>
       <c r="O41" s="32">
-        <v>1.0018501387604071</v>
+        <v>0.96601746380999998</v>
       </c>
       <c r="P41" s="19">
-        <v>18618</v>
+        <v>27523.918827059999</v>
       </c>
       <c r="Q41" s="32">
-        <v>0.9814443858724301</v>
-[...2 lines deleted...]
-        <v>17835</v>
+        <v>0.98065294686000004</v>
+      </c>
+      <c r="R41" s="29">
+        <v>29892.2567404</v>
       </c>
       <c r="S41" s="32">
-        <v>0.96179999999999999</v>
-[...1 lines deleted...]
-      <c r="U41" s="4"/>
+        <v>0.9770652742999999</v>
+      </c>
+      <c r="T41"/>
+      <c r="U41"/>
       <c r="W41" s="59"/>
     </row>
-    <row r="42" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="B42" s="30">
-        <v>27076.21478686</v>
+      <c r="B42" s="22">
+        <v>15269</v>
       </c>
       <c r="C42" s="33">
-        <v>1.0157910325000001</v>
+        <v>0.94879999999999998</v>
       </c>
       <c r="D42" s="22">
-        <v>24366.747573330002</v>
+        <v>15833</v>
       </c>
       <c r="E42" s="33">
-        <v>0.99866195246999989</v>
+        <v>0.98427203779684203</v>
       </c>
       <c r="F42" s="22">
-        <v>22567.078084469995</v>
+        <v>17289</v>
       </c>
       <c r="G42" s="33">
-        <v>1.0039749255799999</v>
+        <v>0.96215704824976345</v>
       </c>
       <c r="H42" s="22">
-        <v>21038.233244219995</v>
+        <v>18663.85976793</v>
       </c>
       <c r="I42" s="33">
-        <v>0.98344690623999997</v>
+        <v>1.0644873157000001</v>
       </c>
       <c r="J42" s="22">
-        <v>19913</v>
+        <v>19913.351488389999</v>
       </c>
       <c r="K42" s="33">
         <v>0.96339284937000003</v>
       </c>
       <c r="L42" s="22">
-        <v>18663.85976793</v>
+        <v>21038.233244219995</v>
       </c>
       <c r="M42" s="33">
-        <v>1.0644873157000001</v>
+        <v>0.98344690623999997</v>
       </c>
       <c r="N42" s="22">
-        <v>17289</v>
+        <v>22567.078084469995</v>
       </c>
       <c r="O42" s="33">
-        <v>0.96215704824976345</v>
+        <v>1.0039749255799999</v>
       </c>
       <c r="P42" s="22">
-        <v>15833</v>
+        <v>24366.747573330002</v>
       </c>
       <c r="Q42" s="33">
-        <v>0.98427203779684203</v>
-[...2 lines deleted...]
-        <v>15269</v>
+        <v>0.99866195246999989</v>
+      </c>
+      <c r="R42" s="30">
+        <v>27076.21478686</v>
       </c>
       <c r="S42" s="33">
-        <v>0.94879999999999998</v>
-[...1 lines deleted...]
-      <c r="U42" s="4"/>
+        <v>1.0157910325000001</v>
+      </c>
+      <c r="T42"/>
+      <c r="U42"/>
       <c r="W42" s="59"/>
     </row>
-    <row r="43" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B43" s="29">
-        <v>27173.459295370001</v>
+      <c r="B43" s="19">
+        <v>15116</v>
       </c>
       <c r="C43" s="32">
-        <v>1.0016274921799999</v>
+        <v>0.91649999999999998</v>
       </c>
       <c r="D43" s="19">
-        <v>24740.73835082</v>
+        <v>15996</v>
       </c>
       <c r="E43" s="32">
-        <v>1.0047182651200002</v>
+        <v>0.93151642208245977</v>
       </c>
       <c r="F43" s="19">
-        <v>23062.424951820001</v>
+        <v>17548</v>
       </c>
       <c r="G43" s="32">
-        <v>0.97851563135999997</v>
+        <v>0.96859303416680465</v>
       </c>
       <c r="H43" s="19">
-        <v>22859</v>
+        <v>19001.899457800002</v>
       </c>
       <c r="I43" s="32">
-        <v>1.0516291548500001</v>
+        <v>0.95658837641000005</v>
       </c>
       <c r="J43" s="19">
-        <v>20128</v>
+        <v>20127.795165790001</v>
       </c>
       <c r="K43" s="32">
         <v>0.97384405047</v>
       </c>
       <c r="L43" s="19">
-        <v>19001.899457800002</v>
+        <v>22859.515091450001</v>
       </c>
       <c r="M43" s="32">
-        <v>0.95658837641000005</v>
+        <v>1.0516291548500001</v>
       </c>
       <c r="N43" s="19">
-        <v>17548</v>
+        <v>23062.424951820001</v>
       </c>
       <c r="O43" s="32">
-        <v>0.96859303416680465</v>
+        <v>0.97851563135999997</v>
       </c>
       <c r="P43" s="19">
-        <v>15996</v>
+        <v>24740.73835082</v>
       </c>
       <c r="Q43" s="32">
-        <v>0.93151642208245977</v>
-[...2 lines deleted...]
-        <v>15116</v>
+        <v>1.0047182651200002</v>
+      </c>
+      <c r="R43" s="29">
+        <v>27173.459295370001</v>
       </c>
       <c r="S43" s="32">
-        <v>0.91649999999999998</v>
-[...1 lines deleted...]
-      <c r="U43" s="4"/>
+        <v>1.0016274921799999</v>
+      </c>
+      <c r="T43"/>
+      <c r="U43"/>
       <c r="W43" s="59"/>
     </row>
-    <row r="44" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="50" t="s">
         <v>5</v>
       </c>
-      <c r="B44" s="30">
-        <v>29070.23255008</v>
+      <c r="B44" s="22">
+        <v>16200</v>
       </c>
       <c r="C44" s="33">
-        <v>0.9784006287</v>
+        <v>0.95320000000000005</v>
       </c>
       <c r="D44" s="22">
-        <v>25441.752080210001</v>
+        <v>16647</v>
       </c>
       <c r="E44" s="33">
-        <v>0.97400716168000001</v>
+        <v>0.93218725501175947</v>
       </c>
       <c r="F44" s="22">
-        <v>24175.5597824</v>
+        <v>18413</v>
       </c>
       <c r="G44" s="33">
-        <v>0.97070959612999996</v>
+        <v>0.96071167692789317</v>
       </c>
       <c r="H44" s="22">
-        <v>22842.717305240003</v>
+        <v>19534.222234479999</v>
       </c>
       <c r="I44" s="33">
-        <v>0.99758158327000002</v>
+        <v>0.95655026850000002</v>
       </c>
       <c r="J44" s="22">
         <v>20299.266495260003</v>
       </c>
       <c r="K44" s="33">
         <v>0.98310886228000005</v>
       </c>
       <c r="L44" s="22">
-        <v>19534.222234479999</v>
+        <v>22842.717305240003</v>
       </c>
       <c r="M44" s="33">
-        <v>0.95655026850000002</v>
+        <v>0.99758158327000002</v>
       </c>
       <c r="N44" s="22">
-        <v>18413</v>
+        <v>24175.5597824</v>
       </c>
       <c r="O44" s="33">
-        <v>0.96071167692789317</v>
+        <v>0.97070959612999996</v>
       </c>
       <c r="P44" s="22">
-        <v>16647</v>
+        <v>25441.752080210001</v>
       </c>
       <c r="Q44" s="33">
-        <v>0.93218725501175947</v>
-[...2 lines deleted...]
-        <v>16200</v>
+        <v>0.97400716168000001</v>
+      </c>
+      <c r="R44" s="30">
+        <v>29070.23255008</v>
       </c>
       <c r="S44" s="33">
-        <v>0.95320000000000005</v>
-[...1 lines deleted...]
-      <c r="U44" s="4"/>
+        <v>0.9784006287</v>
+      </c>
+      <c r="T44"/>
+      <c r="U44"/>
       <c r="W44" s="59"/>
     </row>
-    <row r="45" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="B45" s="29">
-        <v>28941.400197629999</v>
+      <c r="B45" s="19">
+        <v>16313</v>
       </c>
       <c r="C45" s="32">
-        <v>1.00396928038</v>
+        <v>0.94640000000000002</v>
       </c>
       <c r="D45" s="19">
-        <v>26271.604589549999</v>
+        <v>17100</v>
       </c>
       <c r="E45" s="32">
-        <v>1.0012718577599999</v>
+        <v>0.97809300463307214</v>
       </c>
       <c r="F45" s="19">
-        <v>24498.31192308</v>
+        <v>18594</v>
       </c>
       <c r="G45" s="32">
-        <v>0.99655900654999996</v>
+        <v>0.96366934438973828</v>
       </c>
       <c r="H45" s="19">
-        <v>22720.264794959996</v>
+        <v>20734.186801630003</v>
       </c>
       <c r="I45" s="32">
-        <v>0.99670460165999997</v>
+        <v>0.99903717450000007</v>
       </c>
       <c r="J45" s="19">
-        <v>21073</v>
+        <v>21073.566996540008</v>
       </c>
       <c r="K45" s="32">
         <v>0.97472776446999998</v>
       </c>
       <c r="L45" s="19">
-        <v>20734.186801630003</v>
+        <v>22720.264794959996</v>
       </c>
       <c r="M45" s="32">
-        <v>0.99903717450000007</v>
+        <v>0.99670460165999997</v>
       </c>
       <c r="N45" s="19">
-        <v>18594</v>
+        <v>24498.31192308</v>
       </c>
       <c r="O45" s="32">
-        <v>0.96366934438973828</v>
+        <v>0.99655900654999996</v>
       </c>
       <c r="P45" s="19">
-        <v>17100</v>
+        <v>26271.604589549999</v>
       </c>
       <c r="Q45" s="32">
-        <v>0.97809300463307214</v>
-[...2 lines deleted...]
-        <v>16313</v>
+        <v>1.0012718577599999</v>
+      </c>
+      <c r="R45" s="29">
+        <v>28941.400197629999</v>
       </c>
       <c r="S45" s="32">
-        <v>0.94640000000000002</v>
-[...1 lines deleted...]
-      <c r="U45" s="4"/>
+        <v>1.00396928038</v>
+      </c>
+      <c r="T45"/>
+      <c r="U45"/>
       <c r="W45" s="59"/>
     </row>
-    <row r="46" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="50" t="s">
         <v>7</v>
       </c>
-      <c r="B46" s="30">
-        <v>29930.75561018</v>
+      <c r="B46" s="22">
+        <v>18225</v>
       </c>
       <c r="C46" s="33">
-        <v>1.01966842932</v>
+        <v>0.96530000000000005</v>
       </c>
       <c r="D46" s="22">
-        <v>27480.290052349999</v>
+        <v>18789</v>
       </c>
       <c r="E46" s="33">
-        <v>1.0322437610399999</v>
+        <v>0.96235402581438234</v>
       </c>
       <c r="F46" s="22">
-        <v>25299.654946699997</v>
+        <v>21020</v>
       </c>
       <c r="G46" s="33">
-        <v>1.0054380442599999</v>
+        <v>0.98160082189222009</v>
       </c>
       <c r="H46" s="22">
-        <v>23990.919008740002</v>
+        <v>22119.977545740003</v>
       </c>
       <c r="I46" s="33">
-        <v>1.02106650911</v>
+        <v>1.0038633488000002</v>
       </c>
       <c r="J46" s="22">
         <v>23514.632908650005</v>
       </c>
       <c r="K46" s="33">
         <v>1.0184780927600001</v>
       </c>
       <c r="L46" s="22">
-        <v>22119.977545740003</v>
+        <v>23990.919008740002</v>
       </c>
       <c r="M46" s="33">
-        <v>1.0038633488000002</v>
+        <v>1.02106650911</v>
       </c>
       <c r="N46" s="22">
-        <v>21020</v>
+        <v>25299.654946699997</v>
       </c>
       <c r="O46" s="33">
-        <v>0.98160082189222009</v>
+        <v>1.0054380442599999</v>
       </c>
       <c r="P46" s="22">
-        <v>18789</v>
+        <v>27480.290052349999</v>
       </c>
       <c r="Q46" s="33">
-        <v>0.96235402581438234</v>
-[...2 lines deleted...]
-        <v>18225</v>
+        <v>1.0322437610399999</v>
+      </c>
+      <c r="R46" s="30">
+        <v>29930.75561018</v>
       </c>
       <c r="S46" s="33">
-        <v>0.96530000000000005</v>
-[...1 lines deleted...]
-      <c r="U46" s="4"/>
+        <v>1.01966842932</v>
+      </c>
+      <c r="T46"/>
+      <c r="U46"/>
       <c r="W46" s="59"/>
     </row>
-    <row r="47" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="B47" s="31">
-        <v>30025.957194769999</v>
+      <c r="B47" s="19">
+        <v>17208</v>
       </c>
       <c r="C47" s="32">
-        <v>0.9972276526199999</v>
-[...2 lines deleted...]
-        <v>27198.856347609999</v>
+        <v>0.93510000000000004</v>
+      </c>
+      <c r="D47" s="19">
+        <v>18338</v>
       </c>
       <c r="E47" s="32">
-        <v>1.00464545025</v>
-[...2 lines deleted...]
-        <v>25345.773790499999</v>
+        <v>0.98910463861920173</v>
+      </c>
+      <c r="F47" s="19">
+        <v>19413</v>
       </c>
       <c r="G47" s="32">
-        <v>0.98666213017999993</v>
+        <v>0.97907000201734917</v>
       </c>
       <c r="H47" s="26">
-        <v>23908.432378310001</v>
+        <v>21109</v>
       </c>
       <c r="I47" s="32">
-        <v>0.98332221662999997</v>
+        <v>0.97537615969000002</v>
       </c>
       <c r="J47" s="26">
-        <v>22346</v>
+        <v>22346.64543837</v>
       </c>
       <c r="K47" s="32">
         <v>0.99784523014000004</v>
       </c>
       <c r="L47" s="26">
-        <v>21109</v>
+        <v>23908.432378310001</v>
       </c>
       <c r="M47" s="32">
-        <v>0.97537615969000002</v>
-[...2 lines deleted...]
-        <v>19413</v>
+        <v>0.98332221662999997</v>
+      </c>
+      <c r="N47" s="26">
+        <v>25345.773790499999</v>
       </c>
       <c r="O47" s="32">
-        <v>0.97907000201734917</v>
-[...2 lines deleted...]
-        <v>18338</v>
+        <v>0.98666213017999993</v>
+      </c>
+      <c r="P47" s="26">
+        <v>27198.856347609999</v>
       </c>
       <c r="Q47" s="32">
-        <v>0.98910463861920173</v>
-[...2 lines deleted...]
-        <v>17208</v>
+        <v>1.00464545025</v>
+      </c>
+      <c r="R47" s="31">
+        <v>30025.957194769999</v>
       </c>
       <c r="S47" s="32">
-        <v>0.93510000000000004</v>
-[...1 lines deleted...]
-      <c r="U47" s="4"/>
+        <v>0.9972276526199999</v>
+      </c>
+      <c r="T47"/>
+      <c r="U47"/>
       <c r="W47" s="59"/>
     </row>
-    <row r="48" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="50" t="s">
         <v>9</v>
       </c>
-      <c r="B48" s="30">
-        <v>30261.620150769999</v>
+      <c r="B48" s="22">
+        <v>16991</v>
       </c>
       <c r="C48" s="33">
-        <v>1.0013978825700001</v>
+        <v>0.95809999999999995</v>
       </c>
       <c r="D48" s="22">
-        <v>27331.86917677</v>
+        <v>17926</v>
       </c>
       <c r="E48" s="33">
-        <v>1.0075891677</v>
+        <v>0.95912252541466025</v>
       </c>
       <c r="F48" s="22">
-        <v>25486.562769159998</v>
+        <v>19965</v>
       </c>
       <c r="G48" s="33">
-        <v>1.0029550566300001</v>
+        <v>0.98325535582368873</v>
       </c>
       <c r="H48" s="22">
-        <v>23839.05560512</v>
+        <v>20761.648748369997</v>
       </c>
       <c r="I48" s="33">
-        <v>1.00375917067</v>
+        <v>0.99246165018999999</v>
       </c>
       <c r="J48" s="22">
         <v>22065.706703090003</v>
       </c>
       <c r="K48" s="33">
         <v>0.99396438102000007</v>
       </c>
       <c r="L48" s="22">
-        <v>20761.648748369997</v>
+        <v>23839.05560512</v>
       </c>
       <c r="M48" s="33">
-        <v>0.99246165018999999</v>
+        <v>1.00375917067</v>
       </c>
       <c r="N48" s="22">
-        <v>19965</v>
+        <v>25486.562769159998</v>
       </c>
       <c r="O48" s="33">
-        <v>0.98325535582368873</v>
+        <v>1.0029550566300001</v>
       </c>
       <c r="P48" s="22">
-        <v>17926</v>
+        <v>27331.86917677</v>
       </c>
       <c r="Q48" s="33">
-        <v>0.95912252541466025</v>
-[...2 lines deleted...]
-        <v>16991</v>
+        <v>1.0075891677</v>
+      </c>
+      <c r="R48" s="30">
+        <v>30261.620150769999</v>
       </c>
       <c r="S48" s="33">
-        <v>0.95809999999999995</v>
-[...1 lines deleted...]
-      <c r="U48" s="4"/>
+        <v>1.0013978825700001</v>
+      </c>
+      <c r="T48"/>
+      <c r="U48"/>
       <c r="W48" s="59"/>
     </row>
-    <row r="49" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="B49" s="31">
-        <v>28619.634938539999</v>
+      <c r="B49" s="19">
+        <v>16536</v>
       </c>
       <c r="C49" s="32">
-        <v>1.00068678091</v>
-[...2 lines deleted...]
-        <v>26604</v>
+        <v>0.95940000000000003</v>
+      </c>
+      <c r="D49" s="19">
+        <v>17541</v>
       </c>
       <c r="E49" s="32">
-        <v>1.0097026098599999</v>
-[...2 lines deleted...]
-        <v>24835.871899419995</v>
+        <v>0.96815321779445851</v>
+      </c>
+      <c r="F49" s="19">
+        <v>18670</v>
       </c>
       <c r="G49" s="32">
-        <v>1.00439883563</v>
+        <v>0.96445913834073771</v>
       </c>
       <c r="H49" s="26">
-        <v>22937.359088190005</v>
+        <v>19948.862033429999</v>
       </c>
       <c r="I49" s="32">
-        <v>0.99527400044999992</v>
+        <v>0.97111615545000007</v>
       </c>
       <c r="J49" s="26">
-        <v>21259</v>
+        <v>21258.723115690002</v>
       </c>
       <c r="K49" s="32">
         <v>1.01686476793</v>
       </c>
       <c r="L49" s="26">
-        <v>19948.862033429999</v>
+        <v>22937.359088190005</v>
       </c>
       <c r="M49" s="32">
-        <v>0.97111615545000007</v>
-[...2 lines deleted...]
-        <v>18670</v>
+        <v>0.99527400044999992</v>
+      </c>
+      <c r="N49" s="26">
+        <v>24835.871899419995</v>
       </c>
       <c r="O49" s="32">
-        <v>0.96445913834073771</v>
-[...2 lines deleted...]
-        <v>17541</v>
+        <v>1.00439883563</v>
+      </c>
+      <c r="P49" s="26">
+        <v>26604</v>
       </c>
       <c r="Q49" s="32">
-        <v>0.96815321779445851</v>
-[...2 lines deleted...]
-        <v>16536</v>
+        <v>1.0097026098599999</v>
+      </c>
+      <c r="R49" s="31">
+        <v>28619.634938539999</v>
       </c>
       <c r="S49" s="32">
-        <v>0.95940000000000003</v>
-[...1 lines deleted...]
-      <c r="U49" s="4"/>
+        <v>1.00068678091</v>
+      </c>
+      <c r="T49"/>
+      <c r="U49"/>
       <c r="W49" s="59"/>
     </row>
-    <row r="50" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="B50" s="30">
-        <v>29782.278256850001</v>
+      <c r="B50" s="22">
+        <v>16559</v>
       </c>
       <c r="C50" s="33">
-        <v>1.0155642361600001</v>
+        <v>0.95369999999999999</v>
       </c>
       <c r="D50" s="22">
-        <v>27195.292397630001</v>
+        <v>17903</v>
       </c>
       <c r="E50" s="33">
-        <v>1.02100320308</v>
+        <v>0.96652810019975166</v>
       </c>
       <c r="F50" s="22">
-        <v>25014.757871669997</v>
+        <v>19446.850578659996</v>
       </c>
       <c r="G50" s="33">
-        <v>0.99727669555999998</v>
+        <v>0.9980091898517307</v>
       </c>
       <c r="H50" s="22">
-        <v>23298.679674809995</v>
+        <v>20244</v>
       </c>
       <c r="I50" s="33">
-        <v>1.0055822338</v>
+        <v>0.98891285202000001</v>
       </c>
       <c r="J50" s="22">
         <v>21766.283692320001</v>
       </c>
       <c r="K50" s="33">
         <v>1.01177184241</v>
       </c>
       <c r="L50" s="22">
-        <v>20244</v>
+        <v>23298.679674809995</v>
       </c>
       <c r="M50" s="33">
-        <v>0.98891285202000001</v>
+        <v>1.0055822338</v>
       </c>
       <c r="N50" s="22">
-        <v>19446.850578659996</v>
+        <v>25014.757871669997</v>
       </c>
       <c r="O50" s="33">
-        <v>0.9980091898517307</v>
+        <v>0.99727669555999998</v>
       </c>
       <c r="P50" s="22">
-        <v>17903</v>
+        <v>27195.292397630001</v>
       </c>
       <c r="Q50" s="33">
-        <v>0.96652810019975166</v>
-[...2 lines deleted...]
-        <v>16559</v>
+        <v>1.02100320308</v>
+      </c>
+      <c r="R50" s="30">
+        <v>29782.278256850001</v>
       </c>
       <c r="S50" s="33">
-        <v>0.95369999999999999</v>
-[...1 lines deleted...]
-      <c r="U50" s="4"/>
+        <v>1.0155642361600001</v>
+      </c>
+      <c r="T50"/>
+      <c r="U50"/>
       <c r="W50" s="59"/>
     </row>
-    <row r="51" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="49" t="s">
         <v>12</v>
       </c>
-      <c r="B51" s="31">
-        <v>30883.911826480002</v>
+      <c r="B51" s="19">
+        <v>17552</v>
       </c>
       <c r="C51" s="32">
-        <v>1.0147212034699999</v>
-[...2 lines deleted...]
-        <v>28087.851839520001</v>
+        <v>0.98550000000000004</v>
+      </c>
+      <c r="D51" s="19">
+        <v>18698</v>
       </c>
       <c r="E51" s="32">
-        <v>1.0096661501099999</v>
-[...2 lines deleted...]
-        <v>26026.735731999997</v>
+        <v>0.99341196472213367</v>
+      </c>
+      <c r="F51" s="19">
+        <v>20181.043889150002</v>
       </c>
       <c r="G51" s="32">
-        <v>1.0072688494299999</v>
+        <v>0.98031311997942372</v>
       </c>
       <c r="H51" s="26">
-        <v>24363.610358139998</v>
+        <v>21103</v>
       </c>
       <c r="I51" s="32">
-        <v>1.0191584681899999</v>
+        <v>0.98109656931999989</v>
       </c>
       <c r="J51" s="26">
         <v>22131.111869609998</v>
       </c>
       <c r="K51" s="32">
         <v>1.00247819315</v>
       </c>
       <c r="L51" s="26">
-        <v>21103</v>
+        <v>24363.610358139998</v>
       </c>
       <c r="M51" s="32">
-        <v>0.98109656931999989</v>
-[...2 lines deleted...]
-        <v>20181.043889150002</v>
+        <v>1.0191584681899999</v>
+      </c>
+      <c r="N51" s="26">
+        <v>26026.735731999997</v>
       </c>
       <c r="O51" s="32">
-        <v>0.98031311997942372</v>
-[...2 lines deleted...]
-        <v>18698</v>
+        <v>1.0072688494299999</v>
+      </c>
+      <c r="P51" s="26">
+        <v>28087.851839520001</v>
       </c>
       <c r="Q51" s="32">
-        <v>0.99341196472213367</v>
-[...2 lines deleted...]
-        <v>17552</v>
+        <v>1.0096661501099999</v>
+      </c>
+      <c r="R51" s="31">
+        <v>30883.911826480002</v>
       </c>
       <c r="S51" s="32">
-        <v>0.98550000000000004</v>
-[...1 lines deleted...]
-      <c r="U51" s="4"/>
+        <v>1.0147212034699999</v>
+      </c>
+      <c r="T51"/>
+      <c r="U51"/>
       <c r="W51" s="59"/>
     </row>
-    <row r="52" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="B52" s="30">
-        <v>35551.847430490001</v>
+      <c r="B52" s="22">
+        <v>20749</v>
       </c>
       <c r="C52" s="33">
-        <v>1.09252188243</v>
+        <v>0.98870000000000002</v>
       </c>
       <c r="D52" s="22">
-        <v>32106.286759890001</v>
+        <v>22325</v>
       </c>
       <c r="E52" s="33">
-        <v>1.0603413955100001</v>
+        <v>0.99589597180711065</v>
       </c>
       <c r="F52" s="22">
-        <v>30133.385973130007</v>
+        <v>23697.654356010004</v>
       </c>
       <c r="G52" s="33">
-        <v>1.0600399222299999</v>
+        <v>1.0469619771112475</v>
       </c>
       <c r="H52" s="22">
-        <v>29215.562080379997</v>
+        <v>25507</v>
       </c>
       <c r="I52" s="33">
-        <v>1.0459492940200001</v>
+        <v>1.09540576816</v>
       </c>
       <c r="J52" s="22">
         <v>27078.998498680001</v>
       </c>
       <c r="K52" s="33">
         <v>1.0155473820100001</v>
       </c>
       <c r="L52" s="22">
-        <v>25507</v>
+        <v>29215.562080379997</v>
       </c>
       <c r="M52" s="33">
-        <v>1.09540576816</v>
+        <v>1.0459492940200001</v>
       </c>
       <c r="N52" s="22">
-        <v>23697.654356010004</v>
+        <v>30133.385973130007</v>
       </c>
       <c r="O52" s="33">
-        <v>1.0469619771112475</v>
+        <v>1.0600399222299999</v>
       </c>
       <c r="P52" s="22">
-        <v>22325</v>
+        <v>32106.286759890001</v>
       </c>
       <c r="Q52" s="33">
-        <v>0.99589597180711065</v>
-[...2 lines deleted...]
-        <v>20749</v>
+        <v>1.0603413955100001</v>
+      </c>
+      <c r="R52" s="30">
+        <v>35551.847430490001</v>
       </c>
       <c r="S52" s="33">
-        <v>0.98870000000000002</v>
-[...1 lines deleted...]
-      <c r="U52" s="4"/>
+        <v>1.09252188243</v>
+      </c>
+      <c r="T52"/>
+      <c r="U52"/>
       <c r="W52" s="59"/>
     </row>
-    <row r="53" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B53" s="51">
-[...3 lines deleted...]
-        <v>1.01048666534</v>
+      <c r="B53" s="44">
+        <v>204553</v>
+      </c>
+      <c r="C53" s="45">
+        <v>0.95689999999999997</v>
       </c>
       <c r="D53" s="44">
-        <v>324349.86751571996</v>
+        <v>215714</v>
       </c>
       <c r="E53" s="46">
-        <v>1.0093232112399999</v>
+        <v>0.97079697393824571</v>
       </c>
       <c r="F53" s="44">
-        <v>302085.43403408997</v>
+        <v>234814.54882381999</v>
       </c>
       <c r="G53" s="46">
-        <v>0.99891306174999994</v>
+        <v>0.98373212668170851</v>
       </c>
       <c r="H53" s="44">
-        <v>285063.58549422998</v>
+        <v>250348.77559919999</v>
       </c>
       <c r="I53" s="46">
-        <v>1.0062902062099999</v>
+        <v>0.99638313509999998</v>
       </c>
       <c r="J53" s="44">
-        <v>264208.00016761001</v>
+        <v>264208.55561482999</v>
       </c>
       <c r="K53" s="46">
         <v>0.99349220876999988</v>
       </c>
       <c r="L53" s="44">
-        <v>250348.77559919999</v>
+        <v>285064.10058567999</v>
       </c>
       <c r="M53" s="46">
-        <v>0.99638313509999998</v>
+        <v>1.0062902062099999</v>
       </c>
       <c r="N53" s="44">
-        <v>234814.54882381999</v>
+        <v>302085.43403408997</v>
       </c>
       <c r="O53" s="46">
-        <v>0.98373212668170851</v>
+        <v>0.99891306174999994</v>
       </c>
       <c r="P53" s="44">
-        <v>215714</v>
+        <v>324349.86751571996</v>
       </c>
       <c r="Q53" s="46">
-        <v>0.97079697393824571</v>
-[...7 lines deleted...]
-      <c r="U53" s="4"/>
+        <v>1.0093232112399999</v>
+      </c>
+      <c r="R53" s="51">
+        <v>357209.56897841999</v>
+      </c>
+      <c r="S53" s="46">
+        <v>1.01048666534</v>
+      </c>
+      <c r="T53"/>
+      <c r="U53"/>
       <c r="W53" s="59"/>
     </row>
     <row r="54" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D54" s="73"/>
       <c r="E54" s="73"/>
       <c r="H54" s="6"/>
       <c r="I54" s="7"/>
       <c r="J54" s="8"/>
+      <c r="M54" s="4"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
-      <c r="R54" s="84"/>
-      <c r="S54" s="84"/>
+      <c r="R54" s="91"/>
+      <c r="S54" s="91"/>
       <c r="T54" s="12"/>
       <c r="U54" s="14"/>
       <c r="V54"/>
       <c r="W54" s="59"/>
       <c r="X54"/>
       <c r="Y54"/>
       <c r="Z54"/>
       <c r="AA54"/>
       <c r="AB54"/>
       <c r="AC54"/>
       <c r="AD54"/>
       <c r="AE54"/>
     </row>
     <row r="55" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="52"/>
-      <c r="B55" s="78">
+      <c r="B55" s="88">
+        <v>1997</v>
+      </c>
+      <c r="C55" s="89"/>
+      <c r="D55" s="88">
         <v>1998</v>
       </c>
-      <c r="C55" s="79"/>
-[...17 lines deleted...]
-      <c r="S55" s="82"/>
+      <c r="E55" s="89"/>
+      <c r="F55"/>
+      <c r="G55" s="87"/>
+      <c r="H55" s="85"/>
+      <c r="I55" s="86"/>
+      <c r="J55" s="83"/>
+      <c r="K55" s="84"/>
+      <c r="L55" s="85"/>
+      <c r="M55" s="80"/>
+      <c r="N55" s="85"/>
+      <c r="O55" s="86"/>
+      <c r="P55" s="85"/>
+      <c r="Q55" s="86"/>
+      <c r="R55" s="85"/>
+      <c r="S55" s="86"/>
       <c r="T55"/>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55" s="59"/>
       <c r="X55" s="4"/>
       <c r="Z55"/>
       <c r="AA55"/>
       <c r="AB55"/>
       <c r="AC55"/>
       <c r="AD55"/>
       <c r="AE55"/>
       <c r="AF55"/>
       <c r="AG55"/>
       <c r="AH55"/>
       <c r="AI55"/>
     </row>
-    <row r="56" spans="1:35" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:35" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="52"/>
-      <c r="B56" s="27" t="s">
+      <c r="B56" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="C56" s="27" t="s">
+      <c r="C56" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="D56" s="74" t="s">
+      <c r="D56" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="E56" s="74" t="s">
+      <c r="E56" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="F56" s="68"/>
-      <c r="G56" s="68"/>
+      <c r="F56"/>
+      <c r="G56"/>
       <c r="H56" s="68"/>
       <c r="I56" s="68"/>
       <c r="J56" s="68"/>
       <c r="K56" s="68"/>
-      <c r="L56" s="68"/>
-      <c r="M56" s="68"/>
+      <c r="L56" s="81"/>
+      <c r="M56" s="82"/>
       <c r="N56" s="68"/>
       <c r="O56" s="68"/>
       <c r="P56" s="68"/>
       <c r="Q56" s="68"/>
       <c r="R56" s="68"/>
       <c r="S56" s="68"/>
       <c r="U56" s="4"/>
       <c r="W56" s="59"/>
     </row>
-    <row r="57" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B57" s="19">
+      <c r="B57" s="29">
+        <v>15805</v>
+      </c>
+      <c r="C57" s="32">
+        <v>0.92092996154294371</v>
+      </c>
+      <c r="D57" s="19">
         <v>17257</v>
       </c>
-      <c r="C57" s="32">
+      <c r="E57" s="32">
         <v>1.0067999999999999</v>
       </c>
-      <c r="D57" s="29">
-[...6 lines deleted...]
-      <c r="G57" s="70"/>
+      <c r="F57"/>
+      <c r="G57"/>
       <c r="H57" s="69"/>
       <c r="I57" s="70"/>
       <c r="J57" s="69"/>
       <c r="K57" s="70"/>
       <c r="L57" s="69"/>
       <c r="M57" s="70"/>
       <c r="N57" s="69"/>
       <c r="O57" s="70"/>
       <c r="P57" s="69"/>
       <c r="Q57" s="70"/>
       <c r="R57" s="69"/>
       <c r="S57" s="70"/>
       <c r="U57" s="4"/>
       <c r="W57" s="59"/>
     </row>
-    <row r="58" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="B58" s="22">
+      <c r="B58" s="30">
+        <v>13790</v>
+      </c>
+      <c r="C58" s="33">
+        <v>0.93969335604770021</v>
+      </c>
+      <c r="D58" s="22">
         <v>15363</v>
       </c>
-      <c r="C58" s="33">
+      <c r="E58" s="33">
         <v>0.95379999999999998</v>
       </c>
-      <c r="D58" s="30">
-[...6 lines deleted...]
-      <c r="G58" s="70"/>
+      <c r="F58"/>
+      <c r="G58"/>
       <c r="H58" s="69"/>
       <c r="I58" s="70"/>
       <c r="J58" s="69"/>
       <c r="K58" s="70"/>
       <c r="L58" s="69"/>
       <c r="M58" s="70"/>
       <c r="N58" s="69"/>
       <c r="O58" s="70"/>
       <c r="P58" s="69"/>
       <c r="Q58" s="70"/>
       <c r="R58" s="69"/>
       <c r="S58" s="70"/>
       <c r="U58" s="4"/>
       <c r="W58" s="59"/>
     </row>
-    <row r="59" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B59" s="19">
+      <c r="B59" s="29">
+        <v>13307</v>
+      </c>
+      <c r="C59" s="32">
+        <v>0.95226849864033203</v>
+      </c>
+      <c r="D59" s="19">
         <v>14801</v>
       </c>
-      <c r="C59" s="32">
+      <c r="E59" s="32">
         <v>0.95660000000000001</v>
       </c>
-      <c r="D59" s="29">
-[...6 lines deleted...]
-      <c r="G59" s="70"/>
+      <c r="F59"/>
+      <c r="G59"/>
       <c r="H59" s="69"/>
       <c r="I59" s="70"/>
       <c r="J59" s="69"/>
       <c r="K59" s="70"/>
       <c r="L59" s="69"/>
       <c r="M59" s="70"/>
       <c r="N59" s="69"/>
       <c r="O59" s="70"/>
       <c r="P59" s="69"/>
       <c r="Q59" s="70"/>
       <c r="R59" s="69"/>
       <c r="S59" s="70"/>
       <c r="U59" s="4"/>
       <c r="W59" s="59"/>
     </row>
-    <row r="60" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="50" t="s">
         <v>5</v>
       </c>
-      <c r="B60" s="22">
+      <c r="B60" s="30">
+        <v>14550</v>
+      </c>
+      <c r="C60" s="33">
+        <v>0.93090211132437617</v>
+      </c>
+      <c r="D60" s="22">
         <v>15465</v>
       </c>
-      <c r="C60" s="33">
+      <c r="E60" s="33">
         <v>0.95169999999999999</v>
       </c>
-      <c r="D60" s="30">
-[...6 lines deleted...]
-      <c r="G60" s="70"/>
+      <c r="F60"/>
+      <c r="G60"/>
       <c r="H60" s="69"/>
       <c r="I60" s="70"/>
       <c r="J60" s="69"/>
       <c r="K60" s="70"/>
       <c r="L60" s="69"/>
       <c r="M60" s="70"/>
       <c r="N60" s="69"/>
       <c r="O60" s="70"/>
       <c r="P60" s="69"/>
       <c r="Q60" s="70"/>
       <c r="R60" s="69"/>
       <c r="S60" s="70"/>
       <c r="U60" s="4"/>
       <c r="W60" s="59"/>
     </row>
-    <row r="61" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="B61" s="19">
+      <c r="B61" s="29">
+        <v>14554</v>
+      </c>
+      <c r="C61" s="32">
+        <v>0.94931837453525536</v>
+      </c>
+      <c r="D61" s="19">
         <v>15712</v>
       </c>
-      <c r="C61" s="32">
+      <c r="E61" s="32">
         <v>0.94899999999999995</v>
       </c>
-      <c r="D61" s="29">
-[...6 lines deleted...]
-      <c r="G61" s="70"/>
+      <c r="F61"/>
+      <c r="G61"/>
       <c r="H61" s="69"/>
       <c r="I61" s="70"/>
       <c r="J61" s="69"/>
       <c r="K61" s="70"/>
       <c r="L61" s="69"/>
       <c r="M61" s="70"/>
       <c r="N61" s="69"/>
       <c r="O61" s="70"/>
       <c r="P61" s="69"/>
       <c r="Q61" s="70"/>
       <c r="R61" s="69"/>
       <c r="S61" s="70"/>
       <c r="U61" s="4"/>
       <c r="W61" s="59"/>
     </row>
-    <row r="62" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="50" t="s">
         <v>7</v>
       </c>
-      <c r="B62" s="22">
+      <c r="B62" s="30">
+        <v>17750</v>
+      </c>
+      <c r="C62" s="33">
+        <v>0.97995914536520734</v>
+      </c>
+      <c r="D62" s="22">
         <v>17780</v>
       </c>
-      <c r="C62" s="33">
+      <c r="E62" s="33">
         <v>0.98440000000000005</v>
       </c>
-      <c r="D62" s="30">
-[...6 lines deleted...]
-      <c r="G62" s="70"/>
+      <c r="F62"/>
+      <c r="G62"/>
       <c r="H62" s="69"/>
       <c r="I62" s="70"/>
       <c r="J62" s="69"/>
       <c r="K62" s="70"/>
       <c r="L62" s="69"/>
       <c r="M62" s="70"/>
       <c r="N62" s="69"/>
       <c r="O62" s="70"/>
       <c r="P62" s="69"/>
       <c r="Q62" s="70"/>
       <c r="R62" s="69"/>
       <c r="S62" s="70"/>
       <c r="U62" s="4"/>
       <c r="W62" s="59"/>
     </row>
-    <row r="63" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="B63" s="19">
+      <c r="B63" s="31">
+        <v>15839</v>
+      </c>
+      <c r="C63" s="32">
+        <v>0.93844057352766919</v>
+      </c>
+      <c r="D63" s="19">
         <v>16880</v>
       </c>
-      <c r="C63" s="32">
+      <c r="E63" s="32">
         <v>0.95379999999999998</v>
       </c>
-      <c r="D63" s="31">
-[...6 lines deleted...]
-      <c r="G63" s="70"/>
+      <c r="F63"/>
+      <c r="G63"/>
       <c r="H63" s="69"/>
       <c r="I63" s="70"/>
       <c r="J63" s="69"/>
       <c r="K63" s="70"/>
       <c r="L63" s="69"/>
       <c r="M63" s="70"/>
       <c r="N63" s="69"/>
       <c r="O63" s="70"/>
       <c r="P63" s="69"/>
       <c r="Q63" s="70"/>
       <c r="R63" s="69"/>
       <c r="S63" s="70"/>
       <c r="U63" s="4"/>
       <c r="W63" s="59"/>
     </row>
-    <row r="64" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="50" t="s">
         <v>9</v>
       </c>
-      <c r="B64" s="22">
+      <c r="B64" s="30">
+        <v>15422</v>
+      </c>
+      <c r="C64" s="33">
+        <v>0.96105191001433288</v>
+      </c>
+      <c r="D64" s="22">
         <v>16547</v>
       </c>
-      <c r="C64" s="33">
+      <c r="E64" s="33">
         <v>0.96050000000000002</v>
       </c>
-      <c r="D64" s="30">
-[...6 lines deleted...]
-      <c r="G64" s="70"/>
+      <c r="F64"/>
+      <c r="G64"/>
       <c r="H64" s="69"/>
       <c r="I64" s="70"/>
       <c r="J64" s="69"/>
       <c r="K64" s="70"/>
       <c r="L64" s="69"/>
       <c r="M64" s="70"/>
       <c r="N64" s="69"/>
       <c r="O64" s="70"/>
       <c r="P64" s="69"/>
       <c r="Q64" s="70"/>
       <c r="R64" s="69"/>
       <c r="S64" s="70"/>
       <c r="U64" s="4"/>
       <c r="W64" s="59"/>
     </row>
-    <row r="65" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="B65" s="19">
+      <c r="B65" s="31">
+        <v>14920</v>
+      </c>
+      <c r="C65" s="32">
+        <v>0.94712118326667938</v>
+      </c>
+      <c r="D65" s="19">
         <v>15833</v>
       </c>
-      <c r="C65" s="32">
+      <c r="E65" s="32">
         <v>0.95089999999999997</v>
       </c>
-      <c r="D65" s="31">
-[...6 lines deleted...]
-      <c r="G65" s="70"/>
+      <c r="F65"/>
+      <c r="G65"/>
       <c r="H65" s="69"/>
       <c r="I65" s="70"/>
       <c r="J65" s="69"/>
       <c r="K65" s="70"/>
       <c r="L65" s="69"/>
       <c r="M65" s="70"/>
       <c r="N65" s="69"/>
       <c r="O65" s="70"/>
       <c r="P65" s="69"/>
       <c r="Q65" s="70"/>
       <c r="R65" s="69"/>
       <c r="S65" s="70"/>
       <c r="U65" s="4"/>
       <c r="W65" s="59"/>
     </row>
-    <row r="66" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="B66" s="22">
+      <c r="B66" s="30">
+        <v>15276</v>
+      </c>
+      <c r="C66" s="33">
+        <v>0.96469845279444266</v>
+      </c>
+      <c r="D66" s="22">
         <v>15837</v>
       </c>
-      <c r="C66" s="33">
+      <c r="E66" s="33">
         <v>0.95899999999999996</v>
       </c>
-      <c r="D66" s="30">
-[...6 lines deleted...]
-      <c r="G66" s="70"/>
+      <c r="F66"/>
+      <c r="G66"/>
       <c r="H66" s="69"/>
       <c r="I66" s="70"/>
       <c r="J66" s="69"/>
       <c r="K66" s="70"/>
       <c r="L66" s="69"/>
       <c r="M66" s="70"/>
       <c r="N66" s="69"/>
       <c r="O66" s="70"/>
       <c r="P66" s="69"/>
       <c r="Q66" s="70"/>
       <c r="R66" s="69"/>
       <c r="S66" s="70"/>
       <c r="U66" s="4"/>
       <c r="W66" s="59"/>
     </row>
-    <row r="67" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="49" t="s">
         <v>12</v>
       </c>
-      <c r="B67" s="19">
+      <c r="B67" s="31">
+        <v>16158</v>
+      </c>
+      <c r="C67" s="32">
+        <v>0.96350626118067983</v>
+      </c>
+      <c r="D67" s="19">
         <v>16807</v>
       </c>
-      <c r="C67" s="32">
+      <c r="E67" s="32">
         <v>0.96009999999999995</v>
       </c>
-      <c r="D67" s="31">
-[...6 lines deleted...]
-      <c r="G67" s="70"/>
+      <c r="F67"/>
+      <c r="G67"/>
       <c r="H67" s="69"/>
       <c r="I67" s="70"/>
       <c r="J67" s="69"/>
       <c r="K67" s="70"/>
       <c r="L67" s="69"/>
       <c r="M67" s="70"/>
       <c r="N67" s="69"/>
       <c r="O67" s="70"/>
       <c r="P67" s="69"/>
       <c r="Q67" s="70"/>
       <c r="R67" s="69"/>
       <c r="S67" s="70"/>
       <c r="U67" s="4"/>
       <c r="W67" s="59"/>
     </row>
-    <row r="68" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="B68" s="22">
+      <c r="B68" s="30">
+        <v>18165</v>
+      </c>
+      <c r="C68" s="33">
+        <v>0.93388514729319827</v>
+      </c>
+      <c r="D68" s="22">
         <v>19848</v>
       </c>
-      <c r="C68" s="33">
+      <c r="E68" s="33">
         <v>0.98780000000000001</v>
       </c>
-      <c r="D68" s="30">
-[...6 lines deleted...]
-      <c r="G68" s="70"/>
+      <c r="F68"/>
+      <c r="G68"/>
       <c r="H68" s="69"/>
       <c r="I68" s="70"/>
       <c r="J68" s="69"/>
       <c r="K68" s="70"/>
       <c r="L68" s="69"/>
       <c r="M68" s="70"/>
       <c r="N68" s="69"/>
       <c r="O68" s="70"/>
       <c r="P68" s="69"/>
       <c r="Q68" s="70"/>
       <c r="R68" s="69"/>
       <c r="S68" s="70"/>
       <c r="U68" s="4"/>
       <c r="W68" s="59"/>
     </row>
-    <row r="69" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B69" s="44">
+        <v>185536</v>
+      </c>
+      <c r="C69" s="45">
+        <v>0.94845081499999995</v>
+      </c>
+      <c r="D69" s="44">
         <v>198130</v>
       </c>
-      <c r="C69" s="45">
+      <c r="E69" s="45">
         <v>0.96530000000000005</v>
       </c>
-      <c r="D69" s="44">
-[...6 lines deleted...]
-      <c r="G69" s="72"/>
+      <c r="F69"/>
+      <c r="G69"/>
       <c r="H69" s="71"/>
       <c r="I69" s="72"/>
       <c r="J69" s="71"/>
       <c r="K69" s="72"/>
       <c r="L69" s="71"/>
       <c r="M69" s="72"/>
       <c r="N69" s="71"/>
       <c r="O69" s="72"/>
       <c r="P69" s="71"/>
       <c r="Q69" s="72"/>
       <c r="R69" s="71"/>
       <c r="S69" s="72"/>
       <c r="U69" s="4"/>
       <c r="W69" s="59"/>
     </row>
     <row r="70" spans="1:31" s="2" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="28"/>
       <c r="B70" s="65"/>
       <c r="C70" s="65"/>
       <c r="D70" s="61"/>
       <c r="E70" s="28"/>
       <c r="F70" s="28"/>
       <c r="G70" s="28"/>
       <c r="H70" s="28"/>
       <c r="I70" s="28"/>
@@ -6605,68 +6793,68 @@
       <c r="L70" s="28"/>
       <c r="M70" s="28"/>
       <c r="N70" s="28"/>
       <c r="O70" s="28"/>
       <c r="P70" s="28"/>
       <c r="Q70" s="28"/>
       <c r="R70" s="28"/>
       <c r="S70" s="28"/>
       <c r="V70"/>
       <c r="W70" s="59"/>
       <c r="X70"/>
       <c r="Y70"/>
       <c r="Z70"/>
       <c r="AA70"/>
       <c r="AB70"/>
       <c r="AC70"/>
       <c r="AD70"/>
       <c r="AE70"/>
     </row>
     <row r="71" spans="1:31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="W71" s="59"/>
     </row>
     <row r="72" spans="1:31" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="3"/>
       <c r="B72" s="3"/>
-      <c r="C72" s="3" t="s">
-        <v>27</v>
+      <c r="C72" s="94" t="s">
+        <v>28</v>
       </c>
       <c r="D72" s="6"/>
       <c r="E72" s="7"/>
       <c r="F72" s="8"/>
       <c r="K72" s="3"/>
       <c r="L72" s="11"/>
       <c r="M72" s="11"/>
       <c r="N72" s="11"/>
       <c r="O72" s="11"/>
       <c r="P72" s="12"/>
       <c r="Q72" s="14"/>
       <c r="R72" s="10"/>
       <c r="S72" s="11"/>
       <c r="W72" s="59"/>
     </row>
-    <row r="73" spans="1:31" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D73" s="6"/>
       <c r="E73" s="7"/>
       <c r="F73" s="8"/>
       <c r="L73" s="11"/>
       <c r="M73" s="11"/>
       <c r="N73" s="11"/>
       <c r="O73" s="11"/>
       <c r="P73" s="12"/>
       <c r="Q73" s="14"/>
       <c r="R73" s="10"/>
       <c r="S73" s="11"/>
       <c r="W73" s="59"/>
     </row>
     <row r="74" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D74" s="6"/>
       <c r="E74" s="7"/>
       <c r="F74" s="8"/>
       <c r="L74" s="11"/>
       <c r="M74" s="11"/>
       <c r="N74" s="11"/>
       <c r="O74" s="11"/>
       <c r="P74" s="12"/>
       <c r="Q74" s="14"/>
       <c r="R74" s="10"/>
       <c r="S74" s="11"/>
@@ -6832,89 +7020,89 @@
       <c r="F86" s="8"/>
       <c r="L86" s="11"/>
       <c r="M86" s="11"/>
       <c r="N86" s="11"/>
       <c r="O86" s="11"/>
       <c r="P86" s="12"/>
       <c r="Q86" s="14"/>
       <c r="R86" s="10"/>
       <c r="S86" s="11"/>
       <c r="W86" s="59"/>
     </row>
     <row r="87" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D87" s="6"/>
       <c r="E87" s="7"/>
       <c r="F87" s="8"/>
       <c r="L87" s="11"/>
       <c r="M87" s="11"/>
       <c r="N87" s="11"/>
       <c r="O87" s="11"/>
       <c r="P87" s="12"/>
       <c r="Q87" s="14"/>
       <c r="R87" s="10"/>
       <c r="S87" s="11"/>
       <c r="W87" s="59"/>
     </row>
-    <row r="88" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D88" s="6"/>
       <c r="E88" s="7"/>
       <c r="F88" s="8"/>
       <c r="L88" s="11"/>
       <c r="M88" s="11"/>
       <c r="N88" s="11"/>
       <c r="O88" s="11"/>
       <c r="P88" s="12"/>
       <c r="Q88" s="14"/>
       <c r="R88" s="10"/>
       <c r="S88" s="11"/>
       <c r="W88" s="59"/>
     </row>
-    <row r="89" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="3"/>
+      <c r="B89" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="D89" s="6"/>
       <c r="E89" s="7"/>
       <c r="F89" s="8"/>
+      <c r="K89" s="3" t="s">
+        <v>25</v>
+      </c>
       <c r="L89" s="11"/>
       <c r="M89" s="11"/>
       <c r="N89" s="11"/>
       <c r="O89" s="11"/>
       <c r="P89" s="12"/>
       <c r="Q89" s="14"/>
       <c r="R89" s="10"/>
       <c r="S89" s="11"/>
       <c r="W89" s="59"/>
     </row>
     <row r="90" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="3"/>
-[...2 lines deleted...]
-      </c>
       <c r="D90" s="6"/>
       <c r="E90" s="7"/>
       <c r="F90" s="8"/>
-      <c r="K90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L90" s="11"/>
       <c r="M90" s="11"/>
       <c r="N90" s="11"/>
       <c r="O90" s="11"/>
       <c r="P90" s="12"/>
       <c r="Q90" s="14"/>
       <c r="R90" s="10"/>
       <c r="S90" s="11"/>
       <c r="W90" s="59"/>
     </row>
     <row r="91" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D91" s="6"/>
       <c r="E91" s="7"/>
       <c r="F91" s="8"/>
       <c r="L91" s="11"/>
       <c r="M91" s="11"/>
       <c r="N91" s="11"/>
       <c r="O91" s="11"/>
       <c r="P91" s="12"/>
       <c r="Q91" s="14"/>
       <c r="R91" s="10"/>
       <c r="S91" s="11"/>
       <c r="W91" s="59"/>
     </row>
     <row r="92" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
@@ -7061,167 +7249,145 @@
       <c r="D102" s="6"/>
       <c r="E102" s="7"/>
       <c r="F102" s="8"/>
       <c r="L102" s="11"/>
       <c r="M102" s="11"/>
       <c r="N102" s="11"/>
       <c r="O102" s="11"/>
       <c r="P102" s="12"/>
       <c r="Q102" s="14"/>
       <c r="R102" s="10"/>
       <c r="S102" s="11"/>
       <c r="W102" s="59"/>
     </row>
     <row r="103" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D103" s="6"/>
       <c r="E103" s="7"/>
       <c r="F103" s="8"/>
       <c r="L103" s="11"/>
       <c r="M103" s="11"/>
       <c r="N103" s="11"/>
       <c r="O103" s="11"/>
       <c r="P103" s="12"/>
       <c r="Q103" s="14"/>
       <c r="R103" s="10"/>
       <c r="S103" s="11"/>
-      <c r="W103" s="59"/>
     </row>
     <row r="104" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D104" s="6"/>
       <c r="E104" s="7"/>
       <c r="F104" s="8"/>
       <c r="L104" s="11"/>
       <c r="M104" s="11"/>
       <c r="N104" s="11"/>
       <c r="O104" s="11"/>
       <c r="P104" s="12"/>
       <c r="Q104" s="14"/>
       <c r="R104" s="10"/>
       <c r="S104" s="11"/>
     </row>
     <row r="105" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D105" s="6"/>
       <c r="E105" s="7"/>
       <c r="F105" s="8"/>
       <c r="L105" s="11"/>
       <c r="M105" s="11"/>
       <c r="N105" s="11"/>
       <c r="O105" s="11"/>
       <c r="P105" s="12"/>
       <c r="Q105" s="14"/>
       <c r="R105" s="10"/>
       <c r="S105" s="11"/>
     </row>
     <row r="106" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D106" s="6"/>
-[...9 lines deleted...]
-      <c r="S106" s="11"/>
+      <c r="A106" s="90" t="s">
+        <v>19</v>
+      </c>
+      <c r="B106" s="90"/>
+      <c r="C106" s="90"/>
+      <c r="D106" s="90"/>
+      <c r="E106" s="90"/>
+      <c r="F106" s="90"/>
+      <c r="G106" s="90"/>
+      <c r="H106" s="90"/>
+      <c r="I106" s="90"/>
+      <c r="J106" s="90"/>
+      <c r="K106" s="90"/>
+      <c r="L106" s="90"/>
+      <c r="M106" s="90"/>
+      <c r="N106" s="90"/>
+      <c r="O106" s="90"/>
+      <c r="P106" s="90"/>
+      <c r="Q106" s="90"/>
+      <c r="R106" s="90"/>
+      <c r="S106" s="90"/>
     </row>
     <row r="107" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="83" t="s">
-[...19 lines deleted...]
-      <c r="S107" s="83"/>
+      <c r="A107" s="55" t="s">
+        <v>18</v>
+      </c>
+      <c r="B107" s="55"/>
     </row>
     <row r="108" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="55" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B108" s="55"/>
     </row>
-    <row r="109" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="39">
-[...26 lines deleted...]
-    <mergeCell ref="R20:S20"/>
+  <mergeCells count="31">
     <mergeCell ref="R4:S4"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="N4:O4"/>
+    <mergeCell ref="D39:E39"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F39:G39"/>
     <mergeCell ref="H39:I39"/>
     <mergeCell ref="J39:K39"/>
     <mergeCell ref="L39:M39"/>
-    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="A106:S106"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="R54:S54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="1.1020833333333333" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="92" fitToHeight="3" orientation="landscape" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <evenHeader>&amp;L&amp;G</evenHeader>
     <firstHeader>&amp;L&amp;G</firstHeader>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="36" max="18" man="1"/>
     <brk id="71" max="18" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A5:AI122"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="P82" sqref="P82"/>
     </sheetView>
@@ -7249,93 +7415,93 @@
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
     </row>
     <row r="7" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
-      <c r="R7" s="87" t="s">
+      <c r="R7" s="92" t="s">
         <v>1</v>
       </c>
-      <c r="S7" s="87"/>
+      <c r="S7" s="92"/>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="39"/>
-      <c r="B8" s="78">
+      <c r="B8" s="88">
         <v>2022</v>
       </c>
-      <c r="C8" s="79"/>
-      <c r="D8" s="78">
+      <c r="C8" s="89"/>
+      <c r="D8" s="88">
         <v>2021</v>
       </c>
-      <c r="E8" s="79"/>
-      <c r="F8" s="78">
+      <c r="E8" s="89"/>
+      <c r="F8" s="88">
         <v>2020</v>
       </c>
-      <c r="G8" s="79"/>
-      <c r="H8" s="78">
+      <c r="G8" s="89"/>
+      <c r="H8" s="88">
         <v>2019</v>
       </c>
-      <c r="I8" s="79"/>
-      <c r="J8" s="78">
+      <c r="I8" s="89"/>
+      <c r="J8" s="88">
         <v>2018</v>
       </c>
-      <c r="K8" s="79"/>
-      <c r="L8" s="78">
+      <c r="K8" s="89"/>
+      <c r="L8" s="88">
         <v>2017</v>
       </c>
-      <c r="M8" s="79"/>
-      <c r="N8" s="78">
+      <c r="M8" s="89"/>
+      <c r="N8" s="88">
         <v>2016</v>
       </c>
-      <c r="O8" s="79"/>
-      <c r="P8" s="78">
+      <c r="O8" s="89"/>
+      <c r="P8" s="88">
         <v>2015</v>
       </c>
-      <c r="Q8" s="79"/>
-      <c r="R8" s="78">
+      <c r="Q8" s="89"/>
+      <c r="R8" s="88">
         <v>2014</v>
       </c>
-      <c r="S8" s="79"/>
+      <c r="S8" s="89"/>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="40"/>
       <c r="B9" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="27" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="27" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="27" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="27" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="27" t="s">
@@ -8223,86 +8389,86 @@
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="28"/>
       <c r="L24" s="28"/>
       <c r="M24" s="28"/>
       <c r="N24" s="28"/>
       <c r="O24" s="28"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="28"/>
       <c r="R24" s="28"/>
       <c r="S24" s="28"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
     </row>
     <row r="25" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="47"/>
-      <c r="B25" s="78">
+      <c r="B25" s="88">
         <v>2013</v>
       </c>
-      <c r="C25" s="79"/>
-      <c r="D25" s="78">
+      <c r="C25" s="89"/>
+      <c r="D25" s="88">
         <v>2012</v>
       </c>
-      <c r="E25" s="79"/>
-      <c r="F25" s="78">
+      <c r="E25" s="89"/>
+      <c r="F25" s="88">
         <v>2011</v>
       </c>
-      <c r="G25" s="79"/>
-      <c r="H25" s="78">
+      <c r="G25" s="89"/>
+      <c r="H25" s="88">
         <v>2010</v>
       </c>
-      <c r="I25" s="79"/>
-      <c r="J25" s="78">
+      <c r="I25" s="89"/>
+      <c r="J25" s="88">
         <v>2009</v>
       </c>
-      <c r="K25" s="79"/>
-      <c r="L25" s="78">
+      <c r="K25" s="89"/>
+      <c r="L25" s="88">
         <v>2008</v>
       </c>
-      <c r="M25" s="79"/>
-      <c r="N25" s="78">
+      <c r="M25" s="89"/>
+      <c r="N25" s="88">
         <v>2007</v>
       </c>
-      <c r="O25" s="79"/>
-      <c r="P25" s="78">
+      <c r="O25" s="89"/>
+      <c r="P25" s="88">
         <v>2006</v>
       </c>
-      <c r="Q25" s="79"/>
-      <c r="R25" s="78">
+      <c r="Q25" s="89"/>
+      <c r="R25" s="88">
         <v>2005</v>
       </c>
-      <c r="S25" s="79"/>
+      <c r="S25" s="89"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
     </row>
     <row r="26" spans="1:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="48"/>
       <c r="B26" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="27" t="s">
         <v>15</v>
       </c>
@@ -9405,120 +9571,120 @@
       <c r="I45" s="7"/>
       <c r="J45" s="8"/>
       <c r="P45" s="11"/>
       <c r="Q45" s="11"/>
       <c r="R45" s="11"/>
       <c r="S45" s="11"/>
       <c r="T45" s="12"/>
       <c r="U45" s="14"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45"/>
       <c r="AD45"/>
       <c r="AE45"/>
     </row>
     <row r="46" spans="1:35" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H46" s="6"/>
       <c r="I46" s="7"/>
       <c r="J46" s="8"/>
       <c r="P46" s="11"/>
       <c r="Q46" s="11"/>
-      <c r="R46" s="84"/>
-      <c r="S46" s="84"/>
+      <c r="R46" s="91"/>
+      <c r="S46" s="91"/>
       <c r="T46" s="12"/>
       <c r="U46" s="14"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46"/>
       <c r="AD46"/>
       <c r="AE46"/>
     </row>
     <row r="47" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H47" s="6"/>
       <c r="I47" s="7"/>
       <c r="J47" s="8"/>
       <c r="P47" s="11"/>
       <c r="Q47" s="11"/>
-      <c r="R47" s="84"/>
-      <c r="S47" s="84"/>
+      <c r="R47" s="91"/>
+      <c r="S47" s="91"/>
       <c r="T47" s="12"/>
       <c r="U47" s="14"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
       <c r="AA47"/>
       <c r="AB47"/>
       <c r="AC47"/>
       <c r="AD47"/>
       <c r="AE47"/>
     </row>
     <row r="48" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="52"/>
-      <c r="B48" s="78">
+      <c r="B48" s="88">
         <v>2004</v>
       </c>
-      <c r="C48" s="79"/>
-      <c r="D48" s="78">
+      <c r="C48" s="89"/>
+      <c r="D48" s="88">
         <v>2003</v>
       </c>
-      <c r="E48" s="79"/>
-      <c r="F48" s="78">
+      <c r="E48" s="89"/>
+      <c r="F48" s="88">
         <v>2002</v>
       </c>
-      <c r="G48" s="86"/>
-      <c r="H48" s="78">
+      <c r="G48" s="93"/>
+      <c r="H48" s="88">
         <v>2001</v>
       </c>
-      <c r="I48" s="86"/>
-      <c r="J48" s="78">
+      <c r="I48" s="93"/>
+      <c r="J48" s="88">
         <v>2000</v>
       </c>
-      <c r="K48" s="86"/>
-      <c r="L48" s="78">
+      <c r="K48" s="93"/>
+      <c r="L48" s="88">
         <v>1999</v>
       </c>
-      <c r="M48" s="86"/>
-      <c r="N48" s="78">
+      <c r="M48" s="93"/>
+      <c r="N48" s="88">
         <v>1998</v>
       </c>
-      <c r="O48" s="86"/>
-      <c r="P48" s="78">
+      <c r="O48" s="93"/>
+      <c r="P48" s="88">
         <v>1997</v>
       </c>
-      <c r="Q48" s="86"/>
+      <c r="Q48" s="93"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48" s="4"/>
       <c r="Z48"/>
       <c r="AA48"/>
       <c r="AB48"/>
       <c r="AC48"/>
       <c r="AD48"/>
       <c r="AE48"/>
       <c r="AF48"/>
       <c r="AG48"/>
       <c r="AH48"/>
       <c r="AI48"/>
     </row>
     <row r="49" spans="1:21" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="B49" s="27" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="27" t="s">
         <v>15</v>
@@ -11048,149 +11214,149 @@
     </row>
     <row r="118" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D118" s="6"/>
       <c r="E118" s="7"/>
       <c r="F118" s="8"/>
       <c r="L118" s="11"/>
       <c r="M118" s="11"/>
       <c r="N118" s="11"/>
       <c r="O118" s="11"/>
       <c r="P118" s="12"/>
       <c r="Q118" s="14"/>
       <c r="R118" s="10"/>
       <c r="S118" s="11"/>
     </row>
     <row r="119" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D119" s="6"/>
       <c r="E119" s="7"/>
       <c r="F119" s="8"/>
       <c r="L119" s="4"/>
       <c r="O119" s="13"/>
       <c r="P119" s="10"/>
       <c r="Q119" s="11"/>
       <c r="R119" s="9"/>
     </row>
     <row r="120" spans="1:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="83"/>
-[...17 lines deleted...]
-      <c r="S120" s="83"/>
+      <c r="A120" s="90"/>
+      <c r="B120" s="90"/>
+      <c r="C120" s="90"/>
+      <c r="D120" s="90"/>
+      <c r="E120" s="90"/>
+      <c r="F120" s="90"/>
+      <c r="G120" s="90"/>
+      <c r="H120" s="90"/>
+      <c r="I120" s="90"/>
+      <c r="J120" s="90"/>
+      <c r="K120" s="90"/>
+      <c r="L120" s="90"/>
+      <c r="M120" s="90"/>
+      <c r="N120" s="90"/>
+      <c r="O120" s="90"/>
+      <c r="P120" s="90"/>
+      <c r="Q120" s="90"/>
+      <c r="R120" s="90"/>
+      <c r="S120" s="90"/>
     </row>
     <row r="121" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="55"/>
       <c r="B121" s="55"/>
     </row>
     <row r="122" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="55"/>
       <c r="B122" s="55"/>
     </row>
   </sheetData>
   <mergeCells count="30">
-    <mergeCell ref="B8:C8"/>
-[...12 lines deleted...]
-    <mergeCell ref="R8:S8"/>
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="N48:O48"/>
     <mergeCell ref="P48:Q48"/>
     <mergeCell ref="A120:S120"/>
     <mergeCell ref="N25:O25"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="R25:S25"/>
     <mergeCell ref="R46:S46"/>
     <mergeCell ref="R47:S47"/>
     <mergeCell ref="B48:C48"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="F48:G48"/>
     <mergeCell ref="H48:I48"/>
     <mergeCell ref="J48:K48"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="92" fitToHeight="3" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="42" max="18" man="1"/>
     <brk id="82" max="18" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>3.Q 2025</vt:lpstr>
+      <vt:lpstr>Časová řada</vt:lpstr>
       <vt:lpstr>3.Q 2022 KUMULATIVNĚ</vt:lpstr>
       <vt:lpstr>'3.Q 2022 KUMULATIVNĚ'!Oblast_tisku</vt:lpstr>
-      <vt:lpstr>'3.Q 2025'!Oblast_tisku</vt:lpstr>
+      <vt:lpstr>'Časová řada'!Oblast_tisku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČSSZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>smetakova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="BExAnalyzer_OldName">
     <vt:lpwstr>2018-webk-6-2018-VYVOJ-PRIJMU-V-LETECH-1993-2018.xlsx</vt:lpwstr>
   </property>