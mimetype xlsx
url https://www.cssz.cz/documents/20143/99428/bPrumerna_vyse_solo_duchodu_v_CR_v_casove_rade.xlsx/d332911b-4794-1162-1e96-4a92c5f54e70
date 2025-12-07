--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -21,118 +21,118 @@
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-15" yWindow="4830" windowWidth="23070" windowHeight="4890"/>
   </bookViews>
   <sheets>
     <sheet name="celkem" sheetId="1" r:id="rId1"/>
     <sheet name="muži" sheetId="2" r:id="rId2"/>
     <sheet name="ženy" sheetId="3" r:id="rId3"/>
     <sheet name="Vysvětlivky" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">celkem!$A$1:$M$178</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">muži!$B$1:$K$107</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">celkem!$A$1:$M$179</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">muži!$B$1:$K$108</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Vysvětlivky!$B$1:$L$45</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">ženy!$B$1:$K$107</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">ženy!$B$1:$K$108</definedName>
     <definedName name="Print_Area" localSheetId="3">Vysvětlivky!$B$1:$N$42</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="P6" i="1" l="1"/>
   <c r="O6" i="1"/>
   <c r="N6" i="1"/>
   <c r="P7" i="1" l="1"/>
   <c r="O7" i="1"/>
   <c r="N7" i="1"/>
   <c r="P8" i="1" l="1"/>
   <c r="O8" i="1"/>
   <c r="N8" i="1"/>
   <c r="P9" i="1" l="1"/>
   <c r="O9" i="1"/>
   <c r="N9" i="1"/>
   <c r="P10" i="1" l="1"/>
   <c r="O10" i="1"/>
   <c r="N10" i="1"/>
   <c r="P11" i="1" l="1"/>
   <c r="O11" i="1"/>
   <c r="N11" i="1"/>
   <c r="P12" i="1" l="1"/>
   <c r="O12" i="1"/>
   <c r="N12" i="1"/>
   <c r="P13" i="1" l="1"/>
   <c r="O13" i="1"/>
   <c r="N13" i="1"/>
-  <c r="P15" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="N15" i="1"/>
   <c r="P14" i="1" l="1"/>
   <c r="O14" i="1"/>
   <c r="N14" i="1"/>
   <c r="P16" i="1" l="1"/>
   <c r="O16" i="1"/>
   <c r="N16" i="1"/>
-  <c r="N17" i="1" l="1"/>
+  <c r="P15" i="1" l="1"/>
+  <c r="O15" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="P17" i="1" l="1"/>
   <c r="O17" i="1"/>
-  <c r="P17" i="1"/>
-  <c r="N18" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="N18" i="1" l="1"/>
   <c r="O18" i="1"/>
   <c r="P18" i="1"/>
-  <c r="P19" i="1" l="1"/>
-  <c r="P20" i="1"/>
+  <c r="N19" i="1"/>
+  <c r="O19" i="1"/>
+  <c r="P19" i="1"/>
+  <c r="P20" i="1" l="1"/>
   <c r="P21" i="1"/>
   <c r="P22" i="1"/>
-  <c r="O19" i="1"/>
+  <c r="P23" i="1"/>
   <c r="O20" i="1"/>
   <c r="O21" i="1"/>
   <c r="O22" i="1"/>
   <c r="O23" i="1"/>
+  <c r="O24" i="1"/>
+  <c r="N22" i="1"/>
+  <c r="N20" i="1"/>
   <c r="N21" i="1"/>
-  <c r="N19" i="1"/>
-[...1 lines deleted...]
-  <c r="N22" i="1" l="1"/>
   <c r="N23" i="1" l="1"/>
-  <c r="P23" i="1"/>
   <c r="N24" i="1" l="1"/>
-  <c r="O24" i="1"/>
   <c r="P24" i="1"/>
   <c r="N25" i="1" l="1"/>
   <c r="O25" i="1"/>
   <c r="P25" i="1"/>
   <c r="N26" i="1" l="1"/>
   <c r="O26" i="1"/>
   <c r="P26" i="1"/>
   <c r="N27" i="1" l="1"/>
   <c r="O27" i="1"/>
   <c r="P27" i="1"/>
   <c r="N28" i="1" l="1"/>
   <c r="O28" i="1"/>
   <c r="P28" i="1"/>
   <c r="N29" i="1" l="1"/>
   <c r="O29" i="1"/>
   <c r="P29" i="1"/>
   <c r="N30" i="1" l="1"/>
   <c r="O30" i="1"/>
   <c r="P30" i="1"/>
   <c r="N31" i="1" l="1"/>
   <c r="O31" i="1"/>
   <c r="P31" i="1"/>
   <c r="N32" i="1" l="1"/>
   <c r="O32" i="1"/>
   <c r="P32" i="1"/>
@@ -145,65 +145,65 @@
   <c r="N35" i="1" l="1"/>
   <c r="O35" i="1"/>
   <c r="P35" i="1"/>
   <c r="N36" i="1" l="1"/>
   <c r="O36" i="1"/>
   <c r="P36" i="1"/>
   <c r="N37" i="1" l="1"/>
   <c r="O37" i="1"/>
   <c r="P37" i="1"/>
   <c r="N38" i="1" l="1"/>
   <c r="O38" i="1"/>
   <c r="P38" i="1"/>
   <c r="N39" i="1" l="1"/>
   <c r="O39" i="1"/>
   <c r="P39" i="1"/>
   <c r="N40" i="1" l="1"/>
   <c r="O40" i="1"/>
   <c r="P40" i="1"/>
   <c r="N41" i="1" l="1"/>
   <c r="O41" i="1"/>
   <c r="P41" i="1"/>
   <c r="N42" i="1" l="1"/>
   <c r="O42" i="1"/>
   <c r="P42" i="1"/>
   <c r="N43" i="1" l="1"/>
-  <c r="O43" i="1" l="1"/>
+  <c r="O43" i="1"/>
   <c r="P43" i="1"/>
   <c r="N44" i="1" l="1"/>
-  <c r="O44" i="1"/>
+  <c r="O44" i="1" l="1"/>
   <c r="P44" i="1"/>
   <c r="N45" i="1" l="1"/>
   <c r="O45" i="1"/>
   <c r="P45" i="1"/>
   <c r="N46" i="1" l="1"/>
   <c r="O46" i="1"/>
   <c r="P46" i="1"/>
   <c r="N47" i="1" l="1"/>
   <c r="O47" i="1"/>
   <c r="P47" i="1"/>
-  <c r="N48" i="1"/>
+  <c r="N48" i="1" l="1"/>
   <c r="O48" i="1"/>
   <c r="P48" i="1"/>
   <c r="N49" i="1"/>
   <c r="O49" i="1"/>
   <c r="P49" i="1"/>
   <c r="N50" i="1"/>
   <c r="O50" i="1"/>
   <c r="P50" i="1"/>
   <c r="N51" i="1"/>
   <c r="O51" i="1"/>
   <c r="P51" i="1"/>
   <c r="N52" i="1"/>
   <c r="O52" i="1"/>
   <c r="P52" i="1"/>
   <c r="N53" i="1"/>
   <c r="O53" i="1"/>
   <c r="P53" i="1"/>
   <c r="N54" i="1"/>
   <c r="O54" i="1"/>
   <c r="P54" i="1"/>
   <c r="N55" i="1"/>
   <c r="O55" i="1"/>
   <c r="P55" i="1"/>
   <c r="N56" i="1"/>
   <c r="O56" i="1"/>
@@ -219,52 +219,53 @@
   <c r="P59" i="1"/>
   <c r="N60" i="1"/>
   <c r="O60" i="1"/>
   <c r="P60" i="1"/>
   <c r="N61" i="1"/>
   <c r="O61" i="1"/>
   <c r="P61" i="1"/>
   <c r="N62" i="1"/>
   <c r="O62" i="1"/>
   <c r="P62" i="1"/>
   <c r="N63" i="1"/>
   <c r="O63" i="1"/>
   <c r="P63" i="1"/>
   <c r="N64" i="1"/>
   <c r="O64" i="1"/>
   <c r="P64" i="1"/>
   <c r="N65" i="1"/>
   <c r="O65" i="1"/>
   <c r="P65" i="1"/>
   <c r="N66" i="1"/>
   <c r="O66" i="1"/>
   <c r="P66" i="1"/>
   <c r="N67" i="1"/>
   <c r="O67" i="1"/>
   <c r="P67" i="1"/>
-  <c r="Q68" i="1"/>
-  <c r="R68" i="1"/>
+  <c r="N68" i="1"/>
+  <c r="O68" i="1"/>
+  <c r="P68" i="1"/>
   <c r="Q69" i="1"/>
   <c r="R69" i="1"/>
   <c r="Q70" i="1"/>
   <c r="R70" i="1"/>
   <c r="Q71" i="1"/>
   <c r="R71" i="1"/>
   <c r="Q72" i="1"/>
   <c r="R72" i="1"/>
   <c r="Q73" i="1"/>
   <c r="R73" i="1"/>
   <c r="Q74" i="1"/>
   <c r="R74" i="1"/>
   <c r="Q75" i="1"/>
   <c r="R75" i="1"/>
   <c r="Q76" i="1"/>
   <c r="R76" i="1"/>
   <c r="Q77" i="1"/>
   <c r="R77" i="1"/>
   <c r="Q78" i="1"/>
   <c r="R78" i="1"/>
   <c r="Q79" i="1"/>
   <c r="R79" i="1"/>
   <c r="Q80" i="1"/>
   <c r="R80" i="1"/>
   <c r="Q81" i="1"/>
@@ -299,55 +300,57 @@
   <c r="R95" i="1"/>
   <c r="Q96" i="1"/>
   <c r="R96" i="1"/>
   <c r="Q97" i="1"/>
   <c r="R97" i="1"/>
   <c r="Q98" i="1"/>
   <c r="R98" i="1"/>
   <c r="Q99" i="1"/>
   <c r="R99" i="1"/>
   <c r="Q100" i="1"/>
   <c r="R100" i="1"/>
   <c r="Q101" i="1"/>
   <c r="R101" i="1"/>
   <c r="Q102" i="1"/>
   <c r="R102" i="1"/>
   <c r="Q103" i="1"/>
   <c r="R103" i="1"/>
   <c r="Q104" i="1"/>
   <c r="R104" i="1"/>
   <c r="Q105" i="1"/>
   <c r="R105" i="1"/>
   <c r="Q106" i="1"/>
   <c r="R106" i="1"/>
   <c r="Q107" i="1"/>
   <c r="R107" i="1"/>
+  <c r="Q108" i="1"/>
+  <c r="R108" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1123" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1132" uniqueCount="165">
   <si>
     <t>I. stupně</t>
   </si>
   <si>
     <t>II. stupně</t>
   </si>
   <si>
     <t>III. stupně</t>
   </si>
   <si>
     <t>03-2015</t>
   </si>
   <si>
     <t>12-2014</t>
   </si>
   <si>
     <t>09-2014</t>
   </si>
   <si>
     <t>03-2014</t>
   </si>
   <si>
     <t>12-2013</t>
   </si>
   <si>
@@ -797,62 +800,72 @@
   </si>
   <si>
     <t>09-2023</t>
   </si>
   <si>
     <t>12-2023</t>
   </si>
   <si>
     <t>03-2024</t>
   </si>
   <si>
     <t>06-2024</t>
   </si>
   <si>
     <t>09-2024</t>
   </si>
   <si>
     <t>12-2024</t>
   </si>
   <si>
     <t>03-2025</t>
   </si>
   <si>
     <t>06-2025</t>
   </si>
+  <si>
+    <t>09-2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="57" x14ac:knownFonts="1">
+  <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -1538,259 +1551,260 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="140">
+  <cellXfs count="141">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="51" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="51" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="50" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="47" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="47" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="46" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="47" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="46" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="51" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="49" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="48" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="51" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="45" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="50" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="50" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="46" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="50" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="42" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="46" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="40" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="38" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="51" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="47" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="38" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="41" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="39" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="37" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="3" fontId="31" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="39" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="30" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="31" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="38" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="36" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="35" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="34" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="33" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="32" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="32" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="56" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="56" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="32" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="56" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="56" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="57" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="56" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...17 lines deleted...]
-    <xf numFmtId="3" fontId="56" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="57" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="31" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="30" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="57" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="56" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="13" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="57" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="29" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="26" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="22" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="20" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="57" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="57" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="57" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="51" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="16" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="14" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="12" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFE8EEE6"/>
       <color rgb="FF005E1D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
@@ -1821,1360 +1835,1373 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Průměrná výše sólo starobních</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400" baseline="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> důchodů</a:t>
             </a:r>
             <a:endParaRPr lang="cs-CZ" sz="1400">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
+      <c:layout/>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="2.7718253968253968E-2"/>
           <c:y val="0.25237500000000002"/>
           <c:w val="0.86295634920634923"/>
           <c:h val="0.51415357142857143"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$C$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Starobní důchody sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$C$6:$C$107</c:f>
+              <c:f>celkem!$C$6:$C$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>21079</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>21063</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>21052</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>20680</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>20670</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>20653</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>20633</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>20264</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>20254</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>20233</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>19461</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>18061</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>18033</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>17299</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>16249</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>15425</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>15411</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>15385</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>15351</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>14479</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>14448</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>14427</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>14397</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>13468</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>13436</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>13408</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>13377</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12418</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12395</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>12369</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>12347</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>11850</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>11828</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>11807</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>11784</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>11460</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>11441</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>11422</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>11400</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>11348</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>11334</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>11316</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>11292</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>11075</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>11066</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>11050</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>11029</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>10970</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>10957</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>10948</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>10929</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>10778</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>10765</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>10754</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>10740</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>10552</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>10539</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>10527</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>10511</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>10123</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>10101</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>10075</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>10043</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>10045</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>10031</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>10013</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>9983</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>9638</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>9624</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>9137</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>9111</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>8747</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>8737</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>8722</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>8701</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>8187</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>8176</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>8163</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>8138</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>7744</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>7731</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>7720</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>7698</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>7270</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>7260</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>7247</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>7225</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>7075</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>7070</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>7062</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>7054</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>6833</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6830</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6823</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6815</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6808</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>6310</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>6305</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>6297</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>6292</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>5935</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5928</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5920</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-24A8-47EB-8740-731AE5FB6D2A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$D$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>z toho předčasné sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$D$6:$D$107</c:f>
+              <c:f>celkem!$D$6:$D$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>19540</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>19514</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>19489</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>19117</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>19093</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>19048</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>18995</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>18567</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>18500</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>18398</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>17618</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>16245</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>16211</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>15575</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>14664</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>13847</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>13818</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>13788</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>13738</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12954</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12924</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>12898</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>12875</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>11993</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>11974</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>11948</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>11066</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>11046</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>11031</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>11014</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>10564</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>10548</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>10532</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>10516</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>10216</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>10203</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>10191</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>10177</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>10124</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>10110</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>10099</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>10088</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>9893</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>9882</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>9870</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>9858</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>9806</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>9797</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>9788</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>9777</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>9641</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>9636</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>9634</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>9629</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>9460</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>9406</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>9358</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>9339</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>8989</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>8970</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>8953</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>8932</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>8904</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>8881</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>8863</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>8840</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>8538</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>8528</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>8046</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>8032</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>7699</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>7688</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>7682</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>7675</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>7241</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>7231</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>7223</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>7213</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>6914</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>6913</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>6913</c:v>
                 </c:pt>
                 <c:pt idx="81">
+                  <c:v>6913</c:v>
+                </c:pt>
+                <c:pt idx="82">
                   <c:v>6910</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>6537</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>6545</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>6551</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>6558</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>6432</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>6436</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>6443</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>6452</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>6272</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6277</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6278</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6288</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6303</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>5942</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>5948</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>5947</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>5943</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>5729</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5742</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5752</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-24A8-47EB-8740-731AE5FB6D2A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199477120"/>
         <c:axId val="199478656"/>
       </c:lineChart>
@@ -3285,595 +3312,599 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Průměrná</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400" baseline="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> výše sólo invalidních důchodů</a:t>
             </a:r>
             <a:endParaRPr lang="cs-CZ" sz="1400">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
+      <c:layout/>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="2.7718253968253968E-2"/>
           <c:y val="0.28303095238095238"/>
           <c:w val="0.86295634920634923"/>
           <c:h val="0.48349761904761906"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$G$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>III. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="square"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$P$6:$P$107</c:f>
+              <c:f>celkem!$P$6:$P$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>17642</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>17639</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>17646</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>17325</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>17332</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>17343</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>17365</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>17014</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>17027</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>17045</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>16378</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>15633</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>15617</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>15025</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>14194</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>13422</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>13425</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>13435</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>13438</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12726</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12727</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>12725</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>12723</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>11905</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>11909</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>11911</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>11907</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>11059</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>11070</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>11074</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>11081</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>10655</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>10661</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>10671</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>10677</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>10395</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>10401</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>10412</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>10422</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>10424</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>10430</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>10434</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>10442</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>10262</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>10269</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>10274</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>10281</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>10245</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>10252</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>10257</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>10262</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>10141</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>10153</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>10163</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>10167</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>10004</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>10005</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>10006</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>10005</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>9656</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>9665</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>9669</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>9670</c:v>
                 </c:pt>
-                <c:pt idx="62">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="63">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
@@ -3945,589 +3976,595 @@
                 <c:pt idx="93">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="102">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$F$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>II. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$O$6:$O$107</c:f>
+              <c:f>celkem!$O$6:$O$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>11970</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>11985</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>11995</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>11704</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>11719</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>11736</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>11753</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>11412</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>11433</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>11461</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>10915</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>10444</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>10447</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>10121</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>9653</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>8942</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>8944</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>8950</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>8949</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>8532</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>8536</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>8537</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>8537</c:v>
                 </c:pt>
                 <c:pt idx="22">
+                  <c:v>8537</c:v>
+                </c:pt>
+                <c:pt idx="23">
                   <c:v>7923</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>7928</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7924</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7925</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>7205</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>7212</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>7216</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>7223</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>6922</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6932</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6938</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6944</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6745</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>6756</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>6766</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>6774</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>6749</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>6757</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>6767</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>6784</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>6662</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>6667</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>6678</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>6690</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>6675</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>6703</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6737</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6784</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6714</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6758</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6793</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6825</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6748</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6812</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6860</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6919</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6671</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6370</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6133</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6117</c:v>
                 </c:pt>
-                <c:pt idx="62">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="63">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
@@ -4599,589 +4636,595 @@
                 <c:pt idx="93">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="102">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$E$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>I. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$N$6:$N$107</c:f>
+              <c:f>celkem!$N$6:$N$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>10126</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>10151</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>10178</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>9906</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>9935</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>9969</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>10010</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>9685</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>9725</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>9767</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>9264</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>8887</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>8911</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>8677</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>8330</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>7642</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>7656</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>7675</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>7690</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>7366</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>7380</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>7387</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>7400</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>6851</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>6862</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>6871</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>6883</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>6207</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>6222</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>6239</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>6254</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>5998</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6016</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6033</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6053</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>5883</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>5904</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>5922</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>5944</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>5932</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>5955</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>5979</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>6008</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>5911</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>5935</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>5964</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>5992</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>5989</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>6017</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6046</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6083</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6021</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6060</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6100</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6144</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6094</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6170</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6237</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6315</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6140</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6091</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6059</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6067</c:v>
                 </c:pt>
-                <c:pt idx="62">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="63">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
@@ -5253,396 +5296,402 @@
                 <c:pt idx="93">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="102">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$H$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>plné</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$Q$6:$Q$107</c:f>
+              <c:f>celkem!$Q$6:$Q$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5786,513 +5835,519 @@
                 <c:pt idx="54">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="62">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>9681</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>9674</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>9666</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>9661</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>9337</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>9327</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>8850</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>8842</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>8496</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>8486</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>8475</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>8467</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>7962</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>7950</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>7937</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>7924</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>7537</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>7525</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>7513</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>7501</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>7088</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>7079</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>7070</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>7059</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>6911</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>6903</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>6895</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>6886</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>6666</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6660</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6655</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6648</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6638</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>6149</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>6142</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>6133</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>6118</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>5762</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5752</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5742</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$I$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>částečné</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$R$6:$R$107</c:f>
+              <c:f>celkem!$R$6:$R$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6436,167 +6491,170 @@
                 <c:pt idx="54">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="62">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>6076</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>6071</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>6067</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>6063</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>5893</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>5887</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>5412</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>5405</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>5161</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>5156</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>5152</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>5148</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>4847</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>4844</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>4839</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>4802</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>4584</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>4580</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>4582</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>4571</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>4315</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>4313</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>4315</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>4316</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>4243</c:v>
                 </c:pt>
                 <c:pt idx="87">
                   <c:v>4243</c:v>
                 </c:pt>
                 <c:pt idx="88">
+                  <c:v>4243</c:v>
+                </c:pt>
+                <c:pt idx="89">
                   <c:v>4250</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>4243</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>4132</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>4134</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>4142</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>4146</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>4147</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>3909</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3914</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3908</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3905</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>3741</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>3744</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>3742</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199901184"/>
         <c:axId val="199902720"/>
       </c:lineChart>
@@ -6693,706 +6751,713 @@
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Průměrná výše sirotčích důchodů</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="900" b="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
+      <c:layout/>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="1.6383906476861984E-2"/>
           <c:y val="0.18032179144000229"/>
           <c:w val="0.88175909441680567"/>
           <c:h val="0.59388768960653948"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$L$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Sirotčí důchody</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$L$6:$L$107</c:f>
+              <c:f>celkem!$L$6:$L$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>10740</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>10799</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>10823</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>10554</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>10518</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>10581</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>10615</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>10268</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>10252</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>10307</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>9786</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>9365</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>9321</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>9092</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>8707</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>8004</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>7970</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>7996</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>8001</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>7636</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>7607</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>7627</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>7634</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>7058</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>7021</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7039</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7041</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>6351</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>6312</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>6344</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>6349</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>6078</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6035</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6068</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6063</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>5874</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>5837</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>5871</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>5875</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>5835</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>5795</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>5827</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>5824</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>5703</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>5667</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>5685</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>5682</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>5657</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>5619</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>5639</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>5635</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>5544</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>5519</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>5525</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>5526</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>5428</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>5393</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>5397</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>5386</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>5194</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>5158</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>5162</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>5154</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>5145</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>5121</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>5129</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>5123</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>4989</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>4966</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>4507</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>4499</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>4278</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>4254</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>4263</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>4255</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>3999</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>3976</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>3980</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>3968</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>3780</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>3761</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>3759</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>3748</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>3530</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>3515</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>3512</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>3503</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>3440</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>3426</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>3424</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>3416</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>3328</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>3314</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>3311</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>3302</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>3290</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>3106</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3102</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3090</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3077</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>2951</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>2943</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>2931</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-4716-4F4E-BF10-B5CF9B57B0B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199920256"/>
         <c:axId val="199696768"/>
       </c:lineChart>
@@ -7472,1360 +7537,1373 @@
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1400">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Průměrná výše sólo vdovských a vdoveckých důchodů</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
+      <c:layout/>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="2.7718253968253968E-2"/>
           <c:y val="0.32580952380952383"/>
           <c:w val="0.86295634920634923"/>
           <c:h val="0.44071904761904762"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$J$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Vdovské sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$J$6:$J$107</c:f>
+              <c:f>celkem!$J$6:$J$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>13272</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>13307</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>13334</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>13044</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>13028</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>13045</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>13062</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12724</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12757</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>12787</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>12215</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>11681</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>11679</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>11291</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>10741</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>10024</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>10034</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>10022</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>10014</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>9529</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>9536</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>9518</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>9525</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>8866</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>8856</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>8839</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>8831</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>8029</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>8035</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>8013</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>8007</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>7677</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>7686</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>7670</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>7664</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>7446</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>7451</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>7434</c:v>
                 </c:pt>
                 <c:pt idx="37">
                   <c:v>7434</c:v>
                 </c:pt>
                 <c:pt idx="38">
+                  <c:v>7434</c:v>
+                </c:pt>
+                <c:pt idx="39">
                   <c:v>7395</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>7400</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>7389</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>7390</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>7250</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>7256</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>7247</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>7243</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="47">
                   <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>7207</c:v>
+                  <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="49">
                   <c:v>7207</c:v>
                 </c:pt>
                 <c:pt idx="50">
+                  <c:v>7207</c:v>
+                </c:pt>
+                <c:pt idx="51">
                   <c:v>7104</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>7112</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>7101</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>7104</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6989</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6993</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6978</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6977</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6744</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6748</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6738</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6740</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>6743</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>6754</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>6755</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>6765</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>6577</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>6588</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>6115</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>6127</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>5875</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>5886</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>5885</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>5893</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>5546</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>5559</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>5557</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>5561</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>5291</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>5302</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>5304</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>5311</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>5028</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>5039</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>5038</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>5046</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>4963</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>4976</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>4980</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>4993</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>4863</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>4873</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>4878</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>4889</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>4901</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>4569</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>4571</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>4578</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>4584</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>4334</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>4335</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>4338</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5AF0-41F1-BDAB-64DB47C7CE02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$K$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Vdovecké sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$107</c:f>
+              <c:f>celkem!$B$6:$B$108</c:f>
               <c:strCache>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>09-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$K$6:$K$107</c:f>
+              <c:f>celkem!$K$6:$K$108</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="102"/>
+                <c:ptCount val="103"/>
                 <c:pt idx="0">
+                  <c:v>12099</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>12117</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>12136</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>11847</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>11840</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>11877</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>11877</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>11877</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>11529</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>11547</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>11566</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>11023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>10537</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>10519</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>10192</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>9724</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>9004</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>8990</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8990</c:v>
                 </c:pt>
                 <c:pt idx="17">
+                  <c:v>8990</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>8974</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>8551</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>8540</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>8533</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>8534</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>7898</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>7886</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7883</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7867</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>7137</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>7119</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>7114</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>7111</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>6815</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6794</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6783</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6768</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6551</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>6542</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>6536</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>6522</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>6477</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>6470</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>6466</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>6454</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>6314</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>6300</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>6284</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>6274</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>6240</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>6218</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6197</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6188</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6076</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6061</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6053</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6039</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>5920</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>5907</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>5892</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>5864</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>5660</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>5640</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>5618</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>5598</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>5580</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>5570</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>5556</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>5560</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>5412</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>5395</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>4908</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>4896</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>4668</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>4655</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>4644</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>4634</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>4358</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>4346</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>4335</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>4321</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>4123</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>4116</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>4107</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>4093</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>3862</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>3857</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>3848</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>3841</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>3770</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>3764</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>3755</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>3743</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>3651</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>3652</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>3640</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>3632</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>3620</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>3430</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3412</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3400</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3378</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>3247</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>3234</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>3222</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5AF0-41F1-BDAB-64DB47C7CE02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199724032"/>
         <c:axId val="199725824"/>
       </c:lineChart>
@@ -8909,153 +8987,153 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1017150</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>14925</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Graf 2"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>53025</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Graf 3"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>157800</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Graf 4"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>110175</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Graf 5"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9339,55 +9417,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:R114"/>
+  <dimension ref="B1:R115"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="10" style="1" customWidth="1"/>
     <col min="12" max="12" width="15.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9.140625" style="1" customWidth="1"/>
     <col min="14" max="16" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="2:18" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
@@ -9425,5590 +9501,5644 @@
     <row r="5" spans="2:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
       <c r="C5" s="128"/>
       <c r="D5" s="128"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="128"/>
       <c r="K5" s="128"/>
       <c r="L5" s="130"/>
       <c r="M5"/>
     </row>
     <row r="6" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="78" t="s">
-[...30 lines deleted...]
-        <v>10799</v>
+      <c r="B6" s="84" t="s">
+        <v>164</v>
+      </c>
+      <c r="C6" s="85">
+        <v>21079</v>
+      </c>
+      <c r="D6" s="85">
+        <v>19540</v>
+      </c>
+      <c r="E6" s="85">
+        <v>10126</v>
+      </c>
+      <c r="F6" s="85">
+        <v>11970</v>
+      </c>
+      <c r="G6" s="85">
+        <v>17642</v>
+      </c>
+      <c r="H6" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="85">
+        <v>13272</v>
+      </c>
+      <c r="K6" s="85">
+        <v>12099</v>
+      </c>
+      <c r="L6" s="87">
+        <v>10740</v>
       </c>
       <c r="M6"/>
       <c r="N6" s="15">
         <f t="shared" ref="N6" si="0">E6</f>
-        <v>10151</v>
+        <v>10126</v>
       </c>
       <c r="O6" s="15">
         <f t="shared" ref="O6" si="1">F6</f>
-        <v>11985</v>
+        <v>11970</v>
       </c>
       <c r="P6" s="15">
         <f t="shared" ref="P6" si="2">G6</f>
+        <v>17642</v>
+      </c>
+      <c r="Q6" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R6" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="7" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="78" t="s">
+        <v>163</v>
+      </c>
+      <c r="C7" s="79">
+        <v>21063</v>
+      </c>
+      <c r="D7" s="79">
+        <v>19514</v>
+      </c>
+      <c r="E7" s="79">
+        <v>10151</v>
+      </c>
+      <c r="F7" s="79">
+        <v>11985</v>
+      </c>
+      <c r="G7" s="79">
         <v>17639</v>
       </c>
-      <c r="Q6" s="15" t="e">
-[...38 lines deleted...]
-        <v>10823</v>
+      <c r="H7" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="79">
+        <v>13307</v>
+      </c>
+      <c r="K7" s="79">
+        <v>12117</v>
+      </c>
+      <c r="L7" s="81">
+        <v>10799</v>
       </c>
       <c r="M7"/>
       <c r="N7" s="15">
         <f t="shared" ref="N7" si="3">E7</f>
-        <v>10178</v>
+        <v>10151</v>
       </c>
       <c r="O7" s="15">
         <f t="shared" ref="O7" si="4">F7</f>
-        <v>11995</v>
+        <v>11985</v>
       </c>
       <c r="P7" s="15">
         <f t="shared" ref="P7" si="5">G7</f>
+        <v>17639</v>
+      </c>
+      <c r="Q7" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R7" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="84" t="s">
+        <v>162</v>
+      </c>
+      <c r="C8" s="85">
+        <v>21052</v>
+      </c>
+      <c r="D8" s="85">
+        <v>19489</v>
+      </c>
+      <c r="E8" s="85">
+        <v>10178</v>
+      </c>
+      <c r="F8" s="85">
+        <v>11995</v>
+      </c>
+      <c r="G8" s="85">
         <v>17646</v>
       </c>
-      <c r="Q7" s="15" t="e">
-[...38 lines deleted...]
-        <v>10554</v>
+      <c r="H8" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="85">
+        <v>13334</v>
+      </c>
+      <c r="K8" s="85">
+        <v>12136</v>
+      </c>
+      <c r="L8" s="87">
+        <v>10823</v>
       </c>
       <c r="M8"/>
       <c r="N8" s="15">
         <f t="shared" ref="N8" si="6">E8</f>
-        <v>9906</v>
+        <v>10178</v>
       </c>
       <c r="O8" s="15">
         <f t="shared" ref="O8" si="7">F8</f>
-        <v>11704</v>
+        <v>11995</v>
       </c>
       <c r="P8" s="15">
         <f t="shared" ref="P8" si="8">G8</f>
+        <v>17646</v>
+      </c>
+      <c r="Q8" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R8" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="78" t="s">
+        <v>161</v>
+      </c>
+      <c r="C9" s="79">
+        <v>20680</v>
+      </c>
+      <c r="D9" s="79">
+        <v>19117</v>
+      </c>
+      <c r="E9" s="79">
+        <v>9906</v>
+      </c>
+      <c r="F9" s="79">
+        <v>11704</v>
+      </c>
+      <c r="G9" s="79">
         <v>17325</v>
       </c>
-      <c r="Q8" s="15" t="e">
-[...38 lines deleted...]
-        <v>10518</v>
+      <c r="H9" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="79">
+        <v>13044</v>
+      </c>
+      <c r="K9" s="79">
+        <v>11847</v>
+      </c>
+      <c r="L9" s="81">
+        <v>10554</v>
       </c>
       <c r="M9"/>
       <c r="N9" s="15">
         <f t="shared" ref="N9" si="9">E9</f>
-        <v>9935</v>
+        <v>9906</v>
       </c>
       <c r="O9" s="15">
         <f t="shared" ref="O9" si="10">F9</f>
-        <v>11719</v>
+        <v>11704</v>
       </c>
       <c r="P9" s="15">
         <f t="shared" ref="P9" si="11">G9</f>
+        <v>17325</v>
+      </c>
+      <c r="Q9" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R9" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="84" t="s">
+        <v>160</v>
+      </c>
+      <c r="C10" s="85">
+        <v>20670</v>
+      </c>
+      <c r="D10" s="85">
+        <v>19093</v>
+      </c>
+      <c r="E10" s="85">
+        <v>9935</v>
+      </c>
+      <c r="F10" s="85">
+        <v>11719</v>
+      </c>
+      <c r="G10" s="85">
         <v>17332</v>
       </c>
-      <c r="Q9" s="15" t="e">
-[...38 lines deleted...]
-        <v>10581</v>
+      <c r="H10" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="85">
+        <v>13028</v>
+      </c>
+      <c r="K10" s="85">
+        <v>11840</v>
+      </c>
+      <c r="L10" s="87">
+        <v>10518</v>
       </c>
       <c r="M10"/>
       <c r="N10" s="15">
         <f t="shared" ref="N10" si="12">E10</f>
-        <v>9969</v>
+        <v>9935</v>
       </c>
       <c r="O10" s="15">
         <f t="shared" ref="O10" si="13">F10</f>
-        <v>11736</v>
+        <v>11719</v>
       </c>
       <c r="P10" s="15">
         <f t="shared" ref="P10" si="14">G10</f>
+        <v>17332</v>
+      </c>
+      <c r="Q10" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R10" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="78" t="s">
+        <v>159</v>
+      </c>
+      <c r="C11" s="79">
+        <v>20653</v>
+      </c>
+      <c r="D11" s="79">
+        <v>19048</v>
+      </c>
+      <c r="E11" s="79">
+        <v>9969</v>
+      </c>
+      <c r="F11" s="79">
+        <v>11736</v>
+      </c>
+      <c r="G11" s="79">
         <v>17343</v>
       </c>
-      <c r="Q10" s="15" t="e">
-[...34 lines deleted...]
-      <c r="K11" s="85">
+      <c r="H11" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="79">
+        <v>13045</v>
+      </c>
+      <c r="K11" s="79">
         <v>11877</v>
       </c>
-      <c r="L11" s="87">
-        <v>10615</v>
+      <c r="L11" s="81">
+        <v>10581</v>
       </c>
       <c r="M11"/>
       <c r="N11" s="15">
         <f t="shared" ref="N11" si="15">E11</f>
-        <v>10010</v>
+        <v>9969</v>
       </c>
       <c r="O11" s="15">
         <f t="shared" ref="O11" si="16">F11</f>
-        <v>11753</v>
+        <v>11736</v>
       </c>
       <c r="P11" s="15">
         <f t="shared" ref="P11" si="17">G11</f>
+        <v>17343</v>
+      </c>
+      <c r="Q11" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R11" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="84" t="s">
+        <v>158</v>
+      </c>
+      <c r="C12" s="85">
+        <v>20633</v>
+      </c>
+      <c r="D12" s="85">
+        <v>18995</v>
+      </c>
+      <c r="E12" s="85">
+        <v>10010</v>
+      </c>
+      <c r="F12" s="85">
+        <v>11753</v>
+      </c>
+      <c r="G12" s="85">
         <v>17365</v>
       </c>
-      <c r="Q11" s="15" t="e">
-[...38 lines deleted...]
-        <v>10268</v>
+      <c r="H12" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="85">
+        <v>13062</v>
+      </c>
+      <c r="K12" s="85">
+        <v>11877</v>
+      </c>
+      <c r="L12" s="87">
+        <v>10615</v>
       </c>
       <c r="M12"/>
       <c r="N12" s="15">
         <f t="shared" ref="N12" si="18">E12</f>
-        <v>9685</v>
+        <v>10010</v>
       </c>
       <c r="O12" s="15">
         <f t="shared" ref="O12" si="19">F12</f>
-        <v>11412</v>
+        <v>11753</v>
       </c>
       <c r="P12" s="15">
         <f t="shared" ref="P12" si="20">G12</f>
+        <v>17365</v>
+      </c>
+      <c r="Q12" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R12" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="78" t="s">
+        <v>157</v>
+      </c>
+      <c r="C13" s="79">
+        <v>20264</v>
+      </c>
+      <c r="D13" s="79">
+        <v>18567</v>
+      </c>
+      <c r="E13" s="79">
+        <v>9685</v>
+      </c>
+      <c r="F13" s="79">
+        <v>11412</v>
+      </c>
+      <c r="G13" s="79">
         <v>17014</v>
       </c>
-      <c r="Q12" s="15" t="e">
-[...38 lines deleted...]
-        <v>10252</v>
+      <c r="H13" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="79">
+        <v>12724</v>
+      </c>
+      <c r="K13" s="79">
+        <v>11529</v>
+      </c>
+      <c r="L13" s="81">
+        <v>10268</v>
       </c>
       <c r="M13"/>
       <c r="N13" s="15">
         <f t="shared" ref="N13" si="21">E13</f>
-        <v>9725</v>
+        <v>9685</v>
       </c>
       <c r="O13" s="15">
         <f t="shared" ref="O13" si="22">F13</f>
-        <v>11433</v>
+        <v>11412</v>
       </c>
       <c r="P13" s="15">
         <f t="shared" ref="P13" si="23">G13</f>
+        <v>17014</v>
+      </c>
+      <c r="Q13" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R13" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="C14" s="85">
+        <v>20254</v>
+      </c>
+      <c r="D14" s="85">
+        <v>18500</v>
+      </c>
+      <c r="E14" s="85">
+        <v>9725</v>
+      </c>
+      <c r="F14" s="85">
+        <v>11433</v>
+      </c>
+      <c r="G14" s="85">
         <v>17027</v>
       </c>
-      <c r="Q13" s="15" t="e">
-[...38 lines deleted...]
-        <v>10307</v>
+      <c r="H14" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="85">
+        <v>12757</v>
+      </c>
+      <c r="K14" s="85">
+        <v>11547</v>
+      </c>
+      <c r="L14" s="87">
+        <v>10252</v>
       </c>
       <c r="M14"/>
       <c r="N14" s="15">
         <f t="shared" ref="N14" si="24">E14</f>
-        <v>9767</v>
+        <v>9725</v>
       </c>
       <c r="O14" s="15">
         <f t="shared" ref="O14" si="25">F14</f>
-        <v>11461</v>
+        <v>11433</v>
       </c>
       <c r="P14" s="15">
         <f t="shared" ref="P14" si="26">G14</f>
+        <v>17027</v>
+      </c>
+      <c r="Q14" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R14" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="78" t="s">
+        <v>155</v>
+      </c>
+      <c r="C15" s="79">
+        <v>20233</v>
+      </c>
+      <c r="D15" s="79">
+        <v>18398</v>
+      </c>
+      <c r="E15" s="79">
+        <v>9767</v>
+      </c>
+      <c r="F15" s="79">
+        <v>11461</v>
+      </c>
+      <c r="G15" s="79">
         <v>17045</v>
       </c>
-      <c r="Q14" s="15" t="e">
-[...38 lines deleted...]
-        <v>9786</v>
+      <c r="H15" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="79">
+        <v>12787</v>
+      </c>
+      <c r="K15" s="79">
+        <v>11566</v>
+      </c>
+      <c r="L15" s="81">
+        <v>10307</v>
       </c>
       <c r="M15"/>
       <c r="N15" s="15">
         <f t="shared" ref="N15" si="27">E15</f>
-        <v>9264</v>
+        <v>9767</v>
       </c>
       <c r="O15" s="15">
         <f t="shared" ref="O15" si="28">F15</f>
-        <v>10915</v>
+        <v>11461</v>
       </c>
       <c r="P15" s="15">
         <f t="shared" ref="P15" si="29">G15</f>
+        <v>17045</v>
+      </c>
+      <c r="Q15" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R15" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="84" t="s">
+        <v>154</v>
+      </c>
+      <c r="C16" s="85">
+        <v>19461</v>
+      </c>
+      <c r="D16" s="85">
+        <v>17618</v>
+      </c>
+      <c r="E16" s="85">
+        <v>9264</v>
+      </c>
+      <c r="F16" s="85">
+        <v>10915</v>
+      </c>
+      <c r="G16" s="85">
         <v>16378</v>
       </c>
-      <c r="Q15" s="15" t="e">
-[...38 lines deleted...]
-        <v>9365</v>
+      <c r="H16" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="85">
+        <v>12215</v>
+      </c>
+      <c r="K16" s="85">
+        <v>11023</v>
+      </c>
+      <c r="L16" s="87">
+        <v>9786</v>
       </c>
       <c r="M16"/>
       <c r="N16" s="15">
         <f t="shared" ref="N16" si="30">E16</f>
-        <v>8887</v>
+        <v>9264</v>
       </c>
       <c r="O16" s="15">
         <f t="shared" ref="O16" si="31">F16</f>
-        <v>10444</v>
+        <v>10915</v>
       </c>
       <c r="P16" s="15">
         <f t="shared" ref="P16" si="32">G16</f>
+        <v>16378</v>
+      </c>
+      <c r="Q16" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R16" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="78" t="s">
+        <v>153</v>
+      </c>
+      <c r="C17" s="79">
+        <v>18061</v>
+      </c>
+      <c r="D17" s="79">
+        <v>16245</v>
+      </c>
+      <c r="E17" s="79">
+        <v>8887</v>
+      </c>
+      <c r="F17" s="79">
+        <v>10444</v>
+      </c>
+      <c r="G17" s="79">
         <v>15633</v>
       </c>
-      <c r="Q16" s="15" t="e">
-[...38 lines deleted...]
-        <v>9321</v>
+      <c r="H17" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="79">
+        <v>11681</v>
+      </c>
+      <c r="K17" s="79">
+        <v>10537</v>
+      </c>
+      <c r="L17" s="81">
+        <v>9365</v>
       </c>
       <c r="M17"/>
       <c r="N17" s="15">
-        <f t="shared" ref="N17:N18" si="33">E17</f>
+        <f t="shared" ref="N17" si="33">E17</f>
+        <v>8887</v>
+      </c>
+      <c r="O17" s="15">
+        <f t="shared" ref="O17" si="34">F17</f>
+        <v>10444</v>
+      </c>
+      <c r="P17" s="15">
+        <f t="shared" ref="P17" si="35">G17</f>
+        <v>15633</v>
+      </c>
+      <c r="Q17" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R17" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="84" t="s">
+        <v>152</v>
+      </c>
+      <c r="C18" s="85">
+        <v>18033</v>
+      </c>
+      <c r="D18" s="85">
+        <v>16211</v>
+      </c>
+      <c r="E18" s="85">
         <v>8911</v>
       </c>
-      <c r="O17" s="15">
-        <f t="shared" ref="O17:O18" si="34">F17</f>
+      <c r="F18" s="85">
         <v>10447</v>
       </c>
-      <c r="P17" s="15">
-        <f t="shared" ref="P17:P18" si="35">G17</f>
+      <c r="G18" s="85">
         <v>15617</v>
       </c>
-      <c r="Q17" s="15" t="e">
-[...38 lines deleted...]
-        <v>9092</v>
+      <c r="H18" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="85">
+        <v>11679</v>
+      </c>
+      <c r="K18" s="85">
+        <v>10519</v>
+      </c>
+      <c r="L18" s="87">
+        <v>9321</v>
       </c>
       <c r="M18"/>
       <c r="N18" s="15">
-        <f t="shared" si="33"/>
+        <f t="shared" ref="N18:N19" si="36">E18</f>
+        <v>8911</v>
+      </c>
+      <c r="O18" s="15">
+        <f t="shared" ref="O18:O19" si="37">F18</f>
+        <v>10447</v>
+      </c>
+      <c r="P18" s="15">
+        <f t="shared" ref="P18:P19" si="38">G18</f>
+        <v>15617</v>
+      </c>
+      <c r="Q18" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R18" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="78" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" s="79">
+        <v>17299</v>
+      </c>
+      <c r="D19" s="79">
+        <v>15575</v>
+      </c>
+      <c r="E19" s="79">
         <v>8677</v>
       </c>
-      <c r="O18" s="15">
-        <f t="shared" si="34"/>
+      <c r="F19" s="79">
         <v>10121</v>
       </c>
-      <c r="P18" s="15">
-        <f t="shared" si="35"/>
+      <c r="G19" s="79">
         <v>15025</v>
       </c>
-      <c r="Q18" s="15" t="e">
-[...38 lines deleted...]
-        <v>8707</v>
+      <c r="H19" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="79">
+        <v>11291</v>
+      </c>
+      <c r="K19" s="79">
+        <v>10192</v>
+      </c>
+      <c r="L19" s="81">
+        <v>9092</v>
       </c>
       <c r="M19"/>
       <c r="N19" s="15">
-        <f t="shared" ref="N19:N22" si="36">E19</f>
+        <f t="shared" si="36"/>
+        <v>8677</v>
+      </c>
+      <c r="O19" s="15">
+        <f t="shared" si="37"/>
+        <v>10121</v>
+      </c>
+      <c r="P19" s="15">
+        <f t="shared" si="38"/>
+        <v>15025</v>
+      </c>
+      <c r="Q19" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R19" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="103" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" s="104">
+        <v>16249</v>
+      </c>
+      <c r="D20" s="104">
+        <v>14664</v>
+      </c>
+      <c r="E20" s="104">
         <v>8330</v>
       </c>
-      <c r="O19" s="15">
-        <f t="shared" ref="O19:O23" si="37">F19</f>
+      <c r="F20" s="104">
         <v>9653</v>
       </c>
-      <c r="P19" s="15">
-        <f t="shared" ref="P19:P22" si="38">G19</f>
+      <c r="G20" s="104">
         <v>14194</v>
       </c>
-      <c r="Q19" s="15" t="e">
-[...38 lines deleted...]
-        <v>8004</v>
+      <c r="H20" s="105" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="105" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="104">
+        <v>10741</v>
+      </c>
+      <c r="K20" s="104">
+        <v>9724</v>
+      </c>
+      <c r="L20" s="106">
+        <v>8707</v>
       </c>
       <c r="M20"/>
       <c r="N20" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" ref="N20:N23" si="39">E20</f>
+        <v>8330</v>
+      </c>
+      <c r="O20" s="15">
+        <f t="shared" ref="O20:O24" si="40">F20</f>
+        <v>9653</v>
+      </c>
+      <c r="P20" s="15">
+        <f t="shared" ref="P20:P23" si="41">G20</f>
+        <v>14194</v>
+      </c>
+      <c r="Q20" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R20" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="78" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" s="79">
+        <v>15425</v>
+      </c>
+      <c r="D21" s="79">
+        <v>13847</v>
+      </c>
+      <c r="E21" s="79">
         <v>7642</v>
       </c>
-      <c r="O20" s="15">
-        <f t="shared" si="37"/>
+      <c r="F21" s="79">
         <v>8942</v>
       </c>
-      <c r="P20" s="15">
-        <f t="shared" si="38"/>
+      <c r="G21" s="79">
         <v>13422</v>
       </c>
-      <c r="Q20" s="15" t="e">
-[...38 lines deleted...]
-        <v>7970</v>
+      <c r="H21" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="79">
+        <v>10024</v>
+      </c>
+      <c r="K21" s="79">
+        <v>9004</v>
+      </c>
+      <c r="L21" s="81">
+        <v>8004</v>
       </c>
       <c r="M21"/>
       <c r="N21" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="39"/>
+        <v>7642</v>
+      </c>
+      <c r="O21" s="15">
+        <f t="shared" si="40"/>
+        <v>8942</v>
+      </c>
+      <c r="P21" s="15">
+        <f t="shared" si="41"/>
+        <v>13422</v>
+      </c>
+      <c r="Q21" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R21" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="84" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" s="85">
+        <v>15411</v>
+      </c>
+      <c r="D22" s="85">
+        <v>13818</v>
+      </c>
+      <c r="E22" s="85">
         <v>7656</v>
       </c>
-      <c r="O21" s="15">
-        <f t="shared" si="37"/>
+      <c r="F22" s="85">
         <v>8944</v>
       </c>
-      <c r="P21" s="15">
-        <f t="shared" si="38"/>
+      <c r="G22" s="85">
         <v>13425</v>
       </c>
-      <c r="Q21" s="15" t="e">
-[...34 lines deleted...]
-      <c r="K22" s="79">
+      <c r="H22" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="85">
+        <v>10034</v>
+      </c>
+      <c r="K22" s="85">
         <v>8990</v>
       </c>
-      <c r="L22" s="81">
-        <v>7996</v>
+      <c r="L22" s="87">
+        <v>7970</v>
       </c>
       <c r="M22"/>
       <c r="N22" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="39"/>
+        <v>7656</v>
+      </c>
+      <c r="O22" s="15">
+        <f t="shared" si="40"/>
+        <v>8944</v>
+      </c>
+      <c r="P22" s="15">
+        <f t="shared" si="41"/>
+        <v>13425</v>
+      </c>
+      <c r="Q22" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R22" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="78" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" s="79">
+        <v>15385</v>
+      </c>
+      <c r="D23" s="79">
+        <v>13788</v>
+      </c>
+      <c r="E23" s="79">
         <v>7675</v>
       </c>
-      <c r="O22" s="15">
-        <f t="shared" si="37"/>
+      <c r="F23" s="79">
         <v>8950</v>
       </c>
-      <c r="P22" s="15">
-        <f t="shared" si="38"/>
+      <c r="G23" s="79">
         <v>13435</v>
       </c>
-      <c r="Q22" s="15" t="e">
-[...38 lines deleted...]
-        <v>8001</v>
+      <c r="H23" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="79">
+        <v>10022</v>
+      </c>
+      <c r="K23" s="79">
+        <v>8990</v>
+      </c>
+      <c r="L23" s="81">
+        <v>7996</v>
       </c>
       <c r="M23"/>
       <c r="N23" s="15">
-        <f t="shared" ref="N23" si="39">E23</f>
+        <f t="shared" si="39"/>
+        <v>7675</v>
+      </c>
+      <c r="O23" s="15">
+        <f t="shared" si="40"/>
+        <v>8950</v>
+      </c>
+      <c r="P23" s="15">
+        <f t="shared" si="41"/>
+        <v>13435</v>
+      </c>
+      <c r="Q23" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R23" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="84" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" s="85">
+        <v>15351</v>
+      </c>
+      <c r="D24" s="85">
+        <v>13738</v>
+      </c>
+      <c r="E24" s="85">
         <v>7690</v>
       </c>
-      <c r="O23" s="15">
-        <f t="shared" si="37"/>
+      <c r="F24" s="85">
         <v>8949</v>
       </c>
-      <c r="P23" s="15">
-        <f t="shared" ref="P23" si="40">G23</f>
+      <c r="G24" s="85">
         <v>13438</v>
       </c>
-      <c r="Q23" s="15" t="e">
-[...38 lines deleted...]
-        <v>7636</v>
+      <c r="H24" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="85">
+        <v>10014</v>
+      </c>
+      <c r="K24" s="85">
+        <v>8974</v>
+      </c>
+      <c r="L24" s="87">
+        <v>8001</v>
       </c>
       <c r="M24"/>
       <c r="N24" s="15">
-        <f t="shared" ref="N24" si="41">E24</f>
-        <v>7366</v>
+        <f t="shared" ref="N24" si="42">E24</f>
+        <v>7690</v>
       </c>
       <c r="O24" s="15">
-        <f t="shared" ref="O24" si="42">F24</f>
-        <v>8532</v>
+        <f t="shared" si="40"/>
+        <v>8949</v>
       </c>
       <c r="P24" s="15">
         <f t="shared" ref="P24" si="43">G24</f>
+        <v>13438</v>
+      </c>
+      <c r="Q24" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R24" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="78" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="79">
+        <v>14479</v>
+      </c>
+      <c r="D25" s="79">
+        <v>12954</v>
+      </c>
+      <c r="E25" s="79">
+        <v>7366</v>
+      </c>
+      <c r="F25" s="79">
+        <v>8532</v>
+      </c>
+      <c r="G25" s="79">
         <v>12726</v>
       </c>
-      <c r="Q24" s="15" t="e">
-[...38 lines deleted...]
-        <v>7607</v>
+      <c r="H25" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="79">
+        <v>9529</v>
+      </c>
+      <c r="K25" s="79">
+        <v>8551</v>
+      </c>
+      <c r="L25" s="81">
+        <v>7636</v>
       </c>
       <c r="M25"/>
       <c r="N25" s="15">
         <f t="shared" ref="N25" si="44">E25</f>
-        <v>7380</v>
+        <v>7366</v>
       </c>
       <c r="O25" s="15">
         <f t="shared" ref="O25" si="45">F25</f>
-        <v>8536</v>
+        <v>8532</v>
       </c>
       <c r="P25" s="15">
         <f t="shared" ref="P25" si="46">G25</f>
+        <v>12726</v>
+      </c>
+      <c r="Q25" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R25" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="84" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" s="85">
+        <v>14448</v>
+      </c>
+      <c r="D26" s="85">
+        <v>12924</v>
+      </c>
+      <c r="E26" s="85">
+        <v>7380</v>
+      </c>
+      <c r="F26" s="85">
+        <v>8536</v>
+      </c>
+      <c r="G26" s="85">
         <v>12727</v>
       </c>
-      <c r="Q25" s="15" t="e">
-[...38 lines deleted...]
-        <v>7627</v>
+      <c r="H26" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="85">
+        <v>9536</v>
+      </c>
+      <c r="K26" s="85">
+        <v>8540</v>
+      </c>
+      <c r="L26" s="87">
+        <v>7607</v>
       </c>
       <c r="M26"/>
       <c r="N26" s="15">
         <f t="shared" ref="N26" si="47">E26</f>
-        <v>7387</v>
+        <v>7380</v>
       </c>
       <c r="O26" s="15">
         <f t="shared" ref="O26" si="48">F26</f>
-        <v>8537</v>
+        <v>8536</v>
       </c>
       <c r="P26" s="15">
         <f t="shared" ref="P26" si="49">G26</f>
+        <v>12727</v>
+      </c>
+      <c r="Q26" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R26" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="78" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" s="79">
+        <v>14427</v>
+      </c>
+      <c r="D27" s="79">
+        <v>12898</v>
+      </c>
+      <c r="E27" s="79">
+        <v>7387</v>
+      </c>
+      <c r="F27" s="79">
+        <v>8537</v>
+      </c>
+      <c r="G27" s="79">
         <v>12725</v>
       </c>
-      <c r="Q26" s="15" t="e">
-[...38 lines deleted...]
-        <v>7634</v>
+      <c r="H27" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="79">
+        <v>9518</v>
+      </c>
+      <c r="K27" s="79">
+        <v>8533</v>
+      </c>
+      <c r="L27" s="81">
+        <v>7627</v>
       </c>
       <c r="M27"/>
       <c r="N27" s="15">
         <f t="shared" ref="N27" si="50">E27</f>
-        <v>7400</v>
+        <v>7387</v>
       </c>
       <c r="O27" s="15">
         <f t="shared" ref="O27" si="51">F27</f>
         <v>8537</v>
       </c>
       <c r="P27" s="15">
         <f t="shared" ref="P27" si="52">G27</f>
+        <v>12725</v>
+      </c>
+      <c r="Q27" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R27" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="84" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="85">
+        <v>14397</v>
+      </c>
+      <c r="D28" s="85">
+        <v>12875</v>
+      </c>
+      <c r="E28" s="85">
+        <v>7400</v>
+      </c>
+      <c r="F28" s="85">
+        <v>8537</v>
+      </c>
+      <c r="G28" s="85">
         <v>12723</v>
       </c>
-      <c r="Q27" s="15" t="e">
-[...38 lines deleted...]
-        <v>7058</v>
+      <c r="H28" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="85">
+        <v>9525</v>
+      </c>
+      <c r="K28" s="85">
+        <v>8534</v>
+      </c>
+      <c r="L28" s="87">
+        <v>7634</v>
       </c>
       <c r="M28"/>
       <c r="N28" s="15">
         <f t="shared" ref="N28" si="53">E28</f>
-        <v>6851</v>
+        <v>7400</v>
       </c>
       <c r="O28" s="15">
         <f t="shared" ref="O28" si="54">F28</f>
-        <v>7923</v>
+        <v>8537</v>
       </c>
       <c r="P28" s="15">
         <f t="shared" ref="P28" si="55">G28</f>
+        <v>12723</v>
+      </c>
+      <c r="Q28" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R28" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="C29" s="79">
+        <v>13468</v>
+      </c>
+      <c r="D29" s="79">
+        <v>12020</v>
+      </c>
+      <c r="E29" s="79">
+        <v>6851</v>
+      </c>
+      <c r="F29" s="79">
+        <v>7923</v>
+      </c>
+      <c r="G29" s="79">
         <v>11905</v>
       </c>
-      <c r="Q28" s="15" t="e">
-[...38 lines deleted...]
-        <v>7021</v>
+      <c r="H29" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="79">
+        <v>8866</v>
+      </c>
+      <c r="K29" s="79">
+        <v>7898</v>
+      </c>
+      <c r="L29" s="81">
+        <v>7058</v>
       </c>
       <c r="M29"/>
       <c r="N29" s="15">
         <f t="shared" ref="N29" si="56">E29</f>
-        <v>6862</v>
+        <v>6851</v>
       </c>
       <c r="O29" s="15">
         <f t="shared" ref="O29" si="57">F29</f>
-        <v>7928</v>
+        <v>7923</v>
       </c>
       <c r="P29" s="15">
         <f t="shared" ref="P29" si="58">G29</f>
+        <v>11905</v>
+      </c>
+      <c r="Q29" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R29" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="84" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="85">
+        <v>13436</v>
+      </c>
+      <c r="D30" s="85">
+        <v>11993</v>
+      </c>
+      <c r="E30" s="85">
+        <v>6862</v>
+      </c>
+      <c r="F30" s="85">
+        <v>7928</v>
+      </c>
+      <c r="G30" s="85">
         <v>11909</v>
       </c>
-      <c r="Q29" s="15" t="e">
-[...38 lines deleted...]
-        <v>7039</v>
+      <c r="H30" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="85">
+        <v>8856</v>
+      </c>
+      <c r="K30" s="85">
+        <v>7886</v>
+      </c>
+      <c r="L30" s="87">
+        <v>7021</v>
       </c>
       <c r="M30"/>
       <c r="N30" s="15">
         <f t="shared" ref="N30" si="59">E30</f>
-        <v>6871</v>
+        <v>6862</v>
       </c>
       <c r="O30" s="15">
         <f t="shared" ref="O30" si="60">F30</f>
-        <v>7924</v>
+        <v>7928</v>
       </c>
       <c r="P30" s="15">
         <f t="shared" ref="P30" si="61">G30</f>
+        <v>11909</v>
+      </c>
+      <c r="Q30" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R30" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="78" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="79">
+        <v>13408</v>
+      </c>
+      <c r="D31" s="79">
+        <v>11974</v>
+      </c>
+      <c r="E31" s="79">
+        <v>6871</v>
+      </c>
+      <c r="F31" s="79">
+        <v>7924</v>
+      </c>
+      <c r="G31" s="79">
         <v>11911</v>
       </c>
-      <c r="Q30" s="15" t="e">
-[...38 lines deleted...]
-        <v>7041</v>
+      <c r="H31" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="79">
+        <v>8839</v>
+      </c>
+      <c r="K31" s="79">
+        <v>7883</v>
+      </c>
+      <c r="L31" s="81">
+        <v>7039</v>
       </c>
       <c r="M31"/>
       <c r="N31" s="15">
         <f t="shared" ref="N31" si="62">E31</f>
-        <v>6883</v>
+        <v>6871</v>
       </c>
       <c r="O31" s="15">
         <f t="shared" ref="O31" si="63">F31</f>
-        <v>7925</v>
+        <v>7924</v>
       </c>
       <c r="P31" s="15">
         <f t="shared" ref="P31" si="64">G31</f>
+        <v>11911</v>
+      </c>
+      <c r="Q31" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R31" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="32" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="84" t="s">
+        <v>132</v>
+      </c>
+      <c r="C32" s="85">
+        <v>13377</v>
+      </c>
+      <c r="D32" s="85">
+        <v>11948</v>
+      </c>
+      <c r="E32" s="85">
+        <v>6883</v>
+      </c>
+      <c r="F32" s="85">
+        <v>7925</v>
+      </c>
+      <c r="G32" s="85">
         <v>11907</v>
       </c>
-      <c r="Q31" s="15" t="e">
-[...38 lines deleted...]
-        <v>6351</v>
+      <c r="H32" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="85">
+        <v>8831</v>
+      </c>
+      <c r="K32" s="85">
+        <v>7867</v>
+      </c>
+      <c r="L32" s="87">
+        <v>7041</v>
       </c>
       <c r="M32"/>
       <c r="N32" s="15">
-        <f t="shared" ref="N32:N34" si="65">E32</f>
+        <f t="shared" ref="N32" si="65">E32</f>
+        <v>6883</v>
+      </c>
+      <c r="O32" s="15">
+        <f t="shared" ref="O32" si="66">F32</f>
+        <v>7925</v>
+      </c>
+      <c r="P32" s="15">
+        <f t="shared" ref="P32" si="67">G32</f>
+        <v>11907</v>
+      </c>
+      <c r="Q32" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R32" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="33" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="78" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" s="79">
+        <v>12418</v>
+      </c>
+      <c r="D33" s="79">
+        <v>11066</v>
+      </c>
+      <c r="E33" s="79">
         <v>6207</v>
       </c>
-      <c r="O32" s="15">
-        <f t="shared" ref="O32:O34" si="66">F32</f>
+      <c r="F33" s="79">
         <v>7205</v>
       </c>
-      <c r="P32" s="15">
-        <f t="shared" ref="P32:P34" si="67">G32</f>
+      <c r="G33" s="79">
         <v>11059</v>
       </c>
-      <c r="Q32" s="15" t="e">
-[...38 lines deleted...]
-        <v>6312</v>
+      <c r="H33" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="79">
+        <v>8029</v>
+      </c>
+      <c r="K33" s="79">
+        <v>7137</v>
+      </c>
+      <c r="L33" s="81">
+        <v>6351</v>
       </c>
       <c r="M33"/>
       <c r="N33" s="15">
-        <f t="shared" ref="N33" si="68">E33</f>
+        <f t="shared" ref="N33:N35" si="68">E33</f>
+        <v>6207</v>
+      </c>
+      <c r="O33" s="15">
+        <f t="shared" ref="O33:O35" si="69">F33</f>
+        <v>7205</v>
+      </c>
+      <c r="P33" s="15">
+        <f t="shared" ref="P33:P35" si="70">G33</f>
+        <v>11059</v>
+      </c>
+      <c r="Q33" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R33" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="C34" s="59">
+        <v>12395</v>
+      </c>
+      <c r="D34" s="59">
+        <v>11046</v>
+      </c>
+      <c r="E34" s="59">
         <v>6222</v>
       </c>
-      <c r="O33" s="15">
-        <f t="shared" ref="O33" si="69">F33</f>
+      <c r="F34" s="59">
         <v>7212</v>
       </c>
-      <c r="P33" s="15">
-        <f t="shared" ref="P33" si="70">G33</f>
+      <c r="G34" s="59">
         <v>11070</v>
       </c>
-      <c r="Q33" s="15" t="e">
-[...38 lines deleted...]
-        <v>6344</v>
+      <c r="H34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="59">
+        <v>8035</v>
+      </c>
+      <c r="K34" s="59">
+        <v>7119</v>
+      </c>
+      <c r="L34" s="61">
+        <v>6312</v>
       </c>
       <c r="M34"/>
       <c r="N34" s="15">
-        <f t="shared" si="65"/>
+        <f t="shared" ref="N34" si="71">E34</f>
+        <v>6222</v>
+      </c>
+      <c r="O34" s="15">
+        <f t="shared" ref="O34" si="72">F34</f>
+        <v>7212</v>
+      </c>
+      <c r="P34" s="15">
+        <f t="shared" ref="P34" si="73">G34</f>
+        <v>11070</v>
+      </c>
+      <c r="Q34" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R34" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="35" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="C35" s="24">
+        <v>12369</v>
+      </c>
+      <c r="D35" s="24">
+        <v>11031</v>
+      </c>
+      <c r="E35" s="24">
         <v>6239</v>
       </c>
-      <c r="O34" s="15">
-        <f t="shared" si="66"/>
+      <c r="F35" s="24">
         <v>7216</v>
       </c>
-      <c r="P34" s="15">
-        <f t="shared" si="67"/>
+      <c r="G35" s="24">
         <v>11074</v>
       </c>
-      <c r="Q34" s="15" t="e">
-[...38 lines deleted...]
-        <v>6349</v>
+      <c r="H35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="24">
+        <v>8013</v>
+      </c>
+      <c r="K35" s="24">
+        <v>7114</v>
+      </c>
+      <c r="L35" s="26">
+        <v>6344</v>
       </c>
       <c r="M35"/>
       <c r="N35" s="15">
-        <f t="shared" ref="N35" si="71">E35</f>
+        <f t="shared" si="68"/>
+        <v>6239</v>
+      </c>
+      <c r="O35" s="15">
+        <f t="shared" si="69"/>
+        <v>7216</v>
+      </c>
+      <c r="P35" s="15">
+        <f t="shared" si="70"/>
+        <v>11074</v>
+      </c>
+      <c r="Q35" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R35" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="73" t="s">
+        <v>128</v>
+      </c>
+      <c r="C36" s="59">
+        <v>12347</v>
+      </c>
+      <c r="D36" s="59">
+        <v>11014</v>
+      </c>
+      <c r="E36" s="59">
         <v>6254</v>
       </c>
-      <c r="O35" s="15">
-        <f t="shared" ref="O35" si="72">F35</f>
+      <c r="F36" s="59">
         <v>7223</v>
       </c>
-      <c r="P35" s="15">
-        <f t="shared" ref="P35" si="73">G35</f>
+      <c r="G36" s="59">
         <v>11081</v>
       </c>
-      <c r="Q35" s="15" t="e">
-[...38 lines deleted...]
-        <v>6078</v>
+      <c r="H36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="59">
+        <v>8007</v>
+      </c>
+      <c r="K36" s="59">
+        <v>7111</v>
+      </c>
+      <c r="L36" s="61">
+        <v>6349</v>
       </c>
       <c r="M36"/>
       <c r="N36" s="15">
         <f t="shared" ref="N36" si="74">E36</f>
-        <v>5998</v>
+        <v>6254</v>
       </c>
       <c r="O36" s="15">
         <f t="shared" ref="O36" si="75">F36</f>
-        <v>6922</v>
+        <v>7223</v>
       </c>
       <c r="P36" s="15">
         <f t="shared" ref="P36" si="76">G36</f>
+        <v>11081</v>
+      </c>
+      <c r="Q36" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R36" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="37" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="72" t="s">
+        <v>127</v>
+      </c>
+      <c r="C37" s="24">
+        <v>11850</v>
+      </c>
+      <c r="D37" s="24">
+        <v>10564</v>
+      </c>
+      <c r="E37" s="24">
+        <v>5998</v>
+      </c>
+      <c r="F37" s="24">
+        <v>6922</v>
+      </c>
+      <c r="G37" s="24">
         <v>10655</v>
       </c>
-      <c r="Q36" s="15" t="e">
-[...38 lines deleted...]
-        <v>6035</v>
+      <c r="H37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="24">
+        <v>7677</v>
+      </c>
+      <c r="K37" s="24">
+        <v>6815</v>
+      </c>
+      <c r="L37" s="26">
+        <v>6078</v>
       </c>
       <c r="M37"/>
       <c r="N37" s="15">
         <f t="shared" ref="N37" si="77">E37</f>
-        <v>6016</v>
+        <v>5998</v>
       </c>
       <c r="O37" s="15">
         <f t="shared" ref="O37" si="78">F37</f>
-        <v>6932</v>
+        <v>6922</v>
       </c>
       <c r="P37" s="15">
         <f t="shared" ref="P37" si="79">G37</f>
+        <v>10655</v>
+      </c>
+      <c r="Q37" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R37" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="71" t="s">
+        <v>126</v>
+      </c>
+      <c r="C38" s="59">
+        <v>11828</v>
+      </c>
+      <c r="D38" s="59">
+        <v>10548</v>
+      </c>
+      <c r="E38" s="59">
+        <v>6016</v>
+      </c>
+      <c r="F38" s="59">
+        <v>6932</v>
+      </c>
+      <c r="G38" s="59">
         <v>10661</v>
       </c>
-      <c r="Q37" s="15" t="e">
-[...38 lines deleted...]
-        <v>6068</v>
+      <c r="H38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="59">
+        <v>7686</v>
+      </c>
+      <c r="K38" s="59">
+        <v>6794</v>
+      </c>
+      <c r="L38" s="61">
+        <v>6035</v>
       </c>
       <c r="M38"/>
       <c r="N38" s="15">
         <f t="shared" ref="N38" si="80">E38</f>
-        <v>6033</v>
+        <v>6016</v>
       </c>
       <c r="O38" s="15">
         <f t="shared" ref="O38" si="81">F38</f>
-        <v>6938</v>
+        <v>6932</v>
       </c>
       <c r="P38" s="15">
         <f t="shared" ref="P38" si="82">G38</f>
+        <v>10661</v>
+      </c>
+      <c r="Q38" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R38" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="39" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="70" t="s">
+        <v>125</v>
+      </c>
+      <c r="C39" s="24">
+        <v>11807</v>
+      </c>
+      <c r="D39" s="24">
+        <v>10532</v>
+      </c>
+      <c r="E39" s="24">
+        <v>6033</v>
+      </c>
+      <c r="F39" s="24">
+        <v>6938</v>
+      </c>
+      <c r="G39" s="24">
         <v>10671</v>
       </c>
-      <c r="Q38" s="15" t="e">
-[...38 lines deleted...]
-        <v>6063</v>
+      <c r="H39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="24">
+        <v>7670</v>
+      </c>
+      <c r="K39" s="24">
+        <v>6783</v>
+      </c>
+      <c r="L39" s="26">
+        <v>6068</v>
       </c>
       <c r="M39"/>
       <c r="N39" s="15">
         <f t="shared" ref="N39" si="83">E39</f>
-        <v>6053</v>
+        <v>6033</v>
       </c>
       <c r="O39" s="15">
         <f t="shared" ref="O39" si="84">F39</f>
-        <v>6944</v>
+        <v>6938</v>
       </c>
       <c r="P39" s="15">
         <f t="shared" ref="P39" si="85">G39</f>
+        <v>10671</v>
+      </c>
+      <c r="Q39" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R39" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="40" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="69" t="s">
+        <v>124</v>
+      </c>
+      <c r="C40" s="59">
+        <v>11784</v>
+      </c>
+      <c r="D40" s="59">
+        <v>10516</v>
+      </c>
+      <c r="E40" s="59">
+        <v>6053</v>
+      </c>
+      <c r="F40" s="59">
+        <v>6944</v>
+      </c>
+      <c r="G40" s="59">
         <v>10677</v>
       </c>
-      <c r="Q39" s="15" t="e">
-[...38 lines deleted...]
-        <v>5874</v>
+      <c r="H40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="59">
+        <v>7664</v>
+      </c>
+      <c r="K40" s="59">
+        <v>6768</v>
+      </c>
+      <c r="L40" s="61">
+        <v>6063</v>
       </c>
       <c r="M40"/>
       <c r="N40" s="15">
         <f t="shared" ref="N40" si="86">E40</f>
-        <v>5883</v>
+        <v>6053</v>
       </c>
       <c r="O40" s="15">
         <f t="shared" ref="O40" si="87">F40</f>
-        <v>6745</v>
+        <v>6944</v>
       </c>
       <c r="P40" s="15">
         <f t="shared" ref="P40" si="88">G40</f>
+        <v>10677</v>
+      </c>
+      <c r="Q40" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R40" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="41" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="C41" s="24">
+        <v>11460</v>
+      </c>
+      <c r="D41" s="24">
+        <v>10216</v>
+      </c>
+      <c r="E41" s="24">
+        <v>5883</v>
+      </c>
+      <c r="F41" s="24">
+        <v>6745</v>
+      </c>
+      <c r="G41" s="24">
         <v>10395</v>
       </c>
-      <c r="Q40" s="15" t="e">
-[...38 lines deleted...]
-        <v>5837</v>
+      <c r="H41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="24">
+        <v>7446</v>
+      </c>
+      <c r="K41" s="24">
+        <v>6551</v>
+      </c>
+      <c r="L41" s="26">
+        <v>5874</v>
       </c>
       <c r="M41"/>
       <c r="N41" s="15">
         <f t="shared" ref="N41" si="89">E41</f>
-        <v>5904</v>
+        <v>5883</v>
       </c>
       <c r="O41" s="15">
         <f t="shared" ref="O41" si="90">F41</f>
-        <v>6756</v>
+        <v>6745</v>
       </c>
       <c r="P41" s="15">
         <f t="shared" ref="P41" si="91">G41</f>
+        <v>10395</v>
+      </c>
+      <c r="Q41" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R41" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="42" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="65" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="59">
+        <v>11441</v>
+      </c>
+      <c r="D42" s="59">
+        <v>10203</v>
+      </c>
+      <c r="E42" s="59">
+        <v>5904</v>
+      </c>
+      <c r="F42" s="59">
+        <v>6756</v>
+      </c>
+      <c r="G42" s="59">
         <v>10401</v>
       </c>
-      <c r="Q41" s="15" t="e">
-[...38 lines deleted...]
-        <v>5871</v>
+      <c r="H42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="59">
+        <v>7451</v>
+      </c>
+      <c r="K42" s="59">
+        <v>6542</v>
+      </c>
+      <c r="L42" s="61">
+        <v>5837</v>
       </c>
       <c r="M42"/>
       <c r="N42" s="15">
         <f t="shared" ref="N42" si="92">E42</f>
-        <v>5922</v>
+        <v>5904</v>
       </c>
       <c r="O42" s="15">
         <f t="shared" ref="O42" si="93">F42</f>
-        <v>6766</v>
+        <v>6756</v>
       </c>
       <c r="P42" s="15">
         <f t="shared" ref="P42" si="94">G42</f>
+        <v>10401</v>
+      </c>
+      <c r="Q42" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R42" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="43" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="C43" s="24">
+        <v>11422</v>
+      </c>
+      <c r="D43" s="24">
+        <v>10191</v>
+      </c>
+      <c r="E43" s="24">
+        <v>5922</v>
+      </c>
+      <c r="F43" s="24">
+        <v>6766</v>
+      </c>
+      <c r="G43" s="24">
         <v>10412</v>
       </c>
-      <c r="Q42" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J43" s="59">
+      <c r="H43" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="24">
         <v>7434</v>
       </c>
-      <c r="K43" s="59">
-[...3 lines deleted...]
-        <v>5875</v>
+      <c r="K43" s="24">
+        <v>6536</v>
+      </c>
+      <c r="L43" s="26">
+        <v>5871</v>
       </c>
       <c r="M43"/>
       <c r="N43" s="15">
         <f t="shared" ref="N43" si="95">E43</f>
-        <v>5944</v>
+        <v>5922</v>
       </c>
       <c r="O43" s="15">
         <f t="shared" ref="O43" si="96">F43</f>
-        <v>6774</v>
+        <v>6766</v>
       </c>
       <c r="P43" s="15">
         <f t="shared" ref="P43" si="97">G43</f>
+        <v>10412</v>
+      </c>
+      <c r="Q43" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R43" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="44" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="58" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="59">
+        <v>11400</v>
+      </c>
+      <c r="D44" s="59">
+        <v>10177</v>
+      </c>
+      <c r="E44" s="59">
+        <v>5944</v>
+      </c>
+      <c r="F44" s="59">
+        <v>6774</v>
+      </c>
+      <c r="G44" s="59">
         <v>10422</v>
       </c>
-      <c r="Q43" s="15" t="e">
-[...38 lines deleted...]
-        <v>5835</v>
+      <c r="H44" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="59">
+        <v>7434</v>
+      </c>
+      <c r="K44" s="59">
+        <v>6522</v>
+      </c>
+      <c r="L44" s="61">
+        <v>5875</v>
       </c>
       <c r="M44"/>
       <c r="N44" s="15">
         <f t="shared" ref="N44" si="98">E44</f>
-        <v>5932</v>
+        <v>5944</v>
       </c>
       <c r="O44" s="15">
         <f t="shared" ref="O44" si="99">F44</f>
-        <v>6749</v>
+        <v>6774</v>
       </c>
       <c r="P44" s="15">
         <f t="shared" ref="P44" si="100">G44</f>
+        <v>10422</v>
+      </c>
+      <c r="Q44" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R44" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="45" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="24">
+        <v>11348</v>
+      </c>
+      <c r="D45" s="24">
+        <v>10124</v>
+      </c>
+      <c r="E45" s="24">
+        <v>5932</v>
+      </c>
+      <c r="F45" s="24">
+        <v>6749</v>
+      </c>
+      <c r="G45" s="24">
         <v>10424</v>
       </c>
-      <c r="Q44" s="15" t="e">
-[...38 lines deleted...]
-        <v>5795</v>
+      <c r="H45" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="24">
+        <v>7395</v>
+      </c>
+      <c r="K45" s="24">
+        <v>6477</v>
+      </c>
+      <c r="L45" s="26">
+        <v>5835</v>
       </c>
       <c r="M45"/>
       <c r="N45" s="15">
         <f t="shared" ref="N45" si="101">E45</f>
-        <v>5955</v>
+        <v>5932</v>
       </c>
       <c r="O45" s="15">
         <f t="shared" ref="O45" si="102">F45</f>
-        <v>6757</v>
+        <v>6749</v>
       </c>
       <c r="P45" s="15">
         <f t="shared" ref="P45" si="103">G45</f>
+        <v>10424</v>
+      </c>
+      <c r="Q45" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R45" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="46" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C46" s="4">
+        <v>11334</v>
+      </c>
+      <c r="D46" s="4">
+        <v>10110</v>
+      </c>
+      <c r="E46" s="4">
+        <v>5955</v>
+      </c>
+      <c r="F46" s="4">
+        <v>6757</v>
+      </c>
+      <c r="G46" s="4">
         <v>10430</v>
       </c>
-      <c r="Q45" s="15" t="e">
-[...38 lines deleted...]
-        <v>5827</v>
+      <c r="H46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="4">
+        <v>7400</v>
+      </c>
+      <c r="K46" s="4">
+        <v>6470</v>
+      </c>
+      <c r="L46" s="5">
+        <v>5795</v>
       </c>
       <c r="M46"/>
       <c r="N46" s="15">
         <f t="shared" ref="N46" si="104">E46</f>
+        <v>5955</v>
+      </c>
+      <c r="O46" s="15">
+        <f t="shared" ref="O46" si="105">F46</f>
+        <v>6757</v>
+      </c>
+      <c r="P46" s="15">
+        <f t="shared" ref="P46" si="106">G46</f>
+        <v>10430</v>
+      </c>
+      <c r="Q46" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R46" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="47" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="C47" s="24">
+        <v>11316</v>
+      </c>
+      <c r="D47" s="24">
+        <v>10099</v>
+      </c>
+      <c r="E47" s="24">
         <v>5979</v>
       </c>
-      <c r="O46" s="15">
-        <f t="shared" ref="O46:P46" si="105">F46</f>
+      <c r="F47" s="24">
         <v>6767</v>
       </c>
-      <c r="P46" s="15">
-        <f t="shared" si="105"/>
+      <c r="G47" s="24">
         <v>10434</v>
       </c>
-      <c r="Q46" s="15" t="e">
-[...38 lines deleted...]
-        <v>5824</v>
+      <c r="H47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="24">
+        <v>7389</v>
+      </c>
+      <c r="K47" s="24">
+        <v>6466</v>
+      </c>
+      <c r="L47" s="26">
+        <v>5827</v>
       </c>
       <c r="M47"/>
       <c r="N47" s="15">
-        <f t="shared" ref="N47:N67" si="106">E47</f>
+        <f t="shared" ref="N47" si="107">E47</f>
+        <v>5979</v>
+      </c>
+      <c r="O47" s="15">
+        <f t="shared" ref="O47:P47" si="108">F47</f>
+        <v>6767</v>
+      </c>
+      <c r="P47" s="15">
+        <f t="shared" si="108"/>
+        <v>10434</v>
+      </c>
+      <c r="Q47" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R47" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="48" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C48" s="4">
+        <v>11292</v>
+      </c>
+      <c r="D48" s="4">
+        <v>10088</v>
+      </c>
+      <c r="E48" s="4">
         <v>6008</v>
       </c>
-      <c r="O47" s="15">
-        <f t="shared" ref="O47:O67" si="107">F47</f>
+      <c r="F48" s="4">
         <v>6784</v>
       </c>
-      <c r="P47" s="15">
-        <f t="shared" ref="P47:P67" si="108">G47</f>
+      <c r="G48" s="4">
         <v>10442</v>
       </c>
-      <c r="Q47" s="15" t="e">
-[...38 lines deleted...]
-        <v>5703</v>
+      <c r="H48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="4">
+        <v>7390</v>
+      </c>
+      <c r="K48" s="4">
+        <v>6454</v>
+      </c>
+      <c r="L48" s="5">
+        <v>5824</v>
       </c>
       <c r="M48"/>
       <c r="N48" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" ref="N48:N68" si="109">E48</f>
+        <v>6008</v>
+      </c>
+      <c r="O48" s="15">
+        <f t="shared" ref="O48:O68" si="110">F48</f>
+        <v>6784</v>
+      </c>
+      <c r="P48" s="15">
+        <f t="shared" ref="P48:P68" si="111">G48</f>
+        <v>10442</v>
+      </c>
+      <c r="Q48" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R48" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="49" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="C49" s="24">
+        <v>11075</v>
+      </c>
+      <c r="D49" s="24">
+        <v>9893</v>
+      </c>
+      <c r="E49" s="24">
         <v>5911</v>
       </c>
-      <c r="O48" s="15">
-        <f t="shared" si="107"/>
+      <c r="F49" s="24">
         <v>6662</v>
       </c>
-      <c r="P48" s="15">
-        <f t="shared" si="108"/>
+      <c r="G49" s="24">
         <v>10262</v>
       </c>
-      <c r="Q48" s="15" t="e">
-[...38 lines deleted...]
-        <v>5667</v>
+      <c r="H49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="24">
+        <v>7250</v>
+      </c>
+      <c r="K49" s="24">
+        <v>6314</v>
+      </c>
+      <c r="L49" s="26">
+        <v>5703</v>
       </c>
       <c r="M49"/>
       <c r="N49" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>5911</v>
+      </c>
+      <c r="O49" s="15">
+        <f t="shared" si="110"/>
+        <v>6662</v>
+      </c>
+      <c r="P49" s="15">
+        <f t="shared" si="111"/>
+        <v>10262</v>
+      </c>
+      <c r="Q49" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R49" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="50" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="4">
+        <v>11066</v>
+      </c>
+      <c r="D50" s="4">
+        <v>9882</v>
+      </c>
+      <c r="E50" s="4">
         <v>5935</v>
       </c>
-      <c r="O49" s="15">
-        <f t="shared" si="107"/>
+      <c r="F50" s="4">
         <v>6667</v>
       </c>
-      <c r="P49" s="15">
-        <f t="shared" si="108"/>
+      <c r="G50" s="4">
         <v>10269</v>
       </c>
-      <c r="Q49" s="15" t="e">
-[...38 lines deleted...]
-        <v>5685</v>
+      <c r="H50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="4">
+        <v>7256</v>
+      </c>
+      <c r="K50" s="4">
+        <v>6300</v>
+      </c>
+      <c r="L50" s="5">
+        <v>5667</v>
       </c>
       <c r="M50"/>
       <c r="N50" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>5935</v>
+      </c>
+      <c r="O50" s="15">
+        <f t="shared" si="110"/>
+        <v>6667</v>
+      </c>
+      <c r="P50" s="15">
+        <f t="shared" si="111"/>
+        <v>10269</v>
+      </c>
+      <c r="Q50" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R50" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="51" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" s="24">
+        <v>11050</v>
+      </c>
+      <c r="D51" s="24">
+        <v>9870</v>
+      </c>
+      <c r="E51" s="24">
         <v>5964</v>
       </c>
-      <c r="O50" s="15">
-        <f t="shared" si="107"/>
+      <c r="F51" s="24">
         <v>6678</v>
       </c>
-      <c r="P50" s="15">
-        <f t="shared" si="108"/>
+      <c r="G51" s="24">
         <v>10274</v>
       </c>
-      <c r="Q50" s="15" t="e">
-[...38 lines deleted...]
-        <v>5682</v>
+      <c r="H51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="24">
+        <v>7247</v>
+      </c>
+      <c r="K51" s="24">
+        <v>6284</v>
+      </c>
+      <c r="L51" s="26">
+        <v>5685</v>
       </c>
       <c r="M51"/>
       <c r="N51" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>5964</v>
+      </c>
+      <c r="O51" s="15">
+        <f t="shared" si="110"/>
+        <v>6678</v>
+      </c>
+      <c r="P51" s="15">
+        <f t="shared" si="111"/>
+        <v>10274</v>
+      </c>
+      <c r="Q51" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R51" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="52" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" s="4">
+        <v>11029</v>
+      </c>
+      <c r="D52" s="4">
+        <v>9858</v>
+      </c>
+      <c r="E52" s="4">
         <v>5992</v>
       </c>
-      <c r="O51" s="15">
-        <f t="shared" si="107"/>
+      <c r="F52" s="4">
         <v>6690</v>
       </c>
-      <c r="P51" s="15">
-        <f t="shared" si="108"/>
+      <c r="G52" s="4">
         <v>10281</v>
       </c>
-      <c r="Q51" s="15" t="e">
-[...38 lines deleted...]
-        <v>5657</v>
+      <c r="H52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="4">
+        <v>7243</v>
+      </c>
+      <c r="K52" s="4">
+        <v>6274</v>
+      </c>
+      <c r="L52" s="5">
+        <v>5682</v>
       </c>
       <c r="M52"/>
       <c r="N52" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>5992</v>
+      </c>
+      <c r="O52" s="15">
+        <f t="shared" si="110"/>
+        <v>6690</v>
+      </c>
+      <c r="P52" s="15">
+        <f t="shared" si="111"/>
+        <v>10281</v>
+      </c>
+      <c r="Q52" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R52" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="53" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" s="24">
+        <v>10970</v>
+      </c>
+      <c r="D53" s="24">
+        <v>9806</v>
+      </c>
+      <c r="E53" s="24">
         <v>5989</v>
       </c>
-      <c r="O52" s="15">
-        <f t="shared" si="107"/>
+      <c r="F53" s="24">
         <v>6675</v>
       </c>
-      <c r="P52" s="15">
-        <f t="shared" si="108"/>
+      <c r="G53" s="24">
         <v>10245</v>
       </c>
-      <c r="Q52" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J53" s="4">
+      <c r="H53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="24">
         <v>7216</v>
       </c>
-      <c r="K53" s="4">
-[...3 lines deleted...]
-        <v>5619</v>
+      <c r="K53" s="24">
+        <v>6240</v>
+      </c>
+      <c r="L53" s="26">
+        <v>5657</v>
       </c>
       <c r="M53"/>
       <c r="N53" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>5989</v>
+      </c>
+      <c r="O53" s="15">
+        <f t="shared" si="110"/>
+        <v>6675</v>
+      </c>
+      <c r="P53" s="15">
+        <f t="shared" si="111"/>
+        <v>10245</v>
+      </c>
+      <c r="Q53" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R53" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" s="4">
+        <v>10957</v>
+      </c>
+      <c r="D54" s="4">
+        <v>9797</v>
+      </c>
+      <c r="E54" s="4">
         <v>6017</v>
       </c>
-      <c r="O53" s="15">
-        <f t="shared" si="107"/>
+      <c r="F54" s="4">
         <v>6703</v>
       </c>
-      <c r="P53" s="15">
-        <f t="shared" si="108"/>
+      <c r="G54" s="4">
         <v>10252</v>
       </c>
-      <c r="Q53" s="15" t="e">
-[...38 lines deleted...]
-        <v>5639</v>
+      <c r="H54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="4">
+        <v>7216</v>
+      </c>
+      <c r="K54" s="4">
+        <v>6218</v>
+      </c>
+      <c r="L54" s="5">
+        <v>5619</v>
       </c>
       <c r="M54"/>
       <c r="N54" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6017</v>
+      </c>
+      <c r="O54" s="15">
+        <f t="shared" si="110"/>
+        <v>6703</v>
+      </c>
+      <c r="P54" s="15">
+        <f t="shared" si="111"/>
+        <v>10252</v>
+      </c>
+      <c r="Q54" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R54" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" s="24">
+        <v>10948</v>
+      </c>
+      <c r="D55" s="24">
+        <v>9788</v>
+      </c>
+      <c r="E55" s="24">
         <v>6046</v>
       </c>
-      <c r="O54" s="15">
-        <f t="shared" si="107"/>
+      <c r="F55" s="24">
         <v>6737</v>
       </c>
-      <c r="P54" s="15">
-        <f t="shared" si="108"/>
+      <c r="G55" s="24">
         <v>10257</v>
       </c>
-      <c r="Q54" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J55" s="4">
+      <c r="H55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="24">
         <v>7207</v>
       </c>
-      <c r="K55" s="4">
-[...3 lines deleted...]
-        <v>5635</v>
+      <c r="K55" s="24">
+        <v>6197</v>
+      </c>
+      <c r="L55" s="26">
+        <v>5639</v>
       </c>
       <c r="M55"/>
       <c r="N55" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6046</v>
+      </c>
+      <c r="O55" s="15">
+        <f t="shared" si="110"/>
+        <v>6737</v>
+      </c>
+      <c r="P55" s="15">
+        <f t="shared" si="111"/>
+        <v>10257</v>
+      </c>
+      <c r="Q55" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R55" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C56" s="4">
+        <v>10929</v>
+      </c>
+      <c r="D56" s="4">
+        <v>9777</v>
+      </c>
+      <c r="E56" s="4">
         <v>6083</v>
       </c>
-      <c r="O55" s="15">
-        <f t="shared" si="107"/>
+      <c r="F56" s="4">
         <v>6784</v>
       </c>
-      <c r="P55" s="15">
-        <f t="shared" si="108"/>
+      <c r="G56" s="4">
         <v>10262</v>
       </c>
-      <c r="Q55" s="15" t="e">
-[...38 lines deleted...]
-        <v>5544</v>
+      <c r="H56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="4">
+        <v>7207</v>
+      </c>
+      <c r="K56" s="4">
+        <v>6188</v>
+      </c>
+      <c r="L56" s="5">
+        <v>5635</v>
       </c>
       <c r="M56"/>
       <c r="N56" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6083</v>
+      </c>
+      <c r="O56" s="15">
+        <f t="shared" si="110"/>
+        <v>6784</v>
+      </c>
+      <c r="P56" s="15">
+        <f t="shared" si="111"/>
+        <v>10262</v>
+      </c>
+      <c r="Q56" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R56" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="57" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" s="24">
+        <v>10778</v>
+      </c>
+      <c r="D57" s="24">
+        <v>9641</v>
+      </c>
+      <c r="E57" s="24">
         <v>6021</v>
       </c>
-      <c r="O56" s="15">
-        <f t="shared" si="107"/>
+      <c r="F57" s="24">
         <v>6714</v>
       </c>
-      <c r="P56" s="15">
-        <f t="shared" si="108"/>
+      <c r="G57" s="24">
         <v>10141</v>
       </c>
-      <c r="Q56" s="15" t="e">
-[...38 lines deleted...]
-        <v>5519</v>
+      <c r="H57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="24">
+        <v>7104</v>
+      </c>
+      <c r="K57" s="24">
+        <v>6076</v>
+      </c>
+      <c r="L57" s="26">
+        <v>5544</v>
       </c>
       <c r="M57"/>
       <c r="N57" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6021</v>
+      </c>
+      <c r="O57" s="15">
+        <f t="shared" si="110"/>
+        <v>6714</v>
+      </c>
+      <c r="P57" s="15">
+        <f t="shared" si="111"/>
+        <v>10141</v>
+      </c>
+      <c r="Q57" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R57" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="58" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C58" s="4">
+        <v>10765</v>
+      </c>
+      <c r="D58" s="4">
+        <v>9636</v>
+      </c>
+      <c r="E58" s="4">
         <v>6060</v>
       </c>
-      <c r="O57" s="15">
-        <f t="shared" si="107"/>
+      <c r="F58" s="4">
         <v>6758</v>
       </c>
-      <c r="P57" s="15">
-        <f t="shared" si="108"/>
+      <c r="G58" s="4">
         <v>10153</v>
       </c>
-      <c r="Q57" s="15" t="e">
-[...38 lines deleted...]
-        <v>5525</v>
+      <c r="H58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="4">
+        <v>7112</v>
+      </c>
+      <c r="K58" s="4">
+        <v>6061</v>
+      </c>
+      <c r="L58" s="5">
+        <v>5519</v>
       </c>
       <c r="M58"/>
       <c r="N58" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6060</v>
+      </c>
+      <c r="O58" s="15">
+        <f t="shared" si="110"/>
+        <v>6758</v>
+      </c>
+      <c r="P58" s="15">
+        <f t="shared" si="111"/>
+        <v>10153</v>
+      </c>
+      <c r="Q58" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R58" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="59" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" s="24">
+        <v>10754</v>
+      </c>
+      <c r="D59" s="24">
+        <v>9634</v>
+      </c>
+      <c r="E59" s="24">
         <v>6100</v>
       </c>
-      <c r="O58" s="15">
-        <f t="shared" si="107"/>
+      <c r="F59" s="24">
         <v>6793</v>
       </c>
-      <c r="P58" s="15">
-        <f t="shared" si="108"/>
+      <c r="G59" s="24">
         <v>10163</v>
       </c>
-      <c r="Q58" s="15" t="e">
-[...38 lines deleted...]
-        <v>5526</v>
+      <c r="H59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="24">
+        <v>7101</v>
+      </c>
+      <c r="K59" s="24">
+        <v>6053</v>
+      </c>
+      <c r="L59" s="26">
+        <v>5525</v>
       </c>
       <c r="M59"/>
       <c r="N59" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6100</v>
+      </c>
+      <c r="O59" s="15">
+        <f t="shared" si="110"/>
+        <v>6793</v>
+      </c>
+      <c r="P59" s="15">
+        <f t="shared" si="111"/>
+        <v>10163</v>
+      </c>
+      <c r="Q59" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R59" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="60" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="4">
+        <v>10740</v>
+      </c>
+      <c r="D60" s="4">
+        <v>9629</v>
+      </c>
+      <c r="E60" s="4">
         <v>6144</v>
       </c>
-      <c r="O59" s="15">
-        <f t="shared" si="107"/>
+      <c r="F60" s="4">
         <v>6825</v>
       </c>
-      <c r="P59" s="15">
-        <f t="shared" si="108"/>
+      <c r="G60" s="4">
         <v>10167</v>
       </c>
-      <c r="Q59" s="15" t="e">
-[...38 lines deleted...]
-        <v>5428</v>
+      <c r="H60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="4">
+        <v>7104</v>
+      </c>
+      <c r="K60" s="4">
+        <v>6039</v>
+      </c>
+      <c r="L60" s="5">
+        <v>5526</v>
       </c>
       <c r="M60"/>
       <c r="N60" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6144</v>
+      </c>
+      <c r="O60" s="15">
+        <f t="shared" si="110"/>
+        <v>6825</v>
+      </c>
+      <c r="P60" s="15">
+        <f t="shared" si="111"/>
+        <v>10167</v>
+      </c>
+      <c r="Q60" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R60" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="61" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C61" s="24">
+        <v>10552</v>
+      </c>
+      <c r="D61" s="24">
+        <v>9460</v>
+      </c>
+      <c r="E61" s="24">
         <v>6094</v>
       </c>
-      <c r="O60" s="15">
-        <f t="shared" si="107"/>
+      <c r="F61" s="24">
         <v>6748</v>
       </c>
-      <c r="P60" s="15">
-        <f t="shared" si="108"/>
+      <c r="G61" s="24">
         <v>10004</v>
       </c>
-      <c r="Q60" s="15" t="e">
-[...38 lines deleted...]
-        <v>5393</v>
+      <c r="H61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="24">
+        <v>6989</v>
+      </c>
+      <c r="K61" s="24">
+        <v>5920</v>
+      </c>
+      <c r="L61" s="26">
+        <v>5428</v>
       </c>
       <c r="M61"/>
       <c r="N61" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6094</v>
+      </c>
+      <c r="O61" s="15">
+        <f t="shared" si="110"/>
+        <v>6748</v>
+      </c>
+      <c r="P61" s="15">
+        <f t="shared" si="111"/>
+        <v>10004</v>
+      </c>
+      <c r="Q61" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R61" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="62" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C62" s="4">
+        <v>10539</v>
+      </c>
+      <c r="D62" s="4">
+        <v>9406</v>
+      </c>
+      <c r="E62" s="4">
         <v>6170</v>
       </c>
-      <c r="O61" s="15">
-        <f t="shared" si="107"/>
+      <c r="F62" s="4">
         <v>6812</v>
       </c>
-      <c r="P61" s="15">
-        <f t="shared" si="108"/>
+      <c r="G62" s="4">
         <v>10005</v>
       </c>
-      <c r="Q61" s="15" t="e">
-[...38 lines deleted...]
-        <v>5397</v>
+      <c r="H62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="4">
+        <v>6993</v>
+      </c>
+      <c r="K62" s="4">
+        <v>5907</v>
+      </c>
+      <c r="L62" s="5">
+        <v>5393</v>
       </c>
       <c r="M62"/>
       <c r="N62" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6170</v>
+      </c>
+      <c r="O62" s="15">
+        <f t="shared" si="110"/>
+        <v>6812</v>
+      </c>
+      <c r="P62" s="15">
+        <f t="shared" si="111"/>
+        <v>10005</v>
+      </c>
+      <c r="Q62" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R62" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="63" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="C63" s="24">
+        <v>10527</v>
+      </c>
+      <c r="D63" s="24">
+        <v>9358</v>
+      </c>
+      <c r="E63" s="24">
         <v>6237</v>
       </c>
-      <c r="O62" s="15">
-        <f t="shared" si="107"/>
+      <c r="F63" s="24">
         <v>6860</v>
       </c>
-      <c r="P62" s="15">
-        <f t="shared" si="108"/>
+      <c r="G63" s="24">
         <v>10006</v>
       </c>
-      <c r="Q62" s="15" t="e">
-[...38 lines deleted...]
-        <v>5386</v>
+      <c r="H63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="24">
+        <v>6978</v>
+      </c>
+      <c r="K63" s="24">
+        <v>5892</v>
+      </c>
+      <c r="L63" s="26">
+        <v>5397</v>
       </c>
       <c r="M63"/>
       <c r="N63" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6237</v>
+      </c>
+      <c r="O63" s="15">
+        <f t="shared" si="110"/>
+        <v>6860</v>
+      </c>
+      <c r="P63" s="15">
+        <f t="shared" si="111"/>
+        <v>10006</v>
+      </c>
+      <c r="Q63" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R63" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="64" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C64" s="4">
+        <v>10511</v>
+      </c>
+      <c r="D64" s="4">
+        <v>9339</v>
+      </c>
+      <c r="E64" s="4">
         <v>6315</v>
       </c>
-      <c r="O63" s="15">
-        <f t="shared" si="107"/>
+      <c r="F64" s="4">
         <v>6919</v>
       </c>
-      <c r="P63" s="15">
-        <f t="shared" si="108"/>
+      <c r="G64" s="4">
         <v>10005</v>
       </c>
-      <c r="Q63" s="15" t="e">
-[...38 lines deleted...]
-        <v>5194</v>
+      <c r="H64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="4">
+        <v>6977</v>
+      </c>
+      <c r="K64" s="4">
+        <v>5864</v>
+      </c>
+      <c r="L64" s="5">
+        <v>5386</v>
       </c>
       <c r="M64"/>
       <c r="N64" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6315</v>
+      </c>
+      <c r="O64" s="15">
+        <f t="shared" si="110"/>
+        <v>6919</v>
+      </c>
+      <c r="P64" s="15">
+        <f t="shared" si="111"/>
+        <v>10005</v>
+      </c>
+      <c r="Q64" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R64" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="65" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" s="24">
+        <v>10123</v>
+      </c>
+      <c r="D65" s="24">
+        <v>8989</v>
+      </c>
+      <c r="E65" s="24">
         <v>6140</v>
       </c>
-      <c r="O64" s="15">
-        <f t="shared" si="107"/>
+      <c r="F65" s="24">
         <v>6671</v>
       </c>
-      <c r="P64" s="15">
-        <f t="shared" si="108"/>
+      <c r="G65" s="24">
         <v>9656</v>
       </c>
-      <c r="Q64" s="15" t="e">
-[...38 lines deleted...]
-        <v>5158</v>
+      <c r="H65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="24">
+        <v>6744</v>
+      </c>
+      <c r="K65" s="24">
+        <v>5660</v>
+      </c>
+      <c r="L65" s="26">
+        <v>5194</v>
       </c>
       <c r="M65"/>
       <c r="N65" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6140</v>
+      </c>
+      <c r="O65" s="15">
+        <f t="shared" si="110"/>
+        <v>6671</v>
+      </c>
+      <c r="P65" s="15">
+        <f t="shared" si="111"/>
+        <v>9656</v>
+      </c>
+      <c r="Q65" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R65" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="66" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C66" s="4">
+        <v>10101</v>
+      </c>
+      <c r="D66" s="4">
+        <v>8970</v>
+      </c>
+      <c r="E66" s="4">
         <v>6091</v>
       </c>
-      <c r="O65" s="15">
-        <f t="shared" si="107"/>
+      <c r="F66" s="4">
         <v>6370</v>
       </c>
-      <c r="P65" s="15">
-        <f t="shared" si="108"/>
+      <c r="G66" s="4">
         <v>9665</v>
       </c>
-      <c r="Q65" s="15" t="e">
-[...38 lines deleted...]
-        <v>5162</v>
+      <c r="H66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="4">
+        <v>6748</v>
+      </c>
+      <c r="K66" s="4">
+        <v>5640</v>
+      </c>
+      <c r="L66" s="5">
+        <v>5158</v>
       </c>
       <c r="M66"/>
       <c r="N66" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6091</v>
+      </c>
+      <c r="O66" s="15">
+        <f t="shared" si="110"/>
+        <v>6370</v>
+      </c>
+      <c r="P66" s="15">
+        <f t="shared" si="111"/>
+        <v>9665</v>
+      </c>
+      <c r="Q66" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R66" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="67" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="C67" s="24">
+        <v>10075</v>
+      </c>
+      <c r="D67" s="24">
+        <v>8953</v>
+      </c>
+      <c r="E67" s="24">
         <v>6059</v>
       </c>
-      <c r="O66" s="15">
-        <f t="shared" si="107"/>
+      <c r="F67" s="24">
         <v>6133</v>
       </c>
-      <c r="P66" s="15">
-        <f t="shared" si="108"/>
+      <c r="G67" s="24">
         <v>9669</v>
       </c>
-      <c r="Q66" s="15" t="e">
-[...38 lines deleted...]
-        <v>5154</v>
+      <c r="H67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="24">
+        <v>6738</v>
+      </c>
+      <c r="K67" s="24">
+        <v>5618</v>
+      </c>
+      <c r="L67" s="26">
+        <v>5162</v>
       </c>
       <c r="M67"/>
       <c r="N67" s="15">
-        <f t="shared" si="106"/>
+        <f t="shared" si="109"/>
+        <v>6059</v>
+      </c>
+      <c r="O67" s="15">
+        <f t="shared" si="110"/>
+        <v>6133</v>
+      </c>
+      <c r="P67" s="15">
+        <f t="shared" si="111"/>
+        <v>9669</v>
+      </c>
+      <c r="Q67" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R67" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="68" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C68" s="4">
+        <v>10043</v>
+      </c>
+      <c r="D68" s="4">
+        <v>8932</v>
+      </c>
+      <c r="E68" s="4">
         <v>6067</v>
       </c>
-      <c r="O67" s="15">
-        <f t="shared" si="107"/>
+      <c r="F68" s="4">
         <v>6117</v>
       </c>
-      <c r="P67" s="15">
-        <f t="shared" si="108"/>
+      <c r="G68" s="4">
         <v>9670</v>
       </c>
-      <c r="Q67" s="15" t="e">
-[...7 lines deleted...]
-      <c r="B68" s="29" t="s">
+      <c r="H68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="4">
+        <v>6740</v>
+      </c>
+      <c r="K68" s="4">
+        <v>5598</v>
+      </c>
+      <c r="L68" s="5">
+        <v>5154</v>
+      </c>
+      <c r="M68"/>
+      <c r="N68" s="15">
+        <f t="shared" si="109"/>
+        <v>6067</v>
+      </c>
+      <c r="O68" s="15">
+        <f t="shared" si="110"/>
+        <v>6117</v>
+      </c>
+      <c r="P68" s="15">
+        <f t="shared" si="111"/>
+        <v>9670</v>
+      </c>
+      <c r="Q68" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R68" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="69" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C69" s="24">
         <v>10045</v>
       </c>
-      <c r="D68" s="24">
+      <c r="D69" s="24">
         <v>8904</v>
       </c>
-      <c r="E68" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H68" s="32">
+      <c r="E69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H69" s="32">
         <v>9681</v>
       </c>
-      <c r="I68" s="32">
+      <c r="I69" s="32">
         <v>6076</v>
       </c>
-      <c r="J68" s="24">
+      <c r="J69" s="24">
         <v>6743</v>
       </c>
-      <c r="K68" s="24">
+      <c r="K69" s="24">
         <v>5580</v>
       </c>
-      <c r="L68" s="26">
+      <c r="L69" s="26">
         <v>5145</v>
-      </c>
-[...51 lines deleted...]
-        <v>5121</v>
       </c>
       <c r="M69"/>
       <c r="N69" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O69" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P69" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q69" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" ref="Q69:Q108" si="112">H69</f>
+        <v>9681</v>
+      </c>
+      <c r="R69" s="15">
+        <f t="shared" ref="R69:R108" si="113">I69</f>
+        <v>6076</v>
+      </c>
+    </row>
+    <row r="70" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C70" s="4">
+        <v>10031</v>
+      </c>
+      <c r="D70" s="4">
+        <v>8881</v>
+      </c>
+      <c r="E70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="18">
         <v>9674</v>
       </c>
-      <c r="R69" s="15">
-        <f t="shared" si="110"/>
+      <c r="I70" s="18">
         <v>6071</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>5129</v>
+      <c r="J70" s="4">
+        <v>6754</v>
+      </c>
+      <c r="K70" s="4">
+        <v>5570</v>
+      </c>
+      <c r="L70" s="5">
+        <v>5121</v>
       </c>
       <c r="M70"/>
       <c r="N70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q70" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>9674</v>
+      </c>
+      <c r="R70" s="15">
+        <f t="shared" si="113"/>
+        <v>6071</v>
+      </c>
+    </row>
+    <row r="71" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="C71" s="24">
+        <v>10013</v>
+      </c>
+      <c r="D71" s="24">
+        <v>8863</v>
+      </c>
+      <c r="E71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="32">
         <v>9666</v>
       </c>
-      <c r="R70" s="15">
-        <f t="shared" si="110"/>
+      <c r="I71" s="32">
         <v>6067</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>5123</v>
+      <c r="J71" s="24">
+        <v>6755</v>
+      </c>
+      <c r="K71" s="24">
+        <v>5556</v>
+      </c>
+      <c r="L71" s="26">
+        <v>5129</v>
       </c>
       <c r="M71"/>
       <c r="N71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q71" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>9666</v>
+      </c>
+      <c r="R71" s="15">
+        <f t="shared" si="113"/>
+        <v>6067</v>
+      </c>
+    </row>
+    <row r="72" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="4">
+        <v>9983</v>
+      </c>
+      <c r="D72" s="4">
+        <v>8840</v>
+      </c>
+      <c r="E72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="18">
         <v>9661</v>
       </c>
-      <c r="R71" s="15">
-        <f t="shared" si="110"/>
+      <c r="I72" s="18">
         <v>6063</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4989</v>
+      <c r="J72" s="4">
+        <v>6765</v>
+      </c>
+      <c r="K72" s="4">
+        <v>5560</v>
+      </c>
+      <c r="L72" s="5">
+        <v>5123</v>
       </c>
       <c r="M72"/>
       <c r="N72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q72" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>9661</v>
+      </c>
+      <c r="R72" s="15">
+        <f t="shared" si="113"/>
+        <v>6063</v>
+      </c>
+    </row>
+    <row r="73" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C73" s="24">
+        <v>9638</v>
+      </c>
+      <c r="D73" s="24">
+        <v>8538</v>
+      </c>
+      <c r="E73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="32">
         <v>9337</v>
       </c>
-      <c r="R72" s="15">
-        <f t="shared" si="110"/>
+      <c r="I73" s="32">
         <v>5893</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4966</v>
+      <c r="J73" s="24">
+        <v>6577</v>
+      </c>
+      <c r="K73" s="24">
+        <v>5412</v>
+      </c>
+      <c r="L73" s="26">
+        <v>4989</v>
       </c>
       <c r="M73"/>
       <c r="N73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q73" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>9337</v>
+      </c>
+      <c r="R73" s="15">
+        <f t="shared" si="113"/>
+        <v>5893</v>
+      </c>
+    </row>
+    <row r="74" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C74" s="4">
+        <v>9624</v>
+      </c>
+      <c r="D74" s="4">
+        <v>8528</v>
+      </c>
+      <c r="E74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="18">
         <v>9327</v>
       </c>
-      <c r="R73" s="15">
-        <f t="shared" si="110"/>
+      <c r="I74" s="18">
         <v>5887</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4507</v>
+      <c r="J74" s="4">
+        <v>6588</v>
+      </c>
+      <c r="K74" s="4">
+        <v>5395</v>
+      </c>
+      <c r="L74" s="5">
+        <v>4966</v>
       </c>
       <c r="M74"/>
       <c r="N74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q74" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>9327</v>
+      </c>
+      <c r="R74" s="15">
+        <f t="shared" si="113"/>
+        <v>5887</v>
+      </c>
+    </row>
+    <row r="75" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="C75" s="24">
+        <v>9137</v>
+      </c>
+      <c r="D75" s="24">
+        <v>8046</v>
+      </c>
+      <c r="E75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="32">
         <v>8850</v>
       </c>
-      <c r="R74" s="15">
-        <f t="shared" si="110"/>
+      <c r="I75" s="32">
         <v>5412</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4499</v>
+      <c r="J75" s="24">
+        <v>6115</v>
+      </c>
+      <c r="K75" s="24">
+        <v>4908</v>
+      </c>
+      <c r="L75" s="26">
+        <v>4507</v>
       </c>
       <c r="M75"/>
       <c r="N75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q75" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8850</v>
+      </c>
+      <c r="R75" s="15">
+        <f t="shared" si="113"/>
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="76" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C76" s="4">
+        <v>9111</v>
+      </c>
+      <c r="D76" s="4">
+        <v>8032</v>
+      </c>
+      <c r="E76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="18">
         <v>8842</v>
       </c>
-      <c r="R75" s="15">
-        <f t="shared" si="110"/>
+      <c r="I76" s="18">
         <v>5405</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4278</v>
+      <c r="J76" s="4">
+        <v>6127</v>
+      </c>
+      <c r="K76" s="4">
+        <v>4896</v>
+      </c>
+      <c r="L76" s="5">
+        <v>4499</v>
       </c>
       <c r="M76"/>
       <c r="N76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q76" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8842</v>
+      </c>
+      <c r="R76" s="15">
+        <f t="shared" si="113"/>
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="77" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="C77" s="24">
+        <v>8747</v>
+      </c>
+      <c r="D77" s="24">
+        <v>7699</v>
+      </c>
+      <c r="E77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="32">
         <v>8496</v>
       </c>
-      <c r="R76" s="15">
-        <f t="shared" si="110"/>
+      <c r="I77" s="32">
         <v>5161</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4254</v>
+      <c r="J77" s="24">
+        <v>5875</v>
+      </c>
+      <c r="K77" s="24">
+        <v>4668</v>
+      </c>
+      <c r="L77" s="26">
+        <v>4278</v>
       </c>
       <c r="M77"/>
       <c r="N77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q77" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8496</v>
+      </c>
+      <c r="R77" s="15">
+        <f t="shared" si="113"/>
+        <v>5161</v>
+      </c>
+    </row>
+    <row r="78" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C78" s="4">
+        <v>8737</v>
+      </c>
+      <c r="D78" s="4">
+        <v>7688</v>
+      </c>
+      <c r="E78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="18">
         <v>8486</v>
       </c>
-      <c r="R77" s="15">
-        <f t="shared" si="110"/>
+      <c r="I78" s="18">
         <v>5156</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4263</v>
+      <c r="J78" s="4">
+        <v>5886</v>
+      </c>
+      <c r="K78" s="4">
+        <v>4655</v>
+      </c>
+      <c r="L78" s="5">
+        <v>4254</v>
       </c>
       <c r="M78"/>
       <c r="N78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q78" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8486</v>
+      </c>
+      <c r="R78" s="15">
+        <f t="shared" si="113"/>
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="79" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="C79" s="24">
+        <v>8722</v>
+      </c>
+      <c r="D79" s="24">
+        <v>7682</v>
+      </c>
+      <c r="E79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="32">
         <v>8475</v>
       </c>
-      <c r="R78" s="15">
-        <f t="shared" si="110"/>
+      <c r="I79" s="32">
         <v>5152</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4255</v>
+      <c r="J79" s="24">
+        <v>5885</v>
+      </c>
+      <c r="K79" s="24">
+        <v>4644</v>
+      </c>
+      <c r="L79" s="26">
+        <v>4263</v>
       </c>
       <c r="M79"/>
       <c r="N79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q79" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8475</v>
+      </c>
+      <c r="R79" s="15">
+        <f t="shared" si="113"/>
+        <v>5152</v>
+      </c>
+    </row>
+    <row r="80" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C80" s="4">
+        <v>8701</v>
+      </c>
+      <c r="D80" s="4">
+        <v>7675</v>
+      </c>
+      <c r="E80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="18">
         <v>8467</v>
       </c>
-      <c r="R79" s="15">
-        <f t="shared" si="110"/>
+      <c r="I80" s="18">
         <v>5148</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3999</v>
+      <c r="J80" s="4">
+        <v>5893</v>
+      </c>
+      <c r="K80" s="4">
+        <v>4634</v>
+      </c>
+      <c r="L80" s="5">
+        <v>4255</v>
       </c>
       <c r="M80"/>
       <c r="N80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q80" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>8467</v>
+      </c>
+      <c r="R80" s="15">
+        <f t="shared" si="113"/>
+        <v>5148</v>
+      </c>
+    </row>
+    <row r="81" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="C81" s="24">
+        <v>8187</v>
+      </c>
+      <c r="D81" s="24">
+        <v>7241</v>
+      </c>
+      <c r="E81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="32">
         <v>7962</v>
       </c>
-      <c r="R80" s="15">
-        <f t="shared" si="110"/>
+      <c r="I81" s="32">
         <v>4847</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3976</v>
+      <c r="J81" s="24">
+        <v>5546</v>
+      </c>
+      <c r="K81" s="24">
+        <v>4358</v>
+      </c>
+      <c r="L81" s="26">
+        <v>3999</v>
       </c>
       <c r="M81"/>
       <c r="N81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q81" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7962</v>
+      </c>
+      <c r="R81" s="15">
+        <f t="shared" si="113"/>
+        <v>4847</v>
+      </c>
+    </row>
+    <row r="82" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C82" s="4">
+        <v>8176</v>
+      </c>
+      <c r="D82" s="4">
+        <v>7231</v>
+      </c>
+      <c r="E82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="18">
         <v>7950</v>
       </c>
-      <c r="R81" s="15">
-        <f t="shared" si="110"/>
+      <c r="I82" s="18">
         <v>4844</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3980</v>
+      <c r="J82" s="4">
+        <v>5559</v>
+      </c>
+      <c r="K82" s="4">
+        <v>4346</v>
+      </c>
+      <c r="L82" s="5">
+        <v>3976</v>
       </c>
       <c r="M82"/>
       <c r="N82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q82" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7950</v>
+      </c>
+      <c r="R82" s="15">
+        <f t="shared" si="113"/>
+        <v>4844</v>
+      </c>
+    </row>
+    <row r="83" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="C83" s="24">
+        <v>8163</v>
+      </c>
+      <c r="D83" s="24">
+        <v>7223</v>
+      </c>
+      <c r="E83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="32">
         <v>7937</v>
       </c>
-      <c r="R82" s="15">
-        <f t="shared" si="110"/>
+      <c r="I83" s="32">
         <v>4839</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3968</v>
+      <c r="J83" s="24">
+        <v>5557</v>
+      </c>
+      <c r="K83" s="24">
+        <v>4335</v>
+      </c>
+      <c r="L83" s="26">
+        <v>3980</v>
       </c>
       <c r="M83"/>
       <c r="N83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q83" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7937</v>
+      </c>
+      <c r="R83" s="15">
+        <f t="shared" si="113"/>
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="84" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C84" s="4">
+        <v>8138</v>
+      </c>
+      <c r="D84" s="4">
+        <v>7213</v>
+      </c>
+      <c r="E84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="18">
         <v>7924</v>
       </c>
-      <c r="R83" s="15">
-        <f t="shared" si="110"/>
+      <c r="I84" s="18">
         <v>4802</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3780</v>
+      <c r="J84" s="4">
+        <v>5561</v>
+      </c>
+      <c r="K84" s="4">
+        <v>4321</v>
+      </c>
+      <c r="L84" s="5">
+        <v>3968</v>
       </c>
       <c r="M84"/>
       <c r="N84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q84" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7924</v>
+      </c>
+      <c r="R84" s="15">
+        <f t="shared" si="113"/>
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="85" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="C85" s="24">
+        <v>7744</v>
+      </c>
+      <c r="D85" s="24">
+        <v>6914</v>
+      </c>
+      <c r="E85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="32">
         <v>7537</v>
       </c>
-      <c r="R84" s="15">
-        <f t="shared" si="110"/>
+      <c r="I85" s="32">
         <v>4584</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3761</v>
+      <c r="J85" s="24">
+        <v>5291</v>
+      </c>
+      <c r="K85" s="24">
+        <v>4123</v>
+      </c>
+      <c r="L85" s="26">
+        <v>3780</v>
       </c>
       <c r="M85"/>
       <c r="N85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q85" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7537</v>
+      </c>
+      <c r="R85" s="15">
+        <f t="shared" si="113"/>
+        <v>4584</v>
+      </c>
+    </row>
+    <row r="86" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C86" s="4">
+        <v>7731</v>
+      </c>
+      <c r="D86" s="4">
+        <v>6913</v>
+      </c>
+      <c r="E86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="18">
         <v>7525</v>
       </c>
-      <c r="R85" s="15">
-        <f t="shared" si="110"/>
+      <c r="I86" s="18">
         <v>4580</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3759</v>
+      <c r="J86" s="4">
+        <v>5302</v>
+      </c>
+      <c r="K86" s="4">
+        <v>4116</v>
+      </c>
+      <c r="L86" s="5">
+        <v>3761</v>
       </c>
       <c r="M86"/>
       <c r="N86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q86" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7525</v>
+      </c>
+      <c r="R86" s="15">
+        <f t="shared" si="113"/>
+        <v>4580</v>
+      </c>
+    </row>
+    <row r="87" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C87" s="24">
+        <v>7720</v>
+      </c>
+      <c r="D87" s="24">
+        <v>6913</v>
+      </c>
+      <c r="E87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="32">
         <v>7513</v>
       </c>
-      <c r="R86" s="15">
-        <f t="shared" si="110"/>
+      <c r="I87" s="32">
         <v>4582</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3748</v>
+      <c r="J87" s="24">
+        <v>5304</v>
+      </c>
+      <c r="K87" s="24">
+        <v>4107</v>
+      </c>
+      <c r="L87" s="26">
+        <v>3759</v>
       </c>
       <c r="M87"/>
       <c r="N87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q87" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7513</v>
+      </c>
+      <c r="R87" s="15">
+        <f t="shared" si="113"/>
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="88" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C88" s="4">
+        <v>7698</v>
+      </c>
+      <c r="D88" s="4">
+        <v>6910</v>
+      </c>
+      <c r="E88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="18">
         <v>7501</v>
       </c>
-      <c r="R87" s="15">
-        <f t="shared" si="110"/>
+      <c r="I88" s="18">
         <v>4571</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3530</v>
+      <c r="J88" s="4">
+        <v>5311</v>
+      </c>
+      <c r="K88" s="4">
+        <v>4093</v>
+      </c>
+      <c r="L88" s="5">
+        <v>3748</v>
       </c>
       <c r="M88"/>
       <c r="N88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q88" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7501</v>
+      </c>
+      <c r="R88" s="15">
+        <f t="shared" si="113"/>
+        <v>4571</v>
+      </c>
+    </row>
+    <row r="89" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="C89" s="24">
+        <v>7270</v>
+      </c>
+      <c r="D89" s="24">
+        <v>6537</v>
+      </c>
+      <c r="E89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="32">
         <v>7088</v>
       </c>
-      <c r="R88" s="15">
-        <f t="shared" si="110"/>
+      <c r="I89" s="32">
         <v>4315</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3515</v>
+      <c r="J89" s="24">
+        <v>5028</v>
+      </c>
+      <c r="K89" s="24">
+        <v>3862</v>
+      </c>
+      <c r="L89" s="26">
+        <v>3530</v>
       </c>
       <c r="M89"/>
       <c r="N89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q89" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7088</v>
+      </c>
+      <c r="R89" s="15">
+        <f t="shared" si="113"/>
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="90" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C90" s="4">
+        <v>7260</v>
+      </c>
+      <c r="D90" s="4">
+        <v>6545</v>
+      </c>
+      <c r="E90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="18">
         <v>7079</v>
       </c>
-      <c r="R89" s="15">
-        <f t="shared" si="110"/>
+      <c r="I90" s="18">
         <v>4313</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3512</v>
+      <c r="J90" s="4">
+        <v>5039</v>
+      </c>
+      <c r="K90" s="4">
+        <v>3857</v>
+      </c>
+      <c r="L90" s="5">
+        <v>3515</v>
       </c>
       <c r="M90"/>
       <c r="N90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q90" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7079</v>
+      </c>
+      <c r="R90" s="15">
+        <f t="shared" si="113"/>
+        <v>4313</v>
+      </c>
+    </row>
+    <row r="91" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="C91" s="24">
+        <v>7247</v>
+      </c>
+      <c r="D91" s="24">
+        <v>6551</v>
+      </c>
+      <c r="E91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="32">
         <v>7070</v>
       </c>
-      <c r="R90" s="15">
-        <f t="shared" si="110"/>
+      <c r="I91" s="32">
         <v>4315</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3503</v>
+      <c r="J91" s="24">
+        <v>5038</v>
+      </c>
+      <c r="K91" s="24">
+        <v>3848</v>
+      </c>
+      <c r="L91" s="26">
+        <v>3512</v>
       </c>
       <c r="M91"/>
       <c r="N91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q91" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7070</v>
+      </c>
+      <c r="R91" s="15">
+        <f t="shared" si="113"/>
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="92" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C92" s="4">
+        <v>7225</v>
+      </c>
+      <c r="D92" s="4">
+        <v>6558</v>
+      </c>
+      <c r="E92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="18">
         <v>7059</v>
       </c>
-      <c r="R91" s="15">
-        <f t="shared" si="110"/>
+      <c r="I92" s="18">
         <v>4316</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3440</v>
+      <c r="J92" s="4">
+        <v>5046</v>
+      </c>
+      <c r="K92" s="4">
+        <v>3841</v>
+      </c>
+      <c r="L92" s="5">
+        <v>3503</v>
       </c>
       <c r="M92"/>
       <c r="N92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q92" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>7059</v>
+      </c>
+      <c r="R92" s="15">
+        <f t="shared" si="113"/>
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="93" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C93" s="24">
+        <v>7075</v>
+      </c>
+      <c r="D93" s="24">
+        <v>6432</v>
+      </c>
+      <c r="E93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="32">
         <v>6911</v>
       </c>
-      <c r="R92" s="15">
-        <f t="shared" si="110"/>
+      <c r="I93" s="32">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3426</v>
+      <c r="J93" s="24">
+        <v>4963</v>
+      </c>
+      <c r="K93" s="24">
+        <v>3770</v>
+      </c>
+      <c r="L93" s="26">
+        <v>3440</v>
       </c>
       <c r="M93"/>
       <c r="N93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q93" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6911</v>
+      </c>
+      <c r="R93" s="15">
+        <f t="shared" si="113"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="94" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C94" s="4">
+        <v>7070</v>
+      </c>
+      <c r="D94" s="4">
+        <v>6436</v>
+      </c>
+      <c r="E94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="18">
         <v>6903</v>
       </c>
-      <c r="R93" s="15">
-        <f t="shared" si="110"/>
+      <c r="I94" s="18">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3424</v>
+      <c r="J94" s="4">
+        <v>4976</v>
+      </c>
+      <c r="K94" s="4">
+        <v>3764</v>
+      </c>
+      <c r="L94" s="5">
+        <v>3426</v>
       </c>
       <c r="M94"/>
       <c r="N94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q94" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6903</v>
+      </c>
+      <c r="R94" s="15">
+        <f t="shared" si="113"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="95" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C95" s="24">
+        <v>7062</v>
+      </c>
+      <c r="D95" s="24">
+        <v>6443</v>
+      </c>
+      <c r="E95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="32">
         <v>6895</v>
       </c>
-      <c r="R94" s="15">
-        <f t="shared" si="110"/>
+      <c r="I95" s="32">
         <v>4250</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3416</v>
+      <c r="J95" s="24">
+        <v>4980</v>
+      </c>
+      <c r="K95" s="24">
+        <v>3755</v>
+      </c>
+      <c r="L95" s="26">
+        <v>3424</v>
       </c>
       <c r="M95"/>
       <c r="N95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q95" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6895</v>
+      </c>
+      <c r="R95" s="15">
+        <f t="shared" si="113"/>
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="96" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C96" s="4">
+        <v>7054</v>
+      </c>
+      <c r="D96" s="4">
+        <v>6452</v>
+      </c>
+      <c r="E96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="18">
         <v>6886</v>
       </c>
-      <c r="R95" s="15">
-        <f t="shared" si="110"/>
+      <c r="I96" s="18">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3328</v>
+      <c r="J96" s="4">
+        <v>4993</v>
+      </c>
+      <c r="K96" s="4">
+        <v>3743</v>
+      </c>
+      <c r="L96" s="5">
+        <v>3416</v>
       </c>
       <c r="M96"/>
       <c r="N96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q96" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6886</v>
+      </c>
+      <c r="R96" s="15">
+        <f t="shared" si="113"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="97" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="C97" s="24">
+        <v>6833</v>
+      </c>
+      <c r="D97" s="24">
+        <v>6272</v>
+      </c>
+      <c r="E97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="32">
         <v>6666</v>
       </c>
-      <c r="R96" s="15">
-        <f t="shared" si="110"/>
+      <c r="I97" s="32">
         <v>4132</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3314</v>
+      <c r="J97" s="24">
+        <v>4863</v>
+      </c>
+      <c r="K97" s="24">
+        <v>3651</v>
+      </c>
+      <c r="L97" s="26">
+        <v>3328</v>
       </c>
       <c r="M97"/>
       <c r="N97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q97" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6666</v>
+      </c>
+      <c r="R97" s="15">
+        <f t="shared" si="113"/>
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="98" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C98" s="4">
+        <v>6830</v>
+      </c>
+      <c r="D98" s="4">
+        <v>6277</v>
+      </c>
+      <c r="E98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="18">
         <v>6660</v>
       </c>
-      <c r="R97" s="15">
-        <f t="shared" si="110"/>
+      <c r="I98" s="18">
         <v>4134</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3311</v>
+      <c r="J98" s="4">
+        <v>4873</v>
+      </c>
+      <c r="K98" s="4">
+        <v>3652</v>
+      </c>
+      <c r="L98" s="5">
+        <v>3314</v>
       </c>
       <c r="M98"/>
       <c r="N98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q98" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6660</v>
+      </c>
+      <c r="R98" s="15">
+        <f t="shared" si="113"/>
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="99" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="C99" s="24">
+        <v>6823</v>
+      </c>
+      <c r="D99" s="24">
+        <v>6278</v>
+      </c>
+      <c r="E99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="32">
         <v>6655</v>
       </c>
-      <c r="R98" s="15">
-        <f t="shared" si="110"/>
+      <c r="I99" s="32">
         <v>4142</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3302</v>
+      <c r="J99" s="24">
+        <v>4878</v>
+      </c>
+      <c r="K99" s="24">
+        <v>3640</v>
+      </c>
+      <c r="L99" s="26">
+        <v>3311</v>
       </c>
       <c r="M99"/>
       <c r="N99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q99" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6655</v>
+      </c>
+      <c r="R99" s="15">
+        <f t="shared" si="113"/>
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="100" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C100" s="4">
+        <v>6815</v>
+      </c>
+      <c r="D100" s="4">
+        <v>6288</v>
+      </c>
+      <c r="E100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="18">
         <v>6648</v>
       </c>
-      <c r="R99" s="15">
-        <f t="shared" si="110"/>
+      <c r="I100" s="18">
         <v>4146</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3290</v>
+      <c r="J100" s="4">
+        <v>4889</v>
+      </c>
+      <c r="K100" s="4">
+        <v>3632</v>
+      </c>
+      <c r="L100" s="5">
+        <v>3302</v>
       </c>
       <c r="M100"/>
       <c r="N100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q100" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6648</v>
+      </c>
+      <c r="R100" s="15">
+        <f t="shared" si="113"/>
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="101" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="C101" s="24">
+        <v>6808</v>
+      </c>
+      <c r="D101" s="24">
+        <v>6303</v>
+      </c>
+      <c r="E101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="32">
         <v>6638</v>
       </c>
-      <c r="R100" s="15">
-        <f t="shared" si="110"/>
+      <c r="I101" s="32">
         <v>4147</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3106</v>
+      <c r="J101" s="24">
+        <v>4901</v>
+      </c>
+      <c r="K101" s="24">
+        <v>3620</v>
+      </c>
+      <c r="L101" s="26">
+        <v>3290</v>
       </c>
       <c r="M101"/>
       <c r="N101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q101" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6638</v>
+      </c>
+      <c r="R101" s="15">
+        <f t="shared" si="113"/>
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="102" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C102" s="4">
+        <v>6310</v>
+      </c>
+      <c r="D102" s="4">
+        <v>5942</v>
+      </c>
+      <c r="E102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="18">
         <v>6149</v>
       </c>
-      <c r="R101" s="15">
-        <f t="shared" si="110"/>
+      <c r="I102" s="18">
         <v>3909</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3102</v>
+      <c r="J102" s="4">
+        <v>4569</v>
+      </c>
+      <c r="K102" s="4">
+        <v>3430</v>
+      </c>
+      <c r="L102" s="5">
+        <v>3106</v>
       </c>
       <c r="M102"/>
       <c r="N102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q102" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6149</v>
+      </c>
+      <c r="R102" s="15">
+        <f t="shared" si="113"/>
+        <v>3909</v>
+      </c>
+    </row>
+    <row r="103" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C103" s="24">
+        <v>6305</v>
+      </c>
+      <c r="D103" s="24">
+        <v>5948</v>
+      </c>
+      <c r="E103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="32">
         <v>6142</v>
       </c>
-      <c r="R102" s="15">
-        <f t="shared" si="110"/>
+      <c r="I103" s="32">
         <v>3914</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3090</v>
+      <c r="J103" s="24">
+        <v>4571</v>
+      </c>
+      <c r="K103" s="24">
+        <v>3412</v>
+      </c>
+      <c r="L103" s="26">
+        <v>3102</v>
       </c>
       <c r="M103"/>
       <c r="N103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q103" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6142</v>
+      </c>
+      <c r="R103" s="15">
+        <f t="shared" si="113"/>
+        <v>3914</v>
+      </c>
+    </row>
+    <row r="104" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C104" s="4">
+        <v>6297</v>
+      </c>
+      <c r="D104" s="4">
+        <v>5947</v>
+      </c>
+      <c r="E104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="18">
         <v>6133</v>
       </c>
-      <c r="R103" s="15">
-        <f t="shared" si="110"/>
+      <c r="I104" s="18">
         <v>3908</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3077</v>
+      <c r="J104" s="4">
+        <v>4578</v>
+      </c>
+      <c r="K104" s="4">
+        <v>3400</v>
+      </c>
+      <c r="L104" s="5">
+        <v>3090</v>
       </c>
       <c r="M104"/>
       <c r="N104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q104" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6133</v>
+      </c>
+      <c r="R104" s="15">
+        <f t="shared" si="113"/>
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="105" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="29" t="s">
+        <v>74</v>
+      </c>
+      <c r="C105" s="24">
+        <v>6292</v>
+      </c>
+      <c r="D105" s="24">
+        <v>5943</v>
+      </c>
+      <c r="E105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="32">
         <v>6118</v>
       </c>
-      <c r="R104" s="15">
-        <f t="shared" si="110"/>
+      <c r="I105" s="32">
         <v>3905</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2951</v>
+      <c r="J105" s="24">
+        <v>4584</v>
+      </c>
+      <c r="K105" s="24">
+        <v>3378</v>
+      </c>
+      <c r="L105" s="26">
+        <v>3077</v>
       </c>
       <c r="M105"/>
       <c r="N105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q105" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6118</v>
+      </c>
+      <c r="R105" s="15">
+        <f t="shared" si="113"/>
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="106" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C106" s="4">
+        <v>5935</v>
+      </c>
+      <c r="D106" s="4">
+        <v>5729</v>
+      </c>
+      <c r="E106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="18">
         <v>5762</v>
       </c>
-      <c r="R105" s="15">
-        <f t="shared" si="110"/>
+      <c r="I106" s="18">
         <v>3741</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2943</v>
+      <c r="J106" s="4">
+        <v>4334</v>
+      </c>
+      <c r="K106" s="4">
+        <v>3247</v>
+      </c>
+      <c r="L106" s="5">
+        <v>2951</v>
       </c>
       <c r="M106"/>
       <c r="N106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q106" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5762</v>
+      </c>
+      <c r="R106" s="15">
+        <f t="shared" si="113"/>
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="107" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C107" s="24">
+        <v>5928</v>
+      </c>
+      <c r="D107" s="24">
+        <v>5742</v>
+      </c>
+      <c r="E107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="32">
         <v>5752</v>
       </c>
-      <c r="R106" s="15">
-        <f t="shared" si="110"/>
+      <c r="I107" s="32">
         <v>3744</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2931</v>
+      <c r="J107" s="24">
+        <v>4335</v>
+      </c>
+      <c r="K107" s="24">
+        <v>3234</v>
+      </c>
+      <c r="L107" s="26">
+        <v>2943</v>
       </c>
       <c r="M107"/>
       <c r="N107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q107" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5752</v>
+      </c>
+      <c r="R107" s="15">
+        <f t="shared" si="113"/>
+        <v>3744</v>
+      </c>
+    </row>
+    <row r="108" spans="2:18" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B108" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C108" s="6">
+        <v>5920</v>
+      </c>
+      <c r="D108" s="6">
+        <v>5752</v>
+      </c>
+      <c r="E108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="19">
         <v>5742</v>
       </c>
-      <c r="R107" s="15">
-        <f t="shared" si="110"/>
+      <c r="I108" s="19">
         <v>3742</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B108" s="34" t="s">
+      <c r="J108" s="6">
+        <v>4338</v>
+      </c>
+      <c r="K108" s="6">
+        <v>3222</v>
+      </c>
+      <c r="L108" s="7">
+        <v>2931</v>
+      </c>
+      <c r="M108"/>
+      <c r="N108" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O108" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P108" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q108" s="15">
+        <f t="shared" si="112"/>
+        <v>5742</v>
+      </c>
+      <c r="R108" s="15">
+        <f t="shared" si="113"/>
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="109" spans="2:18" x14ac:dyDescent="0.2">
+      <c r="B109" s="34" t="s">
         <v>80</v>
-      </c>
-[...5 lines deleted...]
-        <v>146</v>
       </c>
       <c r="N109" s="14"/>
       <c r="O109" s="14"/>
     </row>
     <row r="110" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B110" s="102" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N110" s="14"/>
       <c r="O110" s="14"/>
     </row>
     <row r="111" spans="2:18" x14ac:dyDescent="0.2">
-      <c r="B111" s="110" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="64"/>
+      <c r="B111" s="102" t="s">
+        <v>148</v>
+      </c>
       <c r="N111" s="14"/>
       <c r="O111" s="14"/>
     </row>
     <row r="112" spans="2:18" x14ac:dyDescent="0.2">
+      <c r="B112" s="110" t="s">
+        <v>147</v>
+      </c>
+      <c r="C112" s="64"/>
       <c r="N112" s="14"/>
       <c r="O112" s="14"/>
     </row>
     <row r="113" spans="14:15" x14ac:dyDescent="0.2">
       <c r="N113" s="14"/>
       <c r="O113" s="14"/>
     </row>
     <row r="114" spans="14:15" x14ac:dyDescent="0.2">
       <c r="N114" s="14"/>
       <c r="O114" s="14"/>
+    </row>
+    <row r="115" spans="14:15" x14ac:dyDescent="0.2">
+      <c r="N115" s="14"/>
+      <c r="O115" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="52" fitToHeight="2" orientation="portrait" horizontalDpi="144" verticalDpi="144" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="51" fitToHeight="2" orientation="portrait" horizontalDpi="144" verticalDpi="144" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="111" max="12" man="1"/>
+    <brk id="112" max="12" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:L107"/>
+  <dimension ref="B1:L108"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="J6" sqref="J6:K6"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="20.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
@@ -15040,3442 +15170,3475 @@
     </row>
     <row r="5" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
       <c r="C5" s="128"/>
       <c r="D5" s="128"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="135"/>
       <c r="K5" s="130"/>
       <c r="L5"/>
     </row>
     <row r="6" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="126" t="s">
+      <c r="B6" s="140" t="s">
+        <v>164</v>
+      </c>
+      <c r="C6" s="59">
+        <v>22335</v>
+      </c>
+      <c r="D6" s="59">
+        <v>20748</v>
+      </c>
+      <c r="E6" s="59">
+        <v>10440</v>
+      </c>
+      <c r="F6" s="59">
+        <v>12297</v>
+      </c>
+      <c r="G6" s="59">
+        <v>17990</v>
+      </c>
+      <c r="H6" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="59">
+        <v>12099</v>
+      </c>
+      <c r="K6" s="61">
+        <v>10741</v>
+      </c>
+      <c r="L6"/>
+    </row>
+    <row r="7" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="126" t="s">
         <v>163</v>
       </c>
-      <c r="C6" s="24">
+      <c r="C7" s="24">
         <v>22324</v>
       </c>
-      <c r="D6" s="24">
+      <c r="D7" s="24">
         <v>20724</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E7" s="24">
         <v>10470</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F7" s="24">
         <v>12316</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G7" s="24">
         <v>17997</v>
       </c>
-      <c r="H6" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="24">
+      <c r="H7" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="24">
         <v>12117</v>
       </c>
-      <c r="K6" s="26">
+      <c r="K7" s="26">
         <v>10802</v>
       </c>
-      <c r="L6"/>
-[...2 lines deleted...]
-      <c r="B7" s="125" t="s">
+      <c r="L7"/>
+    </row>
+    <row r="8" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="125" t="s">
         <v>162</v>
       </c>
-      <c r="C7" s="59">
+      <c r="C8" s="59">
         <v>22320</v>
       </c>
-      <c r="D7" s="59">
+      <c r="D8" s="59">
         <v>20702</v>
       </c>
-      <c r="E7" s="59">
+      <c r="E8" s="59">
         <v>10499</v>
       </c>
-      <c r="F7" s="59">
+      <c r="F8" s="59">
         <v>12330</v>
       </c>
-      <c r="G7" s="59">
+      <c r="G8" s="59">
         <v>18004</v>
       </c>
-      <c r="H7" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J7" s="59">
+      <c r="H8" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="59">
         <v>12136</v>
       </c>
-      <c r="K7" s="61">
+      <c r="K8" s="61">
         <v>10827</v>
       </c>
-      <c r="L7"/>
-[...2 lines deleted...]
-      <c r="B8" s="124" t="s">
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="124" t="s">
         <v>161</v>
       </c>
-      <c r="C8" s="24">
+      <c r="C9" s="24">
         <v>21937</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D9" s="24">
         <v>20318</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E9" s="24">
         <v>10229</v>
       </c>
-      <c r="F8" s="24">
+      <c r="F9" s="24">
         <v>12043</v>
       </c>
-      <c r="G8" s="24">
+      <c r="G9" s="24">
         <v>17691</v>
       </c>
-      <c r="H8" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J8" s="24">
+      <c r="H9" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="24">
         <v>11847</v>
       </c>
-      <c r="K8" s="26">
+      <c r="K9" s="26">
         <v>10552</v>
       </c>
-      <c r="L8"/>
-[...2 lines deleted...]
-      <c r="B9" s="123" t="s">
+      <c r="L9"/>
+    </row>
+    <row r="10" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="123" t="s">
         <v>160</v>
       </c>
-      <c r="C9" s="59">
+      <c r="C10" s="59">
         <v>21930</v>
       </c>
-      <c r="D9" s="59">
+      <c r="D10" s="59">
         <v>20288</v>
       </c>
-      <c r="E9" s="59">
+      <c r="E10" s="59">
         <v>10264</v>
       </c>
-      <c r="F9" s="59">
+      <c r="F10" s="59">
         <v>12069</v>
       </c>
-      <c r="G9" s="59">
+      <c r="G10" s="59">
         <v>17707</v>
       </c>
-      <c r="H9" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="59">
+      <c r="H10" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="59">
         <v>11840</v>
       </c>
-      <c r="K9" s="61">
+      <c r="K10" s="61">
         <v>10518</v>
       </c>
-      <c r="L9"/>
-[...2 lines deleted...]
-      <c r="B10" s="122" t="s">
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="122" t="s">
         <v>159</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C11" s="24">
         <v>21914</v>
       </c>
-      <c r="D10" s="24">
+      <c r="D11" s="24">
         <v>20242</v>
       </c>
-      <c r="E10" s="24">
+      <c r="E11" s="24">
         <v>10301</v>
       </c>
-      <c r="F10" s="24">
+      <c r="F11" s="24">
         <v>12096</v>
       </c>
-      <c r="G10" s="24">
+      <c r="G11" s="24">
         <v>17726</v>
       </c>
-      <c r="H10" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J10" s="24">
+      <c r="H11" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="24">
         <v>11877</v>
       </c>
-      <c r="K10" s="26">
+      <c r="K11" s="26">
         <v>10585</v>
       </c>
-      <c r="L10"/>
-[...2 lines deleted...]
-      <c r="B11" s="121" t="s">
+      <c r="L11"/>
+    </row>
+    <row r="12" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="121" t="s">
         <v>158</v>
       </c>
-      <c r="C11" s="59">
+      <c r="C12" s="59">
         <v>21904</v>
       </c>
-      <c r="D11" s="59">
+      <c r="D12" s="59">
         <v>20205</v>
       </c>
-      <c r="E11" s="59">
+      <c r="E12" s="59">
         <v>10347</v>
       </c>
-      <c r="F11" s="59">
+      <c r="F12" s="59">
         <v>12116</v>
       </c>
-      <c r="G11" s="59">
+      <c r="G12" s="59">
         <v>17757</v>
       </c>
-      <c r="H11" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J11" s="59">
+      <c r="H12" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="59">
         <v>11877</v>
       </c>
-      <c r="K11" s="61">
+      <c r="K12" s="61">
         <v>10620</v>
       </c>
-      <c r="L11"/>
-[...2 lines deleted...]
-      <c r="B12" s="120" t="s">
+      <c r="L12"/>
+    </row>
+    <row r="13" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="120" t="s">
         <v>157</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C13" s="24">
         <v>21545</v>
       </c>
-      <c r="D12" s="24">
+      <c r="D13" s="24">
         <v>19799</v>
       </c>
-      <c r="E12" s="24">
+      <c r="E13" s="24">
         <v>10023</v>
       </c>
-      <c r="F12" s="24">
+      <c r="F13" s="24">
         <v>11780</v>
       </c>
-      <c r="G12" s="24">
+      <c r="G13" s="24">
         <v>17415</v>
       </c>
-      <c r="H12" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J12" s="24">
+      <c r="H13" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="24">
         <v>11529</v>
       </c>
-      <c r="K12" s="26">
+      <c r="K13" s="26">
         <v>10269</v>
       </c>
-      <c r="L12"/>
-[...2 lines deleted...]
-      <c r="B13" s="119" t="s">
+      <c r="L13"/>
+    </row>
+    <row r="14" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="C13" s="59">
+      <c r="C14" s="59">
         <v>21539</v>
       </c>
-      <c r="D13" s="59">
+      <c r="D14" s="59">
         <v>19728</v>
       </c>
-      <c r="E13" s="59">
+      <c r="E14" s="59">
         <v>10068</v>
       </c>
-      <c r="F13" s="59">
+      <c r="F14" s="59">
         <v>11804</v>
       </c>
-      <c r="G13" s="59">
+      <c r="G14" s="59">
         <v>17434</v>
       </c>
-      <c r="H13" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J13" s="59">
+      <c r="H14" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="59">
         <v>11547</v>
       </c>
-      <c r="K13" s="61">
+      <c r="K14" s="61">
         <v>10260</v>
       </c>
-      <c r="L13"/>
-[...2 lines deleted...]
-      <c r="B14" s="118" t="s">
+      <c r="L14"/>
+    </row>
+    <row r="15" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="118" t="s">
         <v>155</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C15" s="24">
         <v>21520</v>
       </c>
-      <c r="D14" s="24">
+      <c r="D15" s="24">
         <v>19603</v>
       </c>
-      <c r="E14" s="24">
+      <c r="E15" s="24">
         <v>10116</v>
       </c>
-      <c r="F14" s="24">
+      <c r="F15" s="24">
         <v>11843</v>
       </c>
-      <c r="G14" s="24">
+      <c r="G15" s="24">
         <v>17454</v>
       </c>
-      <c r="H14" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="24">
+      <c r="H15" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="24">
         <v>11566</v>
       </c>
-      <c r="K14" s="26">
+      <c r="K15" s="26">
         <v>10308</v>
       </c>
-      <c r="L14"/>
-[...2 lines deleted...]
-      <c r="B15" s="116" t="s">
+      <c r="L15"/>
+    </row>
+    <row r="16" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="116" t="s">
         <v>154</v>
       </c>
-      <c r="C15" s="59">
+      <c r="C16" s="59">
         <v>20723</v>
       </c>
-      <c r="D15" s="59">
+      <c r="D16" s="59">
         <v>18794</v>
       </c>
-      <c r="E15" s="59">
+      <c r="E16" s="59">
         <v>9608</v>
       </c>
-      <c r="F15" s="59">
+      <c r="F16" s="59">
         <v>11292</v>
       </c>
-      <c r="G15" s="59">
+      <c r="G16" s="59">
         <v>16782</v>
       </c>
-      <c r="H15" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="59">
+      <c r="H16" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="59">
         <v>11023</v>
       </c>
-      <c r="K15" s="61">
+      <c r="K16" s="61">
         <v>9787</v>
       </c>
-      <c r="L15"/>
-[...2 lines deleted...]
-      <c r="B16" s="115" t="s">
+      <c r="L16"/>
+    </row>
+    <row r="17" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="115" t="s">
         <v>153</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C17" s="24">
         <v>19755</v>
       </c>
-      <c r="D16" s="24">
+      <c r="D17" s="24">
         <v>17866</v>
       </c>
-      <c r="E16" s="24">
+      <c r="E17" s="24">
         <v>9220</v>
       </c>
-      <c r="F16" s="24">
+      <c r="F17" s="24">
         <v>10804</v>
       </c>
-      <c r="G16" s="24">
+      <c r="G17" s="24">
         <v>16025</v>
       </c>
-      <c r="H16" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J16" s="24">
+      <c r="H17" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="24">
         <v>10537</v>
       </c>
-      <c r="K16" s="26">
+      <c r="K17" s="26">
         <v>9368</v>
       </c>
-      <c r="L16"/>
-[...2 lines deleted...]
-      <c r="B17" s="113" t="s">
+      <c r="L17"/>
+    </row>
+    <row r="18" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="113" t="s">
         <v>152</v>
       </c>
-      <c r="C17" s="59">
+      <c r="C18" s="59">
         <v>19734</v>
       </c>
-      <c r="D17" s="59">
+      <c r="D18" s="59">
         <v>17833</v>
       </c>
-      <c r="E17" s="59">
+      <c r="E18" s="59">
         <v>9247</v>
       </c>
-      <c r="F17" s="59">
+      <c r="F18" s="59">
         <v>10808</v>
       </c>
-      <c r="G17" s="59">
+      <c r="G18" s="59">
         <v>16010</v>
       </c>
-      <c r="H17" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="59">
+      <c r="H18" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="59">
         <v>10519</v>
       </c>
-      <c r="K17" s="61">
+      <c r="K18" s="61">
         <v>9318</v>
       </c>
-      <c r="L17"/>
-[...2 lines deleted...]
-      <c r="B18" s="98" t="s">
+      <c r="L18"/>
+    </row>
+    <row r="19" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="98" t="s">
         <v>151</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C19" s="24">
         <v>18919</v>
       </c>
-      <c r="D18" s="79">
+      <c r="D19" s="79">
         <v>17116</v>
       </c>
-      <c r="E18" s="24">
+      <c r="E19" s="24">
         <v>9002</v>
       </c>
-      <c r="F18" s="24">
+      <c r="F19" s="24">
         <v>10462</v>
       </c>
-      <c r="G18" s="24">
+      <c r="G19" s="24">
         <v>15400</v>
       </c>
-      <c r="H18" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="24">
+      <c r="H19" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="24">
         <v>10192</v>
       </c>
-      <c r="K18" s="26">
+      <c r="K19" s="26">
         <v>9094</v>
       </c>
-      <c r="L18"/>
-[...2 lines deleted...]
-      <c r="B19" s="109" t="s">
+      <c r="L19"/>
+    </row>
+    <row r="20" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="109" t="s">
         <v>150</v>
       </c>
-      <c r="C19" s="107">
+      <c r="C20" s="107">
         <v>17746</v>
       </c>
-      <c r="D19" s="104">
+      <c r="D20" s="104">
         <v>16087</v>
       </c>
-      <c r="E19" s="107">
+      <c r="E20" s="107">
         <v>8633</v>
       </c>
-      <c r="F19" s="107">
+      <c r="F20" s="107">
         <v>9970</v>
       </c>
-      <c r="G19" s="107">
+      <c r="G20" s="107">
         <v>14548</v>
       </c>
-      <c r="H19" s="112" t="s">
-[...5 lines deleted...]
-      <c r="J19" s="107">
+      <c r="H20" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="107">
         <v>9724</v>
       </c>
-      <c r="K19" s="108">
+      <c r="K20" s="108">
         <v>8711</v>
       </c>
-      <c r="L19"/>
-[...2 lines deleted...]
-      <c r="B20" s="98" t="s">
+      <c r="L20"/>
+    </row>
+    <row r="21" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="98" t="s">
         <v>149</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C21" s="24">
         <v>16900</v>
       </c>
-      <c r="D20" s="79">
+      <c r="D21" s="79">
         <v>15252</v>
       </c>
-      <c r="E20" s="24">
+      <c r="E21" s="24">
         <v>7946</v>
       </c>
-      <c r="F20" s="24">
+      <c r="F21" s="24">
         <v>9259</v>
       </c>
-      <c r="G20" s="24">
+      <c r="G21" s="24">
         <v>13778</v>
       </c>
-      <c r="H20" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J20" s="24">
+      <c r="H21" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="24">
         <v>9004</v>
       </c>
-      <c r="K20" s="26">
+      <c r="K21" s="26">
         <v>8008</v>
       </c>
-      <c r="L20"/>
-[...2 lines deleted...]
-      <c r="B21" s="101" t="s">
+      <c r="L21"/>
+    </row>
+    <row r="22" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="101" t="s">
         <v>145</v>
       </c>
-      <c r="C21" s="59">
+      <c r="C22" s="59">
         <v>16890</v>
       </c>
-      <c r="D21" s="85">
+      <c r="D22" s="85">
         <v>15227</v>
       </c>
-      <c r="E21" s="59">
+      <c r="E22" s="59">
         <v>7966</v>
       </c>
-      <c r="F21" s="59">
+      <c r="F22" s="59">
         <v>9263</v>
       </c>
-      <c r="G21" s="59">
+      <c r="G22" s="59">
         <v>13781</v>
       </c>
-      <c r="H21" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J21" s="59">
+      <c r="H22" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="59">
         <v>8990</v>
       </c>
-      <c r="K21" s="61">
+      <c r="K22" s="61">
         <v>7978</v>
       </c>
-      <c r="L21"/>
-[...2 lines deleted...]
-      <c r="B22" s="100" t="s">
+      <c r="L22"/>
+    </row>
+    <row r="23" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="100" t="s">
         <v>144</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C23" s="24">
         <v>16871</v>
       </c>
-      <c r="D22" s="24">
+      <c r="D23" s="24">
         <v>15200</v>
       </c>
-      <c r="E22" s="24">
+      <c r="E23" s="24">
         <v>7988</v>
       </c>
-      <c r="F22" s="24">
+      <c r="F23" s="24">
         <v>9271</v>
       </c>
-      <c r="G22" s="24">
+      <c r="G23" s="24">
         <v>13792</v>
       </c>
-      <c r="H22" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J22" s="24">
+      <c r="H23" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="24">
         <v>8990</v>
       </c>
-      <c r="K22" s="26">
+      <c r="K23" s="26">
         <v>7992</v>
       </c>
-      <c r="L22"/>
-[...2 lines deleted...]
-      <c r="B23" s="99" t="s">
+      <c r="L23"/>
+    </row>
+    <row r="24" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="99" t="s">
         <v>143</v>
       </c>
-      <c r="C23" s="59">
+      <c r="C24" s="59">
         <v>16841</v>
       </c>
-      <c r="D23" s="59">
+      <c r="D24" s="59">
         <v>15151</v>
       </c>
-      <c r="E23" s="59">
+      <c r="E24" s="59">
         <v>8007</v>
       </c>
-      <c r="F23" s="59">
+      <c r="F24" s="59">
         <v>9272</v>
       </c>
-      <c r="G23" s="59">
+      <c r="G24" s="59">
         <v>13793</v>
       </c>
-      <c r="H23" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="59">
+      <c r="H24" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="59">
         <v>8974</v>
       </c>
-      <c r="K23" s="61">
+      <c r="K24" s="61">
         <v>7991</v>
       </c>
-      <c r="L23"/>
-[...2 lines deleted...]
-      <c r="B24" s="98" t="s">
+      <c r="L24"/>
+    </row>
+    <row r="25" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="98" t="s">
         <v>142</v>
       </c>
-      <c r="C24" s="24">
+      <c r="C25" s="24">
         <v>15868</v>
       </c>
-      <c r="D24" s="24">
+      <c r="D25" s="24">
         <v>14269</v>
       </c>
-      <c r="E24" s="24">
+      <c r="E25" s="24">
         <v>7664</v>
       </c>
-      <c r="F24" s="24">
+      <c r="F25" s="24">
         <v>8832</v>
       </c>
-      <c r="G24" s="24">
+      <c r="G25" s="24">
         <v>13059</v>
       </c>
-      <c r="H24" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="24">
+      <c r="H25" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="24">
         <v>8551</v>
       </c>
-      <c r="K24" s="26">
+      <c r="K25" s="26">
         <v>7627</v>
       </c>
-      <c r="L24"/>
-[...2 lines deleted...]
-      <c r="B25" s="97" t="s">
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="C25" s="59">
+      <c r="C26" s="59">
         <v>15836</v>
       </c>
-      <c r="D25" s="59">
+      <c r="D26" s="59">
         <v>14235</v>
       </c>
-      <c r="E25" s="59">
+      <c r="E26" s="59">
         <v>7682</v>
       </c>
-      <c r="F25" s="59">
+      <c r="F26" s="59">
         <v>8837</v>
       </c>
-      <c r="G25" s="59">
+      <c r="G26" s="59">
         <v>13064</v>
       </c>
-      <c r="H25" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="59">
+      <c r="H26" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="59">
         <v>8540</v>
       </c>
-      <c r="K25" s="61">
+      <c r="K26" s="61">
         <v>7604</v>
       </c>
-      <c r="L25"/>
-[...2 lines deleted...]
-      <c r="B26" s="96" t="s">
+      <c r="L26"/>
+    </row>
+    <row r="27" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C27" s="24">
         <v>15815</v>
       </c>
-      <c r="D26" s="24">
+      <c r="D27" s="24">
         <v>14210</v>
       </c>
-      <c r="E26" s="24">
+      <c r="E27" s="24">
         <v>7693</v>
       </c>
-      <c r="F26" s="24">
+      <c r="F27" s="24">
         <v>8840</v>
       </c>
-      <c r="G26" s="24">
+      <c r="G27" s="24">
         <v>13060</v>
       </c>
-      <c r="H26" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J26" s="24">
+      <c r="H27" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="24">
         <v>8533</v>
       </c>
-      <c r="K26" s="26">
+      <c r="K27" s="26">
         <v>7624</v>
       </c>
-      <c r="L26"/>
-[...2 lines deleted...]
-      <c r="B27" s="92" t="s">
+      <c r="L27"/>
+    </row>
+    <row r="28" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="92" t="s">
         <v>136</v>
       </c>
-      <c r="C27" s="59">
+      <c r="C28" s="59">
         <v>15781</v>
       </c>
-      <c r="D27" s="59">
+      <c r="D28" s="59">
         <v>14186</v>
       </c>
-      <c r="E27" s="59">
+      <c r="E28" s="59">
         <v>7709</v>
       </c>
-      <c r="F27" s="59">
+      <c r="F28" s="59">
         <v>8842</v>
       </c>
-      <c r="G27" s="59">
+      <c r="G28" s="59">
         <v>13059</v>
       </c>
-      <c r="H27" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J27" s="59">
+      <c r="H28" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="59">
         <v>8534</v>
       </c>
-      <c r="K27" s="61">
+      <c r="K28" s="61">
         <v>7628</v>
       </c>
-      <c r="L27"/>
-[...2 lines deleted...]
-      <c r="B28" s="91" t="s">
+      <c r="L28"/>
+    </row>
+    <row r="29" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="91" t="s">
         <v>135</v>
       </c>
-      <c r="C28" s="24">
+      <c r="C29" s="24">
         <v>14783</v>
       </c>
-      <c r="D28" s="24">
+      <c r="D29" s="24">
         <v>13263</v>
       </c>
-      <c r="E28" s="24">
+      <c r="E29" s="24">
         <v>7147</v>
       </c>
-      <c r="F28" s="24">
+      <c r="F29" s="24">
         <v>8214</v>
       </c>
-      <c r="G28" s="24">
+      <c r="G29" s="24">
         <v>12226</v>
       </c>
-      <c r="H28" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="24">
+      <c r="H29" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="24">
         <v>7898</v>
       </c>
-      <c r="K28" s="26">
+      <c r="K29" s="26">
         <v>7053</v>
       </c>
-      <c r="L28"/>
-[...2 lines deleted...]
-      <c r="B29" s="90" t="s">
+      <c r="L29"/>
+    </row>
+    <row r="30" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="90" t="s">
         <v>134</v>
       </c>
-      <c r="C29" s="59">
+      <c r="C30" s="59">
         <v>14750</v>
       </c>
-      <c r="D29" s="59">
+      <c r="D30" s="59">
         <v>13234</v>
       </c>
-      <c r="E29" s="59">
+      <c r="E30" s="59">
         <v>7161</v>
       </c>
-      <c r="F29" s="59">
+      <c r="F30" s="59">
         <v>8220</v>
       </c>
-      <c r="G29" s="59">
+      <c r="G30" s="59">
         <v>12234</v>
       </c>
-      <c r="H29" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="59">
+      <c r="H30" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="59">
         <v>7886</v>
       </c>
-      <c r="K29" s="61">
+      <c r="K30" s="61">
         <v>7009</v>
       </c>
-      <c r="L29"/>
-[...2 lines deleted...]
-      <c r="B30" s="89" t="s">
+      <c r="L30"/>
+    </row>
+    <row r="31" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="89" t="s">
         <v>133</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C31" s="24">
         <v>14725</v>
       </c>
-      <c r="D30" s="24">
+      <c r="D31" s="24">
         <v>13212</v>
       </c>
-      <c r="E30" s="24">
+      <c r="E31" s="24">
         <v>7173</v>
       </c>
-      <c r="F30" s="24">
+      <c r="F31" s="24">
         <v>8215</v>
       </c>
-      <c r="G30" s="24">
+      <c r="G31" s="24">
         <v>12236</v>
       </c>
-      <c r="H30" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J30" s="24">
+      <c r="H31" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="24">
         <v>7883</v>
       </c>
-      <c r="K30" s="26">
+      <c r="K31" s="26">
         <v>7023</v>
       </c>
-      <c r="L30"/>
-[...2 lines deleted...]
-      <c r="B31" s="88" t="s">
+      <c r="L31"/>
+    </row>
+    <row r="32" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="88" t="s">
         <v>132</v>
       </c>
-      <c r="C31" s="59">
+      <c r="C32" s="59">
         <v>14697</v>
       </c>
-      <c r="D31" s="59">
+      <c r="D32" s="59">
         <v>13185</v>
       </c>
-      <c r="E31" s="59">
+      <c r="E32" s="59">
         <v>7187</v>
       </c>
-      <c r="F31" s="59">
+      <c r="F32" s="59">
         <v>8218</v>
       </c>
-      <c r="G31" s="59">
+      <c r="G32" s="59">
         <v>12233</v>
       </c>
-      <c r="H31" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J31" s="59">
+      <c r="H32" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="59">
         <v>7867</v>
       </c>
-      <c r="K31" s="61">
+      <c r="K32" s="61">
         <v>7020</v>
       </c>
-      <c r="L31"/>
-[...2 lines deleted...]
-      <c r="B32" s="83" t="s">
+      <c r="L32"/>
+    </row>
+    <row r="33" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="83" t="s">
         <v>131</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C33" s="24">
         <v>13683</v>
       </c>
-      <c r="D32" s="24">
+      <c r="D33" s="24">
         <v>12263</v>
       </c>
-      <c r="E32" s="24">
+      <c r="E33" s="24">
         <v>6504</v>
       </c>
-      <c r="F32" s="24">
+      <c r="F33" s="24">
         <v>7492</v>
       </c>
-      <c r="G32" s="24">
+      <c r="G33" s="24">
         <v>11378</v>
       </c>
-      <c r="H32" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J32" s="24">
+      <c r="H33" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="24">
         <v>7137</v>
       </c>
-      <c r="K32" s="26">
+      <c r="K33" s="26">
         <v>6332</v>
       </c>
-      <c r="L32"/>
-[...2 lines deleted...]
-      <c r="B33" s="76" t="s">
+      <c r="L33"/>
+    </row>
+    <row r="34" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="76" t="s">
         <v>130</v>
       </c>
-      <c r="C33" s="59">
+      <c r="C34" s="59">
         <v>13659</v>
       </c>
-      <c r="D33" s="59">
+      <c r="D34" s="59">
         <v>12243</v>
       </c>
-      <c r="E33" s="59">
+      <c r="E34" s="59">
         <v>6524</v>
       </c>
-      <c r="F33" s="59">
+      <c r="F34" s="59">
         <v>7500</v>
       </c>
-      <c r="G33" s="59">
+      <c r="G34" s="59">
         <v>11394</v>
       </c>
-      <c r="H33" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J33" s="59">
+      <c r="H34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="59">
         <v>7119</v>
       </c>
-      <c r="K33" s="61">
+      <c r="K34" s="61">
         <v>6298</v>
       </c>
-      <c r="L33"/>
-[...2 lines deleted...]
-      <c r="B34" s="74" t="s">
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="74" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C35" s="24">
         <v>13633</v>
       </c>
-      <c r="D34" s="24">
+      <c r="D35" s="24">
         <v>12229</v>
       </c>
-      <c r="E34" s="24">
+      <c r="E35" s="24">
         <v>6543</v>
       </c>
-      <c r="F34" s="24">
+      <c r="F35" s="24">
         <v>7505</v>
       </c>
-      <c r="G34" s="24">
+      <c r="G35" s="24">
         <v>11403</v>
       </c>
-      <c r="H34" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J34" s="24">
+      <c r="H35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="24">
         <v>7114</v>
       </c>
-      <c r="K34" s="26">
+      <c r="K35" s="26">
         <v>6326</v>
       </c>
-      <c r="L34"/>
-[...2 lines deleted...]
-      <c r="B35" s="73" t="s">
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="73" t="s">
         <v>128</v>
       </c>
-      <c r="C35" s="59">
+      <c r="C36" s="59">
         <v>13615</v>
       </c>
-      <c r="D35" s="59">
+      <c r="D36" s="59">
         <v>12211</v>
       </c>
-      <c r="E35" s="59">
+      <c r="E36" s="59">
         <v>6558</v>
       </c>
-      <c r="F35" s="59">
+      <c r="F36" s="59">
         <v>7512</v>
       </c>
-      <c r="G35" s="59">
+      <c r="G36" s="59">
         <v>11414</v>
       </c>
-      <c r="H35" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J35" s="59">
+      <c r="H36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="59">
         <v>7111</v>
       </c>
-      <c r="K35" s="61">
+      <c r="K36" s="61">
         <v>6334</v>
       </c>
-      <c r="L35"/>
-[...2 lines deleted...]
-      <c r="B36" s="72" t="s">
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="72" t="s">
         <v>127</v>
       </c>
-      <c r="C36" s="24">
+      <c r="C37" s="24">
         <v>13076</v>
       </c>
-      <c r="D36" s="24">
+      <c r="D37" s="24">
         <v>11720</v>
       </c>
-      <c r="E36" s="24">
+      <c r="E37" s="24">
         <v>6294</v>
       </c>
-      <c r="F36" s="24">
+      <c r="F37" s="24">
         <v>7199</v>
       </c>
-      <c r="G36" s="24">
+      <c r="G37" s="24">
         <v>10982</v>
       </c>
-      <c r="H36" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J36" s="24">
+      <c r="H37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="24">
         <v>6815</v>
       </c>
-      <c r="K36" s="26">
+      <c r="K37" s="26">
         <v>6067</v>
       </c>
-      <c r="L36"/>
-[...2 lines deleted...]
-      <c r="B37" s="71" t="s">
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="71" t="s">
         <v>126</v>
       </c>
-      <c r="C37" s="59">
+      <c r="C38" s="59">
         <v>13056</v>
       </c>
-      <c r="D37" s="59">
+      <c r="D38" s="59">
         <v>11705</v>
       </c>
-      <c r="E37" s="59">
+      <c r="E38" s="59">
         <v>6314</v>
       </c>
-      <c r="F37" s="59">
+      <c r="F38" s="59">
         <v>7210</v>
       </c>
-      <c r="G37" s="59">
+      <c r="G38" s="59">
         <v>10993</v>
       </c>
-      <c r="H37" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J37" s="59">
+      <c r="H38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="59">
         <v>6794</v>
       </c>
-      <c r="K37" s="61">
+      <c r="K38" s="61">
         <v>6023</v>
       </c>
-      <c r="L37"/>
-[...2 lines deleted...]
-      <c r="B38" s="70" t="s">
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="70" t="s">
         <v>125</v>
       </c>
-      <c r="C38" s="24">
+      <c r="C39" s="24">
         <v>13033</v>
       </c>
-      <c r="D38" s="24">
+      <c r="D39" s="24">
         <v>11691</v>
       </c>
-      <c r="E38" s="24">
+      <c r="E39" s="24">
         <v>6334</v>
       </c>
-      <c r="F38" s="24">
+      <c r="F39" s="24">
         <v>7218</v>
       </c>
-      <c r="G38" s="24">
+      <c r="G39" s="24">
         <v>11013</v>
       </c>
-      <c r="H38" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J38" s="24">
+      <c r="H39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="24">
         <v>6783</v>
       </c>
-      <c r="K38" s="26">
+      <c r="K39" s="26">
         <v>6052</v>
       </c>
-      <c r="L38"/>
-[...2 lines deleted...]
-      <c r="B39" s="69" t="s">
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="69" t="s">
         <v>124</v>
       </c>
-      <c r="C39" s="59">
+      <c r="C40" s="59">
         <v>13011</v>
       </c>
-      <c r="D39" s="59">
+      <c r="D40" s="59">
         <v>11675</v>
       </c>
-      <c r="E39" s="59">
+      <c r="E40" s="59">
         <v>6356</v>
       </c>
-      <c r="F39" s="59">
+      <c r="F40" s="59">
         <v>7225</v>
       </c>
-      <c r="G39" s="59">
+      <c r="G40" s="59">
         <v>11023</v>
       </c>
-      <c r="H39" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J39" s="59">
+      <c r="H40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="59">
         <v>6768</v>
       </c>
-      <c r="K39" s="61">
+      <c r="K40" s="61">
         <v>6044</v>
       </c>
-      <c r="L39"/>
-[...2 lines deleted...]
-      <c r="B40" s="68" t="s">
+      <c r="L40"/>
+    </row>
+    <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="C40" s="24">
+      <c r="C41" s="24">
         <v>12662</v>
       </c>
-      <c r="D40" s="24">
+      <c r="D41" s="24">
         <v>11349</v>
       </c>
-      <c r="E40" s="24">
+      <c r="E41" s="24">
         <v>6183</v>
       </c>
-      <c r="F40" s="24">
+      <c r="F41" s="24">
         <v>7019</v>
       </c>
-      <c r="G40" s="24">
+      <c r="G41" s="24">
         <v>10736</v>
       </c>
-      <c r="H40" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J40" s="24">
+      <c r="H41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="24">
         <v>6551</v>
       </c>
-      <c r="K40" s="26">
+      <c r="K41" s="26">
         <v>5852</v>
       </c>
-      <c r="L40"/>
-[...2 lines deleted...]
-      <c r="B41" s="65" t="s">
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="65" t="s">
         <v>122</v>
       </c>
-      <c r="C41" s="59">
+      <c r="C42" s="59">
         <v>12643</v>
       </c>
-      <c r="D41" s="59">
+      <c r="D42" s="59">
         <v>11337</v>
       </c>
-      <c r="E41" s="59">
+      <c r="E42" s="59">
         <v>6206</v>
       </c>
-      <c r="F41" s="59">
+      <c r="F42" s="59">
         <v>7028</v>
       </c>
-      <c r="G41" s="59">
+      <c r="G42" s="59">
         <v>10748</v>
       </c>
-      <c r="H41" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J41" s="59">
+      <c r="H42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="59">
         <v>6542</v>
       </c>
-      <c r="K41" s="61">
+      <c r="K42" s="61">
         <v>5820</v>
       </c>
-      <c r="L41"/>
-[...2 lines deleted...]
-      <c r="B42" s="63" t="s">
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="63" t="s">
         <v>121</v>
       </c>
-      <c r="C42" s="24">
+      <c r="C43" s="24">
         <v>12625</v>
       </c>
-      <c r="D42" s="24">
+      <c r="D43" s="24">
         <v>11324</v>
       </c>
-      <c r="E42" s="24">
+      <c r="E43" s="24">
         <v>6226</v>
       </c>
-      <c r="F42" s="24">
+      <c r="F43" s="24">
         <v>7040</v>
       </c>
-      <c r="G42" s="24">
+      <c r="G43" s="24">
         <v>10765</v>
       </c>
-      <c r="H42" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="24">
+      <c r="H43" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="24">
         <v>6536</v>
       </c>
-      <c r="K42" s="26">
+      <c r="K43" s="26">
         <v>5857</v>
       </c>
-      <c r="L42"/>
-[...2 lines deleted...]
-      <c r="B43" s="58" t="s">
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="58" t="s">
         <v>120</v>
       </c>
-      <c r="C43" s="59">
+      <c r="C44" s="59">
         <v>12602</v>
       </c>
-      <c r="D43" s="59">
+      <c r="D44" s="59">
         <v>11311</v>
       </c>
-      <c r="E43" s="59">
+      <c r="E44" s="59">
         <v>6250</v>
       </c>
-      <c r="F43" s="59">
+      <c r="F44" s="59">
         <v>7050</v>
       </c>
-      <c r="G43" s="59">
+      <c r="G44" s="59">
         <v>10782</v>
       </c>
-      <c r="H43" s="60" t="s">
-[...5 lines deleted...]
-      <c r="J43" s="59">
+      <c r="H44" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="59">
         <v>6522</v>
       </c>
-      <c r="K43" s="61">
+      <c r="K44" s="61">
         <v>5864</v>
       </c>
-      <c r="L43"/>
-[...2 lines deleted...]
-      <c r="B44" s="23" t="s">
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="C44" s="24">
+      <c r="C45" s="24">
         <v>12551</v>
       </c>
-      <c r="D44" s="24">
+      <c r="D45" s="24">
         <v>11261</v>
       </c>
-      <c r="E44" s="24">
+      <c r="E45" s="24">
         <v>6243</v>
       </c>
-      <c r="F44" s="24">
+      <c r="F45" s="24">
         <v>7030</v>
       </c>
-      <c r="G44" s="24">
+      <c r="G45" s="24">
         <v>10804</v>
       </c>
-      <c r="H44" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="24">
+      <c r="H45" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="24">
         <v>6477</v>
       </c>
-      <c r="K44" s="26">
+      <c r="K45" s="26">
         <v>5827</v>
       </c>
-      <c r="L44"/>
-[...2 lines deleted...]
-      <c r="B45" s="16" t="s">
+      <c r="L45"/>
+    </row>
+    <row r="46" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="C45" s="4">
+      <c r="C46" s="4">
         <v>12539</v>
       </c>
-      <c r="D45" s="4">
+      <c r="D46" s="4">
         <v>11249</v>
       </c>
-      <c r="E45" s="4">
+      <c r="E46" s="4">
         <v>6268</v>
       </c>
-      <c r="F45" s="4">
+      <c r="F46" s="4">
         <v>7039</v>
       </c>
-      <c r="G45" s="4">
+      <c r="G46" s="4">
         <v>10815</v>
       </c>
-      <c r="H45" s="17" t="s">
-[...5 lines deleted...]
-      <c r="J45" s="4">
+      <c r="H46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="4">
         <v>6470</v>
       </c>
-      <c r="K45" s="5">
+      <c r="K46" s="5">
         <v>5789</v>
       </c>
-      <c r="L45"/>
-[...2 lines deleted...]
-      <c r="B46" s="29" t="s">
+      <c r="L46"/>
+    </row>
+    <row r="47" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="24">
+      <c r="C47" s="24">
         <v>12522</v>
       </c>
-      <c r="D46" s="24">
+      <c r="D47" s="24">
         <v>11240</v>
       </c>
-      <c r="E46" s="24">
+      <c r="E47" s="24">
         <v>6294</v>
       </c>
-      <c r="F46" s="24">
+      <c r="F47" s="24">
         <v>7049</v>
       </c>
-      <c r="G46" s="24">
+      <c r="G47" s="24">
         <v>10827</v>
       </c>
-      <c r="H46" s="28" t="s">
-[...5 lines deleted...]
-      <c r="J46" s="24">
+      <c r="H47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="24">
         <v>6466</v>
       </c>
-      <c r="K46" s="26">
+      <c r="K47" s="26">
         <v>5818</v>
       </c>
-      <c r="L46"/>
-[...2 lines deleted...]
-      <c r="B47" s="2" t="s">
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C47" s="4">
+      <c r="C48" s="4">
         <v>12497</v>
       </c>
-      <c r="D47" s="4">
+      <c r="D48" s="4">
         <v>11227</v>
       </c>
-      <c r="E47" s="4">
+      <c r="E48" s="4">
         <v>6323</v>
       </c>
-      <c r="F47" s="4">
+      <c r="F48" s="4">
         <v>7070</v>
       </c>
-      <c r="G47" s="4">
+      <c r="G48" s="4">
         <v>10843</v>
       </c>
-      <c r="H47" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J47" s="4">
+      <c r="H48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="4">
         <v>6454</v>
       </c>
-      <c r="K47" s="5">
+      <c r="K48" s="5">
         <v>5814</v>
       </c>
-      <c r="L47"/>
-[...2 lines deleted...]
-      <c r="B48" s="29" t="s">
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="C48" s="24">
+      <c r="C49" s="24">
         <v>12259</v>
       </c>
-      <c r="D48" s="24">
+      <c r="D49" s="24">
         <v>11014</v>
       </c>
-      <c r="E48" s="24">
+      <c r="E49" s="24">
         <v>6222</v>
       </c>
-      <c r="F48" s="24">
+      <c r="F49" s="24">
         <v>6945</v>
       </c>
-      <c r="G48" s="24">
+      <c r="G49" s="24">
         <v>10664</v>
       </c>
-      <c r="H48" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J48" s="24">
+      <c r="H49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="24">
         <v>6314</v>
       </c>
-      <c r="K48" s="26">
+      <c r="K49" s="26">
         <v>5693</v>
       </c>
-      <c r="L48"/>
-[...2 lines deleted...]
-      <c r="B49" s="2" t="s">
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C49" s="4">
+      <c r="C50" s="4">
         <v>12251</v>
       </c>
-      <c r="D49" s="4">
+      <c r="D50" s="4">
         <v>11005</v>
       </c>
-      <c r="E49" s="4">
+      <c r="E50" s="4">
         <v>6250</v>
       </c>
-      <c r="F49" s="4">
+      <c r="F50" s="4">
         <v>6949</v>
       </c>
-      <c r="G49" s="4">
+      <c r="G50" s="4">
         <v>10678</v>
       </c>
-      <c r="H49" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J49" s="4">
+      <c r="H50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="4">
         <v>6300</v>
       </c>
-      <c r="K49" s="5">
+      <c r="K50" s="5">
         <v>5657</v>
       </c>
-      <c r="L49"/>
-[...2 lines deleted...]
-      <c r="B50" s="31" t="s">
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C51" s="24">
         <v>12237</v>
       </c>
-      <c r="D50" s="24">
+      <c r="D51" s="24">
         <v>10998</v>
       </c>
-      <c r="E50" s="24">
+      <c r="E51" s="24">
         <v>6280</v>
       </c>
-      <c r="F50" s="24">
+      <c r="F51" s="24">
         <v>6960</v>
       </c>
-      <c r="G50" s="24">
+      <c r="G51" s="24">
         <v>10690</v>
       </c>
-      <c r="H50" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J50" s="24">
+      <c r="H51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="24">
         <v>6284</v>
       </c>
-      <c r="K50" s="26">
+      <c r="K51" s="26">
         <v>5677</v>
       </c>
-      <c r="L50"/>
-[...2 lines deleted...]
-      <c r="B51" s="2" t="s">
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C51" s="4">
+      <c r="C52" s="4">
         <v>12217</v>
       </c>
-      <c r="D51" s="4">
+      <c r="D52" s="4">
         <v>10987</v>
       </c>
-      <c r="E51" s="4">
+      <c r="E52" s="4">
         <v>6309</v>
       </c>
-      <c r="F51" s="4">
+      <c r="F52" s="4">
         <v>6976</v>
       </c>
-      <c r="G51" s="4">
+      <c r="G52" s="4">
         <v>10707</v>
       </c>
-      <c r="H51" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J51" s="4">
+      <c r="H52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="4">
         <v>6274</v>
       </c>
-      <c r="K51" s="5">
+      <c r="K52" s="5">
         <v>5673</v>
       </c>
-      <c r="L51"/>
-[...2 lines deleted...]
-      <c r="B52" s="29" t="s">
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C53" s="24">
         <v>12150</v>
       </c>
-      <c r="D52" s="24">
+      <c r="D53" s="24">
         <v>10929</v>
       </c>
-      <c r="E52" s="24">
+      <c r="E53" s="24">
         <v>6305</v>
       </c>
-      <c r="F52" s="24">
+      <c r="F53" s="24">
         <v>6961</v>
       </c>
-      <c r="G52" s="24">
+      <c r="G53" s="24">
         <v>10676</v>
       </c>
-      <c r="H52" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J52" s="24">
+      <c r="H53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="24">
         <v>6240</v>
       </c>
-      <c r="K52" s="26">
+      <c r="K53" s="26">
         <v>5645</v>
       </c>
-      <c r="L52"/>
-[...2 lines deleted...]
-      <c r="B53" s="2" t="s">
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C53" s="4">
+      <c r="C54" s="4">
         <v>12138</v>
       </c>
-      <c r="D53" s="4">
+      <c r="D54" s="4">
         <v>10923</v>
       </c>
-      <c r="E53" s="4">
+      <c r="E54" s="4">
         <v>6333</v>
       </c>
-      <c r="F53" s="4">
+      <c r="F54" s="4">
         <v>6991</v>
       </c>
-      <c r="G53" s="4">
+      <c r="G54" s="4">
         <v>10691</v>
       </c>
-      <c r="H53" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J53" s="4">
+      <c r="H54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="4">
         <v>6218</v>
       </c>
-      <c r="K53" s="5">
+      <c r="K54" s="5">
         <v>5607</v>
       </c>
-      <c r="L53"/>
-[...2 lines deleted...]
-      <c r="B54" s="29" t="s">
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C55" s="24">
         <v>12129</v>
       </c>
-      <c r="D54" s="24">
+      <c r="D55" s="24">
         <v>10916</v>
       </c>
-      <c r="E54" s="24">
+      <c r="E55" s="24">
         <v>6362</v>
       </c>
-      <c r="F54" s="24">
+      <c r="F55" s="24">
         <v>7023</v>
       </c>
-      <c r="G54" s="24">
+      <c r="G55" s="24">
         <v>10702</v>
       </c>
-      <c r="H54" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J54" s="24">
+      <c r="H55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="24">
         <v>6197</v>
       </c>
-      <c r="K54" s="26">
+      <c r="K55" s="26">
         <v>5630</v>
       </c>
-      <c r="L54"/>
-[...2 lines deleted...]
-      <c r="B55" s="2" t="s">
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C55" s="4">
+      <c r="C56" s="4">
         <v>12109</v>
       </c>
-      <c r="D55" s="4">
+      <c r="D56" s="4">
         <v>10908</v>
       </c>
-      <c r="E55" s="4">
+      <c r="E56" s="4">
         <v>6401</v>
       </c>
-      <c r="F55" s="4">
+      <c r="F56" s="4">
         <v>7070</v>
       </c>
-      <c r="G55" s="4">
+      <c r="G56" s="4">
         <v>10713</v>
       </c>
-      <c r="H55" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J55" s="4">
+      <c r="H56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="4">
         <v>6188</v>
       </c>
-      <c r="K55" s="5">
+      <c r="K56" s="5">
         <v>5627</v>
       </c>
-      <c r="L55"/>
-[...2 lines deleted...]
-      <c r="B56" s="29" t="s">
+      <c r="L56"/>
+    </row>
+    <row r="57" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C57" s="24">
         <v>11948</v>
       </c>
-      <c r="D56" s="24">
+      <c r="D57" s="24">
         <v>10762</v>
       </c>
-      <c r="E56" s="24">
+      <c r="E57" s="24">
         <v>6336</v>
       </c>
-      <c r="F56" s="24">
+      <c r="F57" s="24">
         <v>6997</v>
       </c>
-      <c r="G56" s="24">
+      <c r="G57" s="24">
         <v>10597</v>
       </c>
-      <c r="H56" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J56" s="24">
+      <c r="H57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="24">
         <v>6076</v>
       </c>
-      <c r="K56" s="26">
+      <c r="K57" s="26">
         <v>5534</v>
       </c>
-      <c r="L56"/>
-[...2 lines deleted...]
-      <c r="B57" s="2" t="s">
+      <c r="L57"/>
+    </row>
+    <row r="58" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C57" s="4">
+      <c r="C58" s="4">
         <v>11935</v>
       </c>
-      <c r="D57" s="4">
+      <c r="D58" s="4">
         <v>10758</v>
       </c>
-      <c r="E57" s="4">
+      <c r="E58" s="4">
         <v>6375</v>
       </c>
-      <c r="F57" s="4">
+      <c r="F58" s="4">
         <v>7043</v>
       </c>
-      <c r="G57" s="4">
+      <c r="G58" s="4">
         <v>10616</v>
       </c>
-      <c r="H57" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J57" s="4">
+      <c r="H58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="4">
         <v>6061</v>
       </c>
-      <c r="K57" s="5">
+      <c r="K58" s="5">
         <v>5503</v>
       </c>
-      <c r="L57"/>
-[...2 lines deleted...]
-      <c r="B58" s="29" t="s">
+      <c r="L58"/>
+    </row>
+    <row r="59" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C59" s="24">
         <v>11924</v>
       </c>
-      <c r="D58" s="24">
+      <c r="D59" s="24">
         <v>10757</v>
       </c>
-      <c r="E58" s="24">
+      <c r="E59" s="24">
         <v>6410</v>
       </c>
-      <c r="F58" s="24">
+      <c r="F59" s="24">
         <v>7083</v>
       </c>
-      <c r="G58" s="24">
+      <c r="G59" s="24">
         <v>10633</v>
       </c>
-      <c r="H58" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J58" s="24">
+      <c r="H59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="24">
         <v>6053</v>
       </c>
-      <c r="K58" s="26">
+      <c r="K59" s="26">
         <v>5511</v>
       </c>
-      <c r="L58"/>
-[...2 lines deleted...]
-      <c r="B59" s="2" t="s">
+      <c r="L59"/>
+    </row>
+    <row r="60" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C59" s="4">
+      <c r="C60" s="4">
         <v>11908</v>
       </c>
-      <c r="D59" s="4">
+      <c r="D60" s="4">
         <v>10754</v>
       </c>
-      <c r="E59" s="4">
+      <c r="E60" s="4">
         <v>6452</v>
       </c>
-      <c r="F59" s="4">
+      <c r="F60" s="4">
         <v>7112</v>
       </c>
-      <c r="G59" s="4">
+      <c r="G60" s="4">
         <v>10644</v>
       </c>
-      <c r="H59" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J59" s="4">
+      <c r="H60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="4">
         <v>6039</v>
       </c>
-      <c r="K59" s="5">
+      <c r="K60" s="5">
         <v>5508</v>
       </c>
-      <c r="L59"/>
-[...2 lines deleted...]
-      <c r="B60" s="29" t="s">
+      <c r="L60"/>
+    </row>
+    <row r="61" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C61" s="24">
         <v>11700</v>
       </c>
-      <c r="D60" s="24">
+      <c r="D61" s="24">
         <v>10571</v>
       </c>
-      <c r="E60" s="24">
+      <c r="E61" s="24">
         <v>6399</v>
       </c>
-      <c r="F60" s="24">
+      <c r="F61" s="24">
         <v>7036</v>
       </c>
-      <c r="G60" s="24">
+      <c r="G61" s="24">
         <v>10482</v>
       </c>
-      <c r="H60" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J60" s="24">
+      <c r="H61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="24">
         <v>5920</v>
       </c>
-      <c r="K60" s="26">
+      <c r="K61" s="26">
         <v>5414</v>
       </c>
-      <c r="L60"/>
-[...2 lines deleted...]
-      <c r="B61" s="2" t="s">
+      <c r="L61"/>
+    </row>
+    <row r="62" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C61" s="4">
+      <c r="C62" s="4">
         <v>11692</v>
       </c>
-      <c r="D61" s="4">
+      <c r="D62" s="4">
         <v>10527</v>
       </c>
-      <c r="E61" s="4">
+      <c r="E62" s="4">
         <v>6474</v>
       </c>
-      <c r="F61" s="4">
+      <c r="F62" s="4">
         <v>7112</v>
       </c>
-      <c r="G61" s="4">
+      <c r="G62" s="4">
         <v>10489</v>
       </c>
-      <c r="H61" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J61" s="4">
+      <c r="H62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="4">
         <v>5907</v>
       </c>
-      <c r="K61" s="5">
+      <c r="K62" s="5">
         <v>5359</v>
       </c>
-      <c r="L61"/>
-[...2 lines deleted...]
-      <c r="B62" s="29" t="s">
+      <c r="L62"/>
+    </row>
+    <row r="63" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C63" s="24">
         <v>11685</v>
       </c>
-      <c r="D62" s="24">
+      <c r="D63" s="24">
         <v>10483</v>
       </c>
-      <c r="E62" s="24">
+      <c r="E63" s="24">
         <v>6541</v>
       </c>
-      <c r="F62" s="24">
+      <c r="F63" s="24">
         <v>7171</v>
       </c>
-      <c r="G62" s="24">
+      <c r="G63" s="24">
         <v>10497</v>
       </c>
-      <c r="H62" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J62" s="24">
+      <c r="H63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="24">
         <v>5892</v>
       </c>
-      <c r="K62" s="26">
+      <c r="K63" s="26">
         <v>5365</v>
       </c>
-      <c r="L62"/>
-[...2 lines deleted...]
-      <c r="B63" s="2" t="s">
+      <c r="L63"/>
+    </row>
+    <row r="64" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C63" s="4">
+      <c r="C64" s="4">
         <v>11672</v>
       </c>
-      <c r="D63" s="4">
+      <c r="D64" s="4">
         <v>10465</v>
       </c>
-      <c r="E63" s="4">
+      <c r="E64" s="4">
         <v>6617</v>
       </c>
-      <c r="F63" s="4">
+      <c r="F64" s="4">
         <v>7241</v>
       </c>
-      <c r="G63" s="4">
+      <c r="G64" s="4">
         <v>10504</v>
       </c>
-      <c r="H63" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J63" s="4">
+      <c r="H64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="4">
         <v>5864</v>
       </c>
-      <c r="K63" s="5">
+      <c r="K64" s="5">
         <v>5369</v>
       </c>
-      <c r="L63"/>
-[...2 lines deleted...]
-      <c r="B64" s="29" t="s">
+      <c r="L64"/>
+    </row>
+    <row r="65" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="C64" s="24">
+      <c r="C65" s="24">
         <v>11240</v>
       </c>
-      <c r="D64" s="24">
+      <c r="D65" s="24">
         <v>10073</v>
       </c>
-      <c r="E64" s="24">
+      <c r="E65" s="24">
         <v>6432</v>
       </c>
-      <c r="F64" s="24">
+      <c r="F65" s="24">
         <v>6978</v>
       </c>
-      <c r="G64" s="24">
+      <c r="G65" s="24">
         <v>10142</v>
       </c>
-      <c r="H64" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J64" s="24">
+      <c r="H65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="24">
         <v>5660</v>
       </c>
-      <c r="K64" s="26">
+      <c r="K65" s="26">
         <v>5153</v>
       </c>
-      <c r="L64"/>
-[...2 lines deleted...]
-      <c r="B65" s="2" t="s">
+      <c r="L65"/>
+    </row>
+    <row r="66" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C65" s="4">
+      <c r="C66" s="4">
         <v>11216</v>
       </c>
-      <c r="D65" s="4">
+      <c r="D66" s="4">
         <v>10050</v>
       </c>
-      <c r="E65" s="4">
+      <c r="E66" s="4">
         <v>6394</v>
       </c>
-      <c r="F65" s="4">
+      <c r="F66" s="4">
         <v>6662</v>
       </c>
-      <c r="G65" s="4">
+      <c r="G66" s="4">
         <v>10159</v>
       </c>
-      <c r="H65" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J65" s="4">
+      <c r="H66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="4">
         <v>5640</v>
       </c>
-      <c r="K65" s="5">
+      <c r="K66" s="5">
         <v>5133</v>
       </c>
-      <c r="L65"/>
-[...2 lines deleted...]
-      <c r="B66" s="29" t="s">
+      <c r="L66"/>
+    </row>
+    <row r="67" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C67" s="24">
         <v>11192</v>
       </c>
-      <c r="D66" s="24">
+      <c r="D67" s="24">
         <v>10034</v>
       </c>
-      <c r="E66" s="24">
+      <c r="E67" s="24">
         <v>6370</v>
       </c>
-      <c r="F66" s="24">
+      <c r="F67" s="24">
         <v>6413</v>
       </c>
-      <c r="G66" s="24">
+      <c r="G67" s="24">
         <v>10168</v>
       </c>
-      <c r="H66" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J66" s="24">
+      <c r="H67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="24">
         <v>5618</v>
       </c>
-      <c r="K66" s="26">
+      <c r="K67" s="26">
         <v>5141</v>
       </c>
-      <c r="L66"/>
-[...2 lines deleted...]
-      <c r="B67" s="2" t="s">
+      <c r="L67"/>
+    </row>
+    <row r="68" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C67" s="4">
+      <c r="C68" s="4">
         <v>11162</v>
       </c>
-      <c r="D67" s="4">
+      <c r="D68" s="4">
         <v>10014</v>
       </c>
-      <c r="E67" s="4">
+      <c r="E68" s="4">
         <v>6380</v>
       </c>
-      <c r="F67" s="4">
+      <c r="F68" s="4">
         <v>6397</v>
       </c>
-      <c r="G67" s="4">
+      <c r="G68" s="4">
         <v>10171</v>
       </c>
-      <c r="H67" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J67" s="4">
+      <c r="H68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="4">
         <v>5598</v>
       </c>
-      <c r="K67" s="5">
+      <c r="K68" s="5">
         <v>5140</v>
       </c>
-      <c r="L67"/>
-[...2 lines deleted...]
-      <c r="B68" s="29" t="s">
+      <c r="L68"/>
+    </row>
+    <row r="69" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C69" s="24">
         <v>11175</v>
       </c>
-      <c r="D68" s="24">
+      <c r="D69" s="24">
         <v>9982</v>
       </c>
-      <c r="E68" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H68" s="24">
+      <c r="E69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H69" s="24">
         <v>10301</v>
       </c>
-      <c r="I68" s="24">
+      <c r="I69" s="24">
         <v>6384</v>
       </c>
-      <c r="J68" s="24">
+      <c r="J69" s="24">
         <v>5580</v>
       </c>
-      <c r="K68" s="26">
+      <c r="K69" s="26">
         <v>5114</v>
       </c>
-      <c r="L68"/>
-[...2 lines deleted...]
-      <c r="B69" s="2" t="s">
+      <c r="L69"/>
+    </row>
+    <row r="70" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C69" s="4">
+      <c r="C70" s="4">
         <v>11159</v>
       </c>
-      <c r="D69" s="4">
+      <c r="D70" s="4">
         <v>9956</v>
       </c>
-      <c r="E69" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H69" s="4">
+      <c r="E70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="4">
         <v>10298</v>
       </c>
-      <c r="I69" s="4">
+      <c r="I70" s="4">
         <v>6380</v>
       </c>
-      <c r="J69" s="4">
+      <c r="J70" s="4">
         <v>5570</v>
       </c>
-      <c r="K69" s="5">
+      <c r="K70" s="5">
         <v>5097</v>
       </c>
-      <c r="L69"/>
-[...2 lines deleted...]
-      <c r="B70" s="29" t="s">
+      <c r="L70"/>
+    </row>
+    <row r="71" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="C70" s="24">
+      <c r="C71" s="24">
         <v>11137</v>
       </c>
-      <c r="D70" s="24">
+      <c r="D71" s="24">
         <v>9935</v>
       </c>
-      <c r="E70" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H70" s="24">
+      <c r="E71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="24">
         <v>10294</v>
       </c>
-      <c r="I70" s="24">
+      <c r="I71" s="24">
         <v>6377</v>
       </c>
-      <c r="J70" s="24">
+      <c r="J71" s="24">
         <v>5556</v>
       </c>
-      <c r="K70" s="26">
+      <c r="K71" s="26">
         <v>5107</v>
       </c>
-      <c r="L70"/>
-[...2 lines deleted...]
-      <c r="B71" s="2" t="s">
+      <c r="L71"/>
+    </row>
+    <row r="72" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C71" s="4">
+      <c r="C72" s="4">
         <v>11107</v>
       </c>
-      <c r="D71" s="4">
+      <c r="D72" s="4">
         <v>9914</v>
       </c>
-      <c r="E71" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H71" s="4">
+      <c r="E72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="4">
         <v>10291</v>
       </c>
-      <c r="I71" s="4">
+      <c r="I72" s="4">
         <v>6374</v>
       </c>
-      <c r="J71" s="4">
+      <c r="J72" s="4">
         <v>5560</v>
       </c>
-      <c r="K71" s="5">
+      <c r="K72" s="5">
         <v>5111</v>
       </c>
-      <c r="L71"/>
-[...2 lines deleted...]
-      <c r="B72" s="29" t="s">
+      <c r="L72"/>
+    </row>
+    <row r="73" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C73" s="24">
         <v>10715</v>
       </c>
-      <c r="D72" s="24">
+      <c r="D73" s="24">
         <v>9565</v>
       </c>
-      <c r="E72" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H72" s="24">
+      <c r="E73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="24">
         <v>9943</v>
       </c>
-      <c r="I72" s="24">
+      <c r="I73" s="24">
         <v>6193</v>
       </c>
-      <c r="J72" s="24">
+      <c r="J73" s="24">
         <v>5412</v>
       </c>
-      <c r="K72" s="26">
+      <c r="K73" s="26">
         <v>4960</v>
       </c>
-      <c r="L72"/>
-[...2 lines deleted...]
-      <c r="B73" s="2" t="s">
+      <c r="L73"/>
+    </row>
+    <row r="74" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C73" s="4">
+      <c r="C74" s="4">
         <v>10701</v>
       </c>
-      <c r="D73" s="4">
+      <c r="D74" s="4">
         <v>9554</v>
       </c>
-      <c r="E73" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H73" s="4">
+      <c r="E74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="4">
         <v>9936</v>
       </c>
-      <c r="I73" s="4">
+      <c r="I74" s="4">
         <v>6188</v>
       </c>
-      <c r="J73" s="4">
+      <c r="J74" s="4">
         <v>5395</v>
       </c>
-      <c r="K73" s="5">
+      <c r="K74" s="5">
         <v>4949</v>
       </c>
-      <c r="L73"/>
-[...2 lines deleted...]
-      <c r="B74" s="29" t="s">
+      <c r="L74"/>
+    </row>
+    <row r="75" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C75" s="24">
         <v>10211</v>
       </c>
-      <c r="D74" s="24">
+      <c r="D75" s="24">
         <v>9070</v>
       </c>
-      <c r="E74" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H74" s="24">
+      <c r="E75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="24">
         <v>9461</v>
       </c>
-      <c r="I74" s="24">
+      <c r="I75" s="24">
         <v>5714</v>
       </c>
-      <c r="J74" s="24">
+      <c r="J75" s="24">
         <v>4908</v>
       </c>
-      <c r="K74" s="26">
+      <c r="K75" s="26">
         <v>4494</v>
       </c>
-      <c r="L74"/>
-[...2 lines deleted...]
-      <c r="B75" s="2" t="s">
+      <c r="L75"/>
+    </row>
+    <row r="76" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C75" s="4">
+      <c r="C76" s="4">
         <v>10181</v>
       </c>
-      <c r="D75" s="4">
+      <c r="D76" s="4">
         <v>9051</v>
       </c>
-      <c r="E75" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H75" s="4">
+      <c r="E76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="4">
         <v>9456</v>
       </c>
-      <c r="I75" s="4">
+      <c r="I76" s="4">
         <v>5709</v>
       </c>
-      <c r="J75" s="4">
+      <c r="J76" s="4">
         <v>4896</v>
       </c>
-      <c r="K75" s="5">
+      <c r="K76" s="5">
         <v>4492</v>
       </c>
-      <c r="L75"/>
-[...2 lines deleted...]
-      <c r="B76" s="29" t="s">
+      <c r="L76"/>
+    </row>
+    <row r="77" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C77" s="24">
         <v>9784</v>
       </c>
-      <c r="D76" s="24">
+      <c r="D77" s="24">
         <v>8687</v>
       </c>
-      <c r="E76" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H76" s="24">
+      <c r="E77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="24">
         <v>9094</v>
       </c>
-      <c r="I76" s="24">
+      <c r="I77" s="24">
         <v>5457</v>
       </c>
-      <c r="J76" s="24">
+      <c r="J77" s="24">
         <v>4668</v>
       </c>
-      <c r="K76" s="26">
+      <c r="K77" s="26">
         <v>4254</v>
       </c>
-      <c r="L76"/>
-[...2 lines deleted...]
-      <c r="B77" s="2" t="s">
+      <c r="L77"/>
+    </row>
+    <row r="78" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C77" s="4">
+      <c r="C78" s="4">
         <v>9775</v>
       </c>
-      <c r="D77" s="4">
+      <c r="D78" s="4">
         <v>8679</v>
       </c>
-      <c r="E77" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H77" s="4">
+      <c r="E78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="4">
         <v>9088</v>
       </c>
-      <c r="I77" s="4">
+      <c r="I78" s="4">
         <v>5454</v>
       </c>
-      <c r="J77" s="4">
+      <c r="J78" s="4">
         <v>4655</v>
       </c>
-      <c r="K77" s="5">
+      <c r="K78" s="5">
         <v>4239</v>
       </c>
-      <c r="L77"/>
-[...2 lines deleted...]
-      <c r="B78" s="29" t="s">
+      <c r="L78"/>
+    </row>
+    <row r="79" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="C78" s="24">
+      <c r="C79" s="24">
         <v>9759</v>
       </c>
-      <c r="D78" s="24">
+      <c r="D79" s="24">
         <v>8672</v>
       </c>
-      <c r="E78" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H78" s="24">
+      <c r="E79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="24">
         <v>9081</v>
       </c>
-      <c r="I78" s="24">
+      <c r="I79" s="24">
         <v>5452</v>
       </c>
-      <c r="J78" s="24">
+      <c r="J79" s="24">
         <v>4644</v>
       </c>
-      <c r="K78" s="26">
+      <c r="K79" s="26">
         <v>4253</v>
       </c>
-      <c r="L78"/>
-[...2 lines deleted...]
-      <c r="B79" s="2" t="s">
+      <c r="L79"/>
+    </row>
+    <row r="80" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C79" s="4">
+      <c r="C80" s="4">
         <v>9733</v>
       </c>
-      <c r="D79" s="4">
+      <c r="D80" s="4">
         <v>8660</v>
       </c>
-      <c r="E79" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H79" s="4">
+      <c r="E80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="4">
         <v>9075</v>
       </c>
-      <c r="I79" s="4">
+      <c r="I80" s="4">
         <v>5450</v>
       </c>
-      <c r="J79" s="4">
+      <c r="J80" s="4">
         <v>4634</v>
       </c>
-      <c r="K79" s="5">
+      <c r="K80" s="5">
         <v>4250</v>
       </c>
-      <c r="L79"/>
-[...2 lines deleted...]
-      <c r="B80" s="29" t="s">
+      <c r="L80"/>
+    </row>
+    <row r="81" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="C80" s="24">
+      <c r="C81" s="24">
         <v>9157</v>
       </c>
-      <c r="D80" s="24">
+      <c r="D81" s="24">
         <v>8170</v>
       </c>
-      <c r="E80" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H80" s="24">
+      <c r="E81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="24">
         <v>8538</v>
       </c>
-      <c r="I80" s="24">
+      <c r="I81" s="24">
         <v>5133</v>
       </c>
-      <c r="J80" s="24">
+      <c r="J81" s="24">
         <v>4358</v>
       </c>
-      <c r="K80" s="26">
+      <c r="K81" s="26">
         <v>3977</v>
       </c>
-      <c r="L80"/>
-[...2 lines deleted...]
-      <c r="B81" s="2" t="s">
+      <c r="L81"/>
+    </row>
+    <row r="82" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C81" s="4">
+      <c r="C82" s="4">
         <v>9141</v>
       </c>
-      <c r="D81" s="4">
+      <c r="D82" s="4">
         <v>8159</v>
       </c>
-      <c r="E81" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H81" s="4">
+      <c r="E82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="4">
         <v>8528</v>
       </c>
-      <c r="I81" s="4">
+      <c r="I82" s="4">
         <v>5130</v>
       </c>
-      <c r="J81" s="4">
+      <c r="J82" s="4">
         <v>4346</v>
       </c>
-      <c r="K81" s="5">
+      <c r="K82" s="5">
         <v>3960</v>
       </c>
-      <c r="L81"/>
-[...2 lines deleted...]
-      <c r="B82" s="29" t="s">
+      <c r="L82"/>
+    </row>
+    <row r="83" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="C82" s="24">
+      <c r="C83" s="24">
         <v>9129</v>
       </c>
-      <c r="D82" s="24">
+      <c r="D83" s="24">
         <v>8154</v>
       </c>
-      <c r="E82" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H82" s="24">
+      <c r="E83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="24">
         <v>8517</v>
       </c>
-      <c r="I82" s="24">
+      <c r="I83" s="24">
         <v>5127</v>
       </c>
-      <c r="J82" s="24">
+      <c r="J83" s="24">
         <v>4335</v>
       </c>
-      <c r="K82" s="26">
+      <c r="K83" s="26">
         <v>3969</v>
       </c>
-      <c r="L82"/>
-[...2 lines deleted...]
-      <c r="B83" s="2" t="s">
+      <c r="L83"/>
+    </row>
+    <row r="84" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C83" s="4">
+      <c r="C84" s="4">
         <v>9104</v>
       </c>
-      <c r="D83" s="4">
+      <c r="D84" s="4">
         <v>8143</v>
       </c>
-      <c r="E83" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H83" s="4">
+      <c r="E84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="4">
         <v>8507</v>
       </c>
-      <c r="I83" s="4">
+      <c r="I84" s="4">
         <v>5093</v>
       </c>
-      <c r="J83" s="4">
+      <c r="J84" s="4">
         <v>4321</v>
       </c>
-      <c r="K83" s="5">
+      <c r="K84" s="5">
         <v>3962</v>
       </c>
-      <c r="L83"/>
-[...2 lines deleted...]
-      <c r="B84" s="29" t="s">
+      <c r="L84"/>
+    </row>
+    <row r="85" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="C84" s="24">
+      <c r="C85" s="24">
         <v>8662</v>
       </c>
-      <c r="D84" s="24">
+      <c r="D85" s="24">
         <v>7802</v>
       </c>
-      <c r="E84" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H84" s="24">
+      <c r="E85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="24">
         <v>8096</v>
       </c>
-      <c r="I84" s="24">
+      <c r="I85" s="24">
         <v>4861</v>
       </c>
-      <c r="J84" s="24">
+      <c r="J85" s="24">
         <v>4123</v>
       </c>
-      <c r="K84" s="26">
+      <c r="K85" s="26">
         <v>3761</v>
       </c>
-      <c r="L84"/>
-[...2 lines deleted...]
-      <c r="B85" s="2" t="s">
+      <c r="L85"/>
+    </row>
+    <row r="86" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C85" s="4">
+      <c r="C86" s="4">
         <v>8646</v>
       </c>
-      <c r="D85" s="4">
+      <c r="D86" s="4">
         <v>7799</v>
       </c>
-      <c r="E85" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H85" s="4">
+      <c r="E86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="4">
         <v>8087</v>
       </c>
-      <c r="I85" s="4">
+      <c r="I86" s="4">
         <v>4859</v>
       </c>
-      <c r="J85" s="4">
+      <c r="J86" s="4">
         <v>4116</v>
       </c>
-      <c r="K85" s="5">
+      <c r="K86" s="5">
         <v>3747</v>
       </c>
-      <c r="L85"/>
-[...2 lines deleted...]
-      <c r="B86" s="29" t="s">
+      <c r="L86"/>
+    </row>
+    <row r="87" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="29" t="s">
         <v>56</v>
       </c>
-      <c r="C86" s="24">
+      <c r="C87" s="24">
         <v>8632</v>
       </c>
-      <c r="D86" s="24">
+      <c r="D87" s="24">
         <v>7798</v>
       </c>
-      <c r="E86" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H86" s="24">
+      <c r="E87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="24">
         <v>8078</v>
       </c>
-      <c r="I86" s="24">
+      <c r="I87" s="24">
         <v>4864</v>
       </c>
-      <c r="J86" s="24">
+      <c r="J87" s="24">
         <v>4107</v>
       </c>
-      <c r="K86" s="26">
+      <c r="K87" s="26">
         <v>3746</v>
       </c>
-      <c r="L86"/>
-[...2 lines deleted...]
-      <c r="B87" s="2" t="s">
+      <c r="L87"/>
+    </row>
+    <row r="88" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C87" s="4">
+      <c r="C88" s="4">
         <v>8608</v>
       </c>
-      <c r="D87" s="4">
+      <c r="D88" s="4">
         <v>7798</v>
       </c>
-      <c r="E87" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H87" s="4">
+      <c r="E88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="4">
         <v>8068</v>
       </c>
-      <c r="I87" s="4">
+      <c r="I88" s="4">
         <v>4848</v>
       </c>
-      <c r="J87" s="4">
+      <c r="J88" s="4">
         <v>4093</v>
       </c>
-      <c r="K87" s="5">
+      <c r="K88" s="5">
         <v>3741</v>
       </c>
-      <c r="L87"/>
-[...2 lines deleted...]
-      <c r="B88" s="29" t="s">
+      <c r="L88"/>
+    </row>
+    <row r="89" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="C88" s="24">
+      <c r="C89" s="24">
         <v>8133</v>
       </c>
-      <c r="D88" s="24">
+      <c r="D89" s="24">
         <v>7379</v>
       </c>
-      <c r="E88" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H88" s="24">
+      <c r="E89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="24">
         <v>7628</v>
       </c>
-      <c r="I88" s="24">
+      <c r="I89" s="24">
         <v>4579</v>
       </c>
-      <c r="J88" s="24">
+      <c r="J89" s="24">
         <v>3862</v>
       </c>
-      <c r="K88" s="26">
+      <c r="K89" s="26">
         <v>3512</v>
       </c>
-      <c r="L88"/>
-[...2 lines deleted...]
-      <c r="B89" s="2" t="s">
+      <c r="L89"/>
+    </row>
+    <row r="90" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C89" s="4">
+      <c r="C90" s="4">
         <v>8119</v>
       </c>
-      <c r="D89" s="4">
+      <c r="D90" s="4">
         <v>7380</v>
       </c>
-      <c r="E89" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H89" s="4">
+      <c r="E90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="4">
         <v>7622</v>
       </c>
-      <c r="I89" s="4">
+      <c r="I90" s="4">
         <v>4578</v>
       </c>
-      <c r="J89" s="4">
+      <c r="J90" s="4">
         <v>3857</v>
       </c>
-      <c r="K89" s="5">
+      <c r="K90" s="5">
         <v>3503</v>
       </c>
-      <c r="L89"/>
-[...2 lines deleted...]
-      <c r="B90" s="29" t="s">
+      <c r="L90"/>
+    </row>
+    <row r="91" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="29" t="s">
         <v>60</v>
       </c>
-      <c r="C90" s="24">
+      <c r="C91" s="24">
         <v>8104</v>
       </c>
-      <c r="D90" s="24">
+      <c r="D91" s="24">
         <v>7384</v>
       </c>
-      <c r="E90" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H90" s="24">
+      <c r="E91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="24">
         <v>7616</v>
       </c>
-      <c r="I90" s="24">
+      <c r="I91" s="24">
         <v>4585</v>
       </c>
-      <c r="J90" s="24">
+      <c r="J91" s="24">
         <v>3848</v>
       </c>
-      <c r="K90" s="26">
+      <c r="K91" s="26">
         <v>3502</v>
       </c>
-      <c r="L90"/>
-[...2 lines deleted...]
-      <c r="B91" s="2" t="s">
+      <c r="L91"/>
+    </row>
+    <row r="92" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C91" s="4">
+      <c r="C92" s="4">
         <v>8074</v>
       </c>
-      <c r="D91" s="4">
+      <c r="D92" s="4">
         <v>7386</v>
       </c>
-      <c r="E91" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H91" s="4">
+      <c r="E92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="4">
         <v>7608</v>
       </c>
-      <c r="I91" s="4">
+      <c r="I92" s="4">
         <v>4581</v>
       </c>
-      <c r="J91" s="4">
+      <c r="J92" s="4">
         <v>3841</v>
       </c>
-      <c r="K91" s="5">
+      <c r="K92" s="5">
         <v>3497</v>
       </c>
-      <c r="L91"/>
-[...2 lines deleted...]
-      <c r="B92" s="29" t="s">
+      <c r="L92"/>
+    </row>
+    <row r="93" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="C92" s="24">
+      <c r="C93" s="24">
         <v>7902</v>
       </c>
-      <c r="D92" s="24">
+      <c r="D93" s="24">
         <v>7241</v>
       </c>
-      <c r="E92" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H92" s="24">
+      <c r="E93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="24">
         <v>7449</v>
       </c>
-      <c r="I92" s="24">
+      <c r="I93" s="24">
         <v>4501</v>
       </c>
-      <c r="J92" s="24">
+      <c r="J93" s="24">
         <v>3770</v>
       </c>
-      <c r="K92" s="26">
+      <c r="K93" s="26">
         <v>3426</v>
       </c>
-      <c r="L92"/>
-[...2 lines deleted...]
-      <c r="B93" s="2" t="s">
+      <c r="L93"/>
+    </row>
+    <row r="94" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C93" s="4">
+      <c r="C94" s="4">
         <v>7897</v>
       </c>
-      <c r="D93" s="4">
+      <c r="D94" s="4">
         <v>7246</v>
       </c>
-      <c r="E93" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H93" s="4">
+      <c r="E94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="4">
         <v>7443</v>
       </c>
-      <c r="I93" s="4">
+      <c r="I94" s="4">
         <v>4503</v>
       </c>
-      <c r="J93" s="4">
+      <c r="J94" s="4">
         <v>3764</v>
       </c>
-      <c r="K93" s="5">
+      <c r="K94" s="5">
         <v>3414</v>
       </c>
-      <c r="L93"/>
-[...2 lines deleted...]
-      <c r="B94" s="29" t="s">
+      <c r="L94"/>
+    </row>
+    <row r="95" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="C94" s="24">
+      <c r="C95" s="24">
         <v>7888</v>
       </c>
-      <c r="D94" s="24">
+      <c r="D95" s="24">
         <v>7249</v>
       </c>
-      <c r="E94" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H94" s="24">
+      <c r="E95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="24">
         <v>7438</v>
       </c>
-      <c r="I94" s="24">
+      <c r="I95" s="24">
         <v>4512</v>
       </c>
-      <c r="J94" s="24">
+      <c r="J95" s="24">
         <v>3755</v>
       </c>
-      <c r="K94" s="26">
+      <c r="K95" s="26">
         <v>3414</v>
       </c>
-      <c r="L94"/>
-[...2 lines deleted...]
-      <c r="B95" s="2" t="s">
+      <c r="L95"/>
+    </row>
+    <row r="96" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C95" s="4">
+      <c r="C96" s="4">
         <v>7877</v>
       </c>
-      <c r="D95" s="4">
+      <c r="D96" s="4">
         <v>7257</v>
       </c>
-      <c r="E95" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H95" s="4">
+      <c r="E96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="4">
         <v>7431</v>
       </c>
-      <c r="I95" s="4">
+      <c r="I96" s="4">
         <v>4503</v>
       </c>
-      <c r="J95" s="4">
+      <c r="J96" s="4">
         <v>3743</v>
       </c>
-      <c r="K95" s="5">
+      <c r="K96" s="5">
         <v>3410</v>
       </c>
-      <c r="L95"/>
-[...2 lines deleted...]
-      <c r="B96" s="29" t="s">
+      <c r="L96"/>
+    </row>
+    <row r="97" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="29" t="s">
         <v>66</v>
       </c>
-      <c r="C96" s="24">
+      <c r="C97" s="24">
         <v>7622</v>
       </c>
-      <c r="D96" s="24">
+      <c r="D97" s="24">
         <v>7044</v>
       </c>
-      <c r="E96" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H96" s="24">
+      <c r="E97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="24">
         <v>7192</v>
       </c>
-      <c r="I96" s="24">
+      <c r="I97" s="24">
         <v>4382</v>
       </c>
-      <c r="J96" s="24">
+      <c r="J97" s="24">
         <v>3651</v>
       </c>
-      <c r="K96" s="26">
+      <c r="K97" s="26">
         <v>3313</v>
       </c>
-      <c r="L96"/>
-[...2 lines deleted...]
-      <c r="B97" s="2" t="s">
+      <c r="L97"/>
+    </row>
+    <row r="98" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C97" s="4">
+      <c r="C98" s="4">
         <v>7618</v>
       </c>
-      <c r="D97" s="4">
+      <c r="D98" s="4">
         <v>7051</v>
       </c>
-      <c r="E97" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H97" s="4">
+      <c r="E98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="4">
         <v>7188</v>
       </c>
-      <c r="I97" s="4">
+      <c r="I98" s="4">
         <v>4384</v>
       </c>
-      <c r="J97" s="4">
+      <c r="J98" s="4">
         <v>3652</v>
       </c>
-      <c r="K97" s="5">
+      <c r="K98" s="5">
         <v>3306</v>
       </c>
-      <c r="L97"/>
-[...2 lines deleted...]
-      <c r="B98" s="29" t="s">
+      <c r="L98"/>
+    </row>
+    <row r="99" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="29" t="s">
         <v>68</v>
       </c>
-      <c r="C98" s="24">
+      <c r="C99" s="24">
         <v>7610</v>
       </c>
-      <c r="D98" s="24">
+      <c r="D99" s="24">
         <v>7054</v>
       </c>
-      <c r="E98" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H98" s="24">
+      <c r="E99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="24">
         <v>7184</v>
       </c>
-      <c r="I98" s="24">
+      <c r="I99" s="24">
         <v>4396</v>
       </c>
-      <c r="J98" s="24">
+      <c r="J99" s="24">
         <v>3640</v>
       </c>
-      <c r="K98" s="26">
+      <c r="K99" s="26">
         <v>3301</v>
       </c>
-      <c r="L98"/>
-[...2 lines deleted...]
-      <c r="B99" s="2" t="s">
+      <c r="L99"/>
+    </row>
+    <row r="100" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C99" s="4">
+      <c r="C100" s="4">
         <v>7600</v>
       </c>
-      <c r="D99" s="4">
+      <c r="D100" s="4">
         <v>7062</v>
       </c>
-      <c r="E99" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H99" s="4">
+      <c r="E100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="4">
         <v>7180</v>
       </c>
-      <c r="I99" s="4">
+      <c r="I100" s="4">
         <v>4398</v>
       </c>
-      <c r="J99" s="4">
+      <c r="J100" s="4">
         <v>3632</v>
       </c>
-      <c r="K99" s="5">
+      <c r="K100" s="5">
         <v>3297</v>
       </c>
-      <c r="L99"/>
-[...2 lines deleted...]
-      <c r="B100" s="29" t="s">
+      <c r="L100"/>
+    </row>
+    <row r="101" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="C100" s="24">
+      <c r="C101" s="24">
         <v>7590</v>
       </c>
-      <c r="D100" s="24">
+      <c r="D101" s="24">
         <v>7074</v>
       </c>
-      <c r="E100" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H100" s="24">
+      <c r="E101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="24">
         <v>7172</v>
       </c>
-      <c r="I100" s="24">
+      <c r="I101" s="24">
         <v>4399</v>
       </c>
-      <c r="J100" s="24">
+      <c r="J101" s="24">
         <v>3620</v>
       </c>
-      <c r="K100" s="26">
+      <c r="K101" s="26">
         <v>3274</v>
       </c>
-      <c r="L100"/>
-[...2 lines deleted...]
-      <c r="B101" s="2" t="s">
+      <c r="L101"/>
+    </row>
+    <row r="102" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C101" s="4">
+      <c r="C102" s="4">
         <v>7017</v>
       </c>
-      <c r="D101" s="4">
+      <c r="D102" s="4">
         <v>6652</v>
       </c>
-      <c r="E101" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H101" s="4">
+      <c r="E102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="4">
         <v>6638</v>
       </c>
-      <c r="I101" s="4">
+      <c r="I102" s="4">
         <v>4135</v>
       </c>
-      <c r="J101" s="4">
+      <c r="J102" s="4">
         <v>3430</v>
       </c>
-      <c r="K101" s="5">
+      <c r="K102" s="5">
         <v>3096</v>
       </c>
-      <c r="L101"/>
-[...2 lines deleted...]
-      <c r="B102" s="29" t="s">
+      <c r="L102"/>
+    </row>
+    <row r="103" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="C102" s="24">
+      <c r="C103" s="24">
         <v>7010</v>
       </c>
-      <c r="D102" s="24">
+      <c r="D103" s="24">
         <v>6656</v>
       </c>
-      <c r="E102" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H102" s="24">
+      <c r="E103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="24">
         <v>6632</v>
       </c>
-      <c r="I102" s="24">
+      <c r="I103" s="24">
         <v>4142</v>
       </c>
-      <c r="J102" s="24">
+      <c r="J103" s="24">
         <v>3412</v>
       </c>
-      <c r="K102" s="26">
+      <c r="K103" s="26">
         <v>3096</v>
       </c>
-      <c r="L102"/>
-[...2 lines deleted...]
-      <c r="B103" s="2" t="s">
+      <c r="L103"/>
+    </row>
+    <row r="104" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C103" s="4">
+      <c r="C104" s="4">
         <v>7001</v>
       </c>
-      <c r="D103" s="4">
+      <c r="D104" s="4">
         <v>6657</v>
       </c>
-      <c r="E103" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H103" s="4">
+      <c r="E104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="4">
         <v>6625</v>
       </c>
-      <c r="I103" s="4">
+      <c r="I104" s="4">
         <v>4133</v>
       </c>
-      <c r="J103" s="4">
+      <c r="J104" s="4">
         <v>3400</v>
       </c>
-      <c r="K103" s="5">
+      <c r="K104" s="5">
         <v>3086</v>
       </c>
-      <c r="L103"/>
-[...2 lines deleted...]
-      <c r="B104" s="29" t="s">
+      <c r="L104"/>
+    </row>
+    <row r="105" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="C104" s="24">
+      <c r="C105" s="24">
         <v>6995</v>
       </c>
-      <c r="D104" s="24">
+      <c r="D105" s="24">
         <v>6650</v>
       </c>
-      <c r="E104" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H104" s="24">
+      <c r="E105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="24">
         <v>6611</v>
       </c>
-      <c r="I104" s="24">
+      <c r="I105" s="24">
         <v>4132</v>
       </c>
-      <c r="J104" s="24">
+      <c r="J105" s="24">
         <v>3378</v>
       </c>
-      <c r="K104" s="26">
+      <c r="K105" s="26">
         <v>3064</v>
       </c>
-      <c r="L104"/>
-[...2 lines deleted...]
-      <c r="B105" s="2" t="s">
+      <c r="L105"/>
+    </row>
+    <row r="106" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C105" s="4">
+      <c r="C106" s="4">
         <v>6585</v>
       </c>
-      <c r="D105" s="4">
+      <c r="D106" s="4">
         <v>6397</v>
       </c>
-      <c r="E105" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H105" s="4">
+      <c r="E106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="4">
         <v>6222</v>
       </c>
-      <c r="I105" s="4">
+      <c r="I106" s="4">
         <v>3948</v>
       </c>
-      <c r="J105" s="4">
+      <c r="J106" s="4">
         <v>3247</v>
       </c>
-      <c r="K105" s="5">
+      <c r="K106" s="5">
         <v>2942</v>
       </c>
-      <c r="L105"/>
-[...2 lines deleted...]
-      <c r="B106" s="29" t="s">
+      <c r="L106"/>
+    </row>
+    <row r="107" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="C106" s="24">
+      <c r="C107" s="24">
         <v>6577</v>
       </c>
-      <c r="D106" s="24">
+      <c r="D107" s="24">
         <v>6402</v>
       </c>
-      <c r="E106" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H106" s="24">
+      <c r="E107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="24">
         <v>6213</v>
       </c>
-      <c r="I106" s="24">
+      <c r="I107" s="24">
         <v>3953</v>
       </c>
-      <c r="J106" s="24">
+      <c r="J107" s="24">
         <v>3234</v>
       </c>
-      <c r="K106" s="26">
+      <c r="K107" s="26">
         <v>2935</v>
       </c>
-      <c r="L106"/>
-[...2 lines deleted...]
-      <c r="B107" s="3" t="s">
+      <c r="L107"/>
+    </row>
+    <row r="108" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B108" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C107" s="6">
+      <c r="C108" s="6">
         <v>6566</v>
       </c>
-      <c r="D107" s="6">
+      <c r="D108" s="6">
         <v>6400</v>
       </c>
-      <c r="E107" s="13" t="s">
-[...8 lines deleted...]
-      <c r="H107" s="6">
+      <c r="E108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="6">
         <v>6203</v>
       </c>
-      <c r="I107" s="6">
+      <c r="I108" s="6">
         <v>3949</v>
       </c>
-      <c r="J107" s="6">
+      <c r="J108" s="6">
         <v>3222</v>
       </c>
-      <c r="K107" s="7">
+      <c r="K108" s="7">
         <v>2928</v>
       </c>
-      <c r="L107"/>
+      <c r="L108"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="54" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:L107"/>
+  <dimension ref="B1:L108"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView showGridLines="0" topLeftCell="A14" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="P14" sqref="P14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="20.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
@@ -18507,3426 +18670,3459 @@
     </row>
     <row r="5" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
       <c r="C5" s="128"/>
       <c r="D5" s="128"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="135"/>
       <c r="K5" s="130"/>
       <c r="L5"/>
     </row>
     <row r="6" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="126" t="s">
+      <c r="B6" s="140" t="s">
+        <v>164</v>
+      </c>
+      <c r="C6" s="59">
+        <v>19892</v>
+      </c>
+      <c r="D6" s="59">
+        <v>18397</v>
+      </c>
+      <c r="E6" s="59">
+        <v>9886</v>
+      </c>
+      <c r="F6" s="59">
+        <v>11667</v>
+      </c>
+      <c r="G6" s="59">
+        <v>17228</v>
+      </c>
+      <c r="H6" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="59">
+        <v>13272</v>
+      </c>
+      <c r="K6" s="61">
+        <v>10739</v>
+      </c>
+      <c r="L6"/>
+    </row>
+    <row r="7" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="126" t="s">
         <v>163</v>
       </c>
-      <c r="C6" s="24">
+      <c r="C7" s="24">
         <v>19870</v>
       </c>
-      <c r="D6" s="24">
+      <c r="D7" s="24">
         <v>18367</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E7" s="24">
         <v>9906</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F7" s="24">
         <v>11678</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G7" s="24">
         <v>17214</v>
       </c>
-      <c r="H6" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="24">
+      <c r="H7" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="24">
         <v>13307</v>
       </c>
-      <c r="K6" s="26">
+      <c r="K7" s="26">
         <v>10797</v>
       </c>
-      <c r="L6"/>
-[...2 lines deleted...]
-      <c r="B7" s="125" t="s">
+      <c r="L7"/>
+    </row>
+    <row r="8" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="125" t="s">
         <v>162</v>
       </c>
-      <c r="C7" s="59">
+      <c r="C8" s="59">
         <v>19852</v>
       </c>
-      <c r="D7" s="59">
+      <c r="D8" s="59">
         <v>18338</v>
       </c>
-      <c r="E7" s="59">
+      <c r="E8" s="59">
         <v>9931</v>
       </c>
-      <c r="F7" s="59">
+      <c r="F8" s="59">
         <v>11686</v>
       </c>
-      <c r="G7" s="59">
+      <c r="G8" s="59">
         <v>17222</v>
       </c>
-      <c r="H7" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J7" s="59">
+      <c r="H8" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="59">
         <v>13334</v>
       </c>
-      <c r="K7" s="61">
+      <c r="K8" s="61">
         <v>10818</v>
       </c>
-      <c r="L7"/>
-[...2 lines deleted...]
-      <c r="B8" s="124" t="s">
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="124" t="s">
         <v>161</v>
       </c>
-      <c r="C8" s="24">
+      <c r="C9" s="24">
         <v>19493</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D9" s="24">
         <v>17979</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E9" s="24">
         <v>9656</v>
       </c>
-      <c r="F8" s="24">
+      <c r="F9" s="24">
         <v>11389</v>
       </c>
-      <c r="G8" s="24">
+      <c r="G9" s="24">
         <v>16889</v>
       </c>
-      <c r="H8" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J8" s="24">
+      <c r="H9" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="24">
         <v>13044</v>
       </c>
-      <c r="K8" s="26">
+      <c r="K9" s="26">
         <v>10555</v>
       </c>
-      <c r="L8"/>
-[...2 lines deleted...]
-      <c r="B9" s="123" t="s">
+      <c r="L9"/>
+    </row>
+    <row r="10" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="123" t="s">
         <v>160</v>
       </c>
-      <c r="C9" s="59">
+      <c r="C10" s="59">
         <v>19488</v>
       </c>
-      <c r="D9" s="59">
+      <c r="D10" s="59">
         <v>17966</v>
       </c>
-      <c r="E9" s="59">
+      <c r="E10" s="59">
         <v>9678</v>
       </c>
-      <c r="F9" s="59">
+      <c r="F10" s="59">
         <v>11391</v>
       </c>
-      <c r="G9" s="59">
+      <c r="G10" s="59">
         <v>16884</v>
       </c>
-      <c r="H9" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="59">
+      <c r="H10" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="59">
         <v>13028</v>
       </c>
-      <c r="K9" s="61">
+      <c r="K10" s="61">
         <v>10518</v>
       </c>
-      <c r="L9"/>
-[...2 lines deleted...]
-      <c r="B10" s="122" t="s">
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="122" t="s">
         <v>159</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C11" s="24">
         <v>19470</v>
       </c>
-      <c r="D10" s="24">
+      <c r="D11" s="24">
         <v>17918</v>
       </c>
-      <c r="E10" s="24">
+      <c r="E11" s="24">
         <v>9708</v>
       </c>
-      <c r="F10" s="24">
+      <c r="F11" s="24">
         <v>11399</v>
       </c>
-      <c r="G10" s="24">
+      <c r="G11" s="24">
         <v>16884</v>
       </c>
-      <c r="H10" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J10" s="24">
+      <c r="H11" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="24">
         <v>13045</v>
       </c>
-      <c r="K10" s="26">
+      <c r="K11" s="26">
         <v>10578</v>
       </c>
-      <c r="L10"/>
-[...2 lines deleted...]
-      <c r="B11" s="121" t="s">
+      <c r="L11"/>
+    </row>
+    <row r="12" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="121" t="s">
         <v>158</v>
       </c>
-      <c r="C11" s="59">
+      <c r="C12" s="59">
         <v>19443</v>
       </c>
-      <c r="D11" s="59">
+      <c r="D12" s="59">
         <v>17849</v>
       </c>
-      <c r="E11" s="59">
+      <c r="E12" s="59">
         <v>9746</v>
       </c>
-      <c r="F11" s="59">
+      <c r="F12" s="59">
         <v>11414</v>
       </c>
-      <c r="G11" s="59">
+      <c r="G12" s="59">
         <v>16896</v>
       </c>
-      <c r="H11" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J11" s="59">
+      <c r="H12" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="59">
         <v>13062</v>
       </c>
-      <c r="K11" s="61">
+      <c r="K12" s="61">
         <v>10611</v>
       </c>
-      <c r="L11"/>
-[...2 lines deleted...]
-      <c r="B12" s="120" t="s">
+      <c r="L12"/>
+    </row>
+    <row r="13" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="120" t="s">
         <v>157</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C13" s="24">
         <v>19063</v>
       </c>
-      <c r="D12" s="24">
+      <c r="D13" s="24">
         <v>17401</v>
       </c>
-      <c r="E12" s="24">
+      <c r="E13" s="24">
         <v>9419</v>
       </c>
-      <c r="F12" s="24">
+      <c r="F13" s="24">
         <v>11068</v>
       </c>
-      <c r="G12" s="24">
+      <c r="G13" s="24">
         <v>16532</v>
       </c>
-      <c r="H12" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J12" s="24">
+      <c r="H13" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="24">
         <v>12724</v>
       </c>
-      <c r="K12" s="26">
+      <c r="K13" s="26">
         <v>10267</v>
       </c>
-      <c r="L12"/>
-[...2 lines deleted...]
-      <c r="B13" s="119" t="s">
+      <c r="L13"/>
+    </row>
+    <row r="14" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="C13" s="59">
+      <c r="C14" s="59">
         <v>19054</v>
       </c>
-      <c r="D13" s="59">
+      <c r="D14" s="59">
         <v>17347</v>
       </c>
-      <c r="E13" s="59">
+      <c r="E14" s="59">
         <v>9453</v>
       </c>
-      <c r="F13" s="59">
+      <c r="F14" s="59">
         <v>11085</v>
       </c>
-      <c r="G13" s="59">
+      <c r="G14" s="59">
         <v>16540</v>
       </c>
-      <c r="H13" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J13" s="59">
+      <c r="H14" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="59">
         <v>12757</v>
       </c>
-      <c r="K13" s="61">
+      <c r="K14" s="61">
         <v>10244</v>
       </c>
-      <c r="L13"/>
-[...2 lines deleted...]
-      <c r="B14" s="118" t="s">
+      <c r="L14"/>
+    </row>
+    <row r="15" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="118" t="s">
         <v>155</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C15" s="24">
         <v>19038</v>
       </c>
-      <c r="D14" s="24">
+      <c r="D15" s="24">
         <v>17284</v>
       </c>
-      <c r="E14" s="24">
+      <c r="E15" s="24">
         <v>9489</v>
       </c>
-      <c r="F14" s="24">
+      <c r="F15" s="24">
         <v>11101</v>
       </c>
-      <c r="G14" s="24">
+      <c r="G15" s="24">
         <v>16556</v>
       </c>
-      <c r="H14" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="24">
+      <c r="H15" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="24">
         <v>12787</v>
       </c>
-      <c r="K14" s="26">
+      <c r="K15" s="26">
         <v>10306</v>
       </c>
-      <c r="L14"/>
-[...2 lines deleted...]
-      <c r="B15" s="116" t="s">
+      <c r="L15"/>
+    </row>
+    <row r="16" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="116" t="s">
         <v>154</v>
       </c>
-      <c r="C15" s="59">
+      <c r="C16" s="59">
         <v>18290</v>
       </c>
-      <c r="D15" s="59">
+      <c r="D16" s="59">
         <v>16531</v>
       </c>
-      <c r="E15" s="59">
+      <c r="E16" s="59">
         <v>8990</v>
       </c>
-      <c r="F15" s="59">
+      <c r="F16" s="59">
         <v>10559</v>
       </c>
-      <c r="G15" s="59">
+      <c r="G16" s="59">
         <v>15896</v>
       </c>
-      <c r="H15" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="59">
+      <c r="H16" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="59">
         <v>12215</v>
       </c>
-      <c r="K15" s="61">
+      <c r="K16" s="61">
         <v>9786</v>
       </c>
-      <c r="L15"/>
-[...2 lines deleted...]
-      <c r="B16" s="115" t="s">
+      <c r="L16"/>
+    </row>
+    <row r="17" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="115" t="s">
         <v>153</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C17" s="24">
         <v>16484</v>
       </c>
-      <c r="D16" s="24">
+      <c r="D17" s="24">
         <v>14760</v>
       </c>
-      <c r="E16" s="24">
+      <c r="E17" s="24">
         <v>8620</v>
       </c>
-      <c r="F16" s="24">
+      <c r="F17" s="24">
         <v>10101</v>
       </c>
-      <c r="G16" s="24">
+      <c r="G17" s="24">
         <v>15166</v>
       </c>
-      <c r="H16" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J16" s="24">
+      <c r="H17" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="24">
         <v>11681</v>
       </c>
-      <c r="K16" s="26">
+      <c r="K17" s="26">
         <v>9362</v>
       </c>
-      <c r="L16"/>
-[...2 lines deleted...]
-      <c r="B17" s="113" t="s">
+      <c r="L17"/>
+    </row>
+    <row r="18" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="113" t="s">
         <v>152</v>
       </c>
-      <c r="C17" s="59">
+      <c r="C18" s="59">
         <v>16447</v>
       </c>
-      <c r="D17" s="59">
+      <c r="D18" s="59">
         <v>14727</v>
       </c>
-      <c r="E17" s="59">
+      <c r="E18" s="59">
         <v>8640</v>
       </c>
-      <c r="F17" s="59">
+      <c r="F18" s="59">
         <v>10105</v>
       </c>
-      <c r="G17" s="59">
+      <c r="G18" s="59">
         <v>15151</v>
       </c>
-      <c r="H17" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="59">
+      <c r="H18" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="59">
         <v>11679</v>
       </c>
-      <c r="K17" s="61">
+      <c r="K18" s="61">
         <v>9323</v>
       </c>
-      <c r="L17"/>
-[...2 lines deleted...]
-      <c r="B18" s="98" t="s">
+      <c r="L18"/>
+    </row>
+    <row r="19" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="98" t="s">
         <v>151</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C19" s="24">
         <v>15788</v>
       </c>
-      <c r="D18" s="79">
+      <c r="D19" s="79">
         <v>14164</v>
       </c>
-      <c r="E18" s="24">
+      <c r="E19" s="24">
         <v>8415</v>
       </c>
-      <c r="F18" s="24">
+      <c r="F19" s="24">
         <v>9798</v>
       </c>
-      <c r="G18" s="24">
+      <c r="G19" s="24">
         <v>14582</v>
       </c>
-      <c r="H18" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="24">
+      <c r="H19" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="24">
         <v>11291</v>
       </c>
-      <c r="K18" s="26">
+      <c r="K19" s="26">
         <v>9090</v>
       </c>
-      <c r="L18"/>
-[...2 lines deleted...]
-      <c r="B19" s="109" t="s">
+      <c r="L19"/>
+    </row>
+    <row r="20" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="109" t="s">
         <v>150</v>
       </c>
-      <c r="C19" s="107">
+      <c r="C20" s="107">
         <v>14859</v>
       </c>
-      <c r="D19" s="104">
+      <c r="D20" s="104">
         <v>13364</v>
       </c>
-      <c r="E19" s="107">
+      <c r="E20" s="107">
         <v>8083</v>
       </c>
-      <c r="F19" s="107">
+      <c r="F20" s="107">
         <v>9351</v>
       </c>
-      <c r="G19" s="107">
+      <c r="G20" s="107">
         <v>13775</v>
       </c>
-      <c r="H19" s="112" t="s">
-[...5 lines deleted...]
-      <c r="J19" s="107">
+      <c r="H20" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="107">
         <v>10741</v>
       </c>
-      <c r="K19" s="108">
+      <c r="K20" s="108">
         <v>8703</v>
       </c>
-      <c r="L19"/>
-[...2 lines deleted...]
-      <c r="B20" s="98" t="s">
+      <c r="L20"/>
+    </row>
+    <row r="21" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="98" t="s">
         <v>149</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C21" s="24">
         <v>14060</v>
       </c>
-      <c r="D20" s="79">
+      <c r="D21" s="79">
         <v>12562</v>
       </c>
-      <c r="E20" s="24">
+      <c r="E21" s="24">
         <v>7392</v>
       </c>
-      <c r="F20" s="24">
+      <c r="F21" s="24">
         <v>8638</v>
       </c>
-      <c r="G20" s="24">
+      <c r="G21" s="24">
         <v>13000</v>
       </c>
-      <c r="H20" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J20" s="24">
+      <c r="H21" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="24">
         <v>10024</v>
       </c>
-      <c r="K20" s="26">
+      <c r="K21" s="26">
         <v>8000</v>
       </c>
-      <c r="L20"/>
-[...2 lines deleted...]
-      <c r="B21" s="101" t="s">
+      <c r="L21"/>
+    </row>
+    <row r="22" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="101" t="s">
         <v>145</v>
       </c>
-      <c r="C21" s="59">
+      <c r="C22" s="59">
         <v>14048</v>
       </c>
-      <c r="D21" s="59">
+      <c r="D22" s="59">
         <v>12535</v>
       </c>
-      <c r="E21" s="59">
+      <c r="E22" s="59">
         <v>7400</v>
       </c>
-      <c r="F21" s="59">
+      <c r="F22" s="59">
         <v>8634</v>
       </c>
-      <c r="G21" s="59">
+      <c r="G22" s="59">
         <v>13002</v>
       </c>
-      <c r="H21" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J21" s="59">
+      <c r="H22" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="59">
         <v>10034</v>
       </c>
-      <c r="K21" s="61">
+      <c r="K22" s="61">
         <v>7962</v>
       </c>
-      <c r="L21"/>
-[...2 lines deleted...]
-      <c r="B22" s="100" t="s">
+      <c r="L22"/>
+    </row>
+    <row r="23" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="100" t="s">
         <v>144</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C23" s="24">
         <v>14022</v>
       </c>
-      <c r="D22" s="24">
+      <c r="D23" s="24">
         <v>12508</v>
       </c>
-      <c r="E22" s="24">
+      <c r="E23" s="24">
         <v>7414</v>
       </c>
-      <c r="F22" s="24">
+      <c r="F23" s="24">
         <v>8637</v>
       </c>
-      <c r="G22" s="24">
+      <c r="G23" s="24">
         <v>13010</v>
       </c>
-      <c r="H22" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J22" s="24">
+      <c r="H23" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="24">
         <v>10022</v>
       </c>
-      <c r="K22" s="26">
+      <c r="K23" s="26">
         <v>8000</v>
       </c>
-      <c r="L22"/>
-[...2 lines deleted...]
-      <c r="B23" s="99" t="s">
+      <c r="L23"/>
+    </row>
+    <row r="24" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="99" t="s">
         <v>143</v>
       </c>
-      <c r="C23" s="59">
+      <c r="C24" s="59">
         <v>13985</v>
       </c>
-      <c r="D23" s="59">
+      <c r="D24" s="59">
         <v>12463</v>
       </c>
-      <c r="E23" s="59">
+      <c r="E24" s="59">
         <v>7426</v>
       </c>
-      <c r="F23" s="59">
+      <c r="F24" s="59">
         <v>8633</v>
       </c>
-      <c r="G23" s="59">
+      <c r="G24" s="59">
         <v>13017</v>
       </c>
-      <c r="H23" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="59">
+      <c r="H24" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="59">
         <v>10014</v>
       </c>
-      <c r="K23" s="61">
+      <c r="K24" s="61">
         <v>8010</v>
       </c>
-      <c r="L23"/>
-[...2 lines deleted...]
-      <c r="B24" s="98" t="s">
+      <c r="L24"/>
+    </row>
+    <row r="25" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="98" t="s">
         <v>142</v>
       </c>
-      <c r="C24" s="24">
+      <c r="C25" s="24">
         <v>13204</v>
       </c>
-      <c r="D24" s="24">
+      <c r="D25" s="24">
         <v>11768</v>
       </c>
-      <c r="E24" s="24">
+      <c r="E25" s="24">
         <v>7116</v>
       </c>
-      <c r="F24" s="24">
+      <c r="F25" s="24">
         <v>8237</v>
       </c>
-      <c r="G24" s="24">
+      <c r="G25" s="24">
         <v>12331</v>
       </c>
-      <c r="H24" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="24">
+      <c r="H25" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="24">
         <v>9529</v>
       </c>
-      <c r="K24" s="26">
+      <c r="K25" s="26">
         <v>7644</v>
       </c>
-      <c r="L24"/>
-[...2 lines deleted...]
-      <c r="B25" s="97" t="s">
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="C25" s="59">
+      <c r="C26" s="59">
         <v>13173</v>
       </c>
-      <c r="D25" s="59">
+      <c r="D26" s="59">
         <v>11743</v>
       </c>
-      <c r="E25" s="59">
+      <c r="E26" s="59">
         <v>7124</v>
       </c>
-      <c r="F25" s="59">
+      <c r="F26" s="59">
         <v>8238</v>
       </c>
-      <c r="G25" s="59">
+      <c r="G26" s="59">
         <v>12328</v>
       </c>
-      <c r="H25" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="59">
+      <c r="H26" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="59">
         <v>9536</v>
       </c>
-      <c r="K25" s="61">
+      <c r="K26" s="61">
         <v>7610</v>
       </c>
-      <c r="L25"/>
-[...2 lines deleted...]
-      <c r="B26" s="96" t="s">
+      <c r="L26"/>
+    </row>
+    <row r="27" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C27" s="24">
         <v>13159</v>
       </c>
-      <c r="D26" s="24">
+      <c r="D27" s="24">
         <v>11718</v>
       </c>
-      <c r="E26" s="24">
+      <c r="E27" s="24">
         <v>7127</v>
       </c>
-      <c r="F26" s="24">
+      <c r="F27" s="24">
         <v>8235</v>
       </c>
-      <c r="G26" s="24">
+      <c r="G27" s="24">
         <v>12329</v>
       </c>
-      <c r="H26" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J26" s="24">
+      <c r="H27" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="24">
         <v>9518</v>
       </c>
-      <c r="K26" s="26">
+      <c r="K27" s="26">
         <v>7631</v>
       </c>
-      <c r="L26"/>
-[...2 lines deleted...]
-      <c r="B27" s="92" t="s">
+      <c r="L27"/>
+    </row>
+    <row r="28" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="92" t="s">
         <v>136</v>
       </c>
-      <c r="C27" s="59">
+      <c r="C28" s="59">
         <v>13141</v>
       </c>
-      <c r="D27" s="59">
+      <c r="D28" s="59">
         <v>11698</v>
       </c>
-      <c r="E27" s="59">
+      <c r="E28" s="59">
         <v>7133</v>
       </c>
-      <c r="F27" s="59">
+      <c r="F28" s="59">
         <v>8229</v>
       </c>
-      <c r="G27" s="59">
+      <c r="G28" s="59">
         <v>12326</v>
       </c>
-      <c r="H27" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J27" s="59">
+      <c r="H28" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="59">
         <v>9525</v>
       </c>
-      <c r="K27" s="61">
+      <c r="K28" s="61">
         <v>7640</v>
       </c>
-      <c r="L27"/>
-[...2 lines deleted...]
-      <c r="B28" s="91" t="s">
+      <c r="L28"/>
+    </row>
+    <row r="29" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="91" t="s">
         <v>135</v>
       </c>
-      <c r="C28" s="24">
+      <c r="C29" s="24">
         <v>12277</v>
       </c>
-      <c r="D28" s="24">
+      <c r="D29" s="24">
         <v>10908</v>
       </c>
-      <c r="E28" s="24">
+      <c r="E29" s="24">
         <v>6592</v>
       </c>
-      <c r="F28" s="24">
+      <c r="F29" s="24">
         <v>7628</v>
       </c>
-      <c r="G28" s="24">
+      <c r="G29" s="24">
         <v>11526</v>
       </c>
-      <c r="H28" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="24">
+      <c r="H29" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="24">
         <v>8866</v>
       </c>
-      <c r="K28" s="26">
+      <c r="K29" s="26">
         <v>7062</v>
       </c>
-      <c r="L28"/>
-[...2 lines deleted...]
-      <c r="B29" s="90" t="s">
+      <c r="L29"/>
+    </row>
+    <row r="30" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="90" t="s">
         <v>134</v>
       </c>
-      <c r="C29" s="59">
+      <c r="C30" s="59">
         <v>12248</v>
       </c>
-      <c r="D29" s="59">
+      <c r="D30" s="59">
         <v>10888</v>
       </c>
-      <c r="E29" s="59">
+      <c r="E30" s="59">
         <v>6599</v>
       </c>
-      <c r="F29" s="59">
+      <c r="F30" s="59">
         <v>7629</v>
       </c>
-      <c r="G29" s="59">
+      <c r="G30" s="59">
         <v>11525</v>
       </c>
-      <c r="H29" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="59">
+      <c r="H30" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="59">
         <v>8856</v>
       </c>
-      <c r="K29" s="61">
+      <c r="K30" s="61">
         <v>7033</v>
       </c>
-      <c r="L29"/>
-[...2 lines deleted...]
-      <c r="B30" s="89" t="s">
+      <c r="L30"/>
+    </row>
+    <row r="31" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="89" t="s">
         <v>133</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C31" s="24">
         <v>12216</v>
       </c>
-      <c r="D30" s="24">
+      <c r="D31" s="24">
         <v>10872</v>
       </c>
-      <c r="E30" s="24">
+      <c r="E31" s="24">
         <v>6605</v>
       </c>
-      <c r="F30" s="24">
+      <c r="F31" s="24">
         <v>7628</v>
       </c>
-      <c r="G30" s="24">
+      <c r="G31" s="24">
         <v>11526</v>
       </c>
-      <c r="H30" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J30" s="24">
+      <c r="H31" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="24">
         <v>8839</v>
       </c>
-      <c r="K30" s="26">
+      <c r="K31" s="26">
         <v>7055</v>
       </c>
-      <c r="L30"/>
-[...2 lines deleted...]
-      <c r="B31" s="88" t="s">
+      <c r="L31"/>
+    </row>
+    <row r="32" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="88" t="s">
         <v>132</v>
       </c>
-      <c r="C31" s="59">
+      <c r="C32" s="59">
         <v>12182</v>
       </c>
-      <c r="D31" s="59">
+      <c r="D32" s="59">
         <v>10854</v>
       </c>
-      <c r="E31" s="59">
+      <c r="E32" s="59">
         <v>6614</v>
       </c>
-      <c r="F31" s="59">
+      <c r="F32" s="59">
         <v>7626</v>
       </c>
-      <c r="G31" s="59">
+      <c r="G32" s="59">
         <v>11521</v>
       </c>
-      <c r="H31" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J31" s="59">
+      <c r="H32" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="59">
         <v>8831</v>
       </c>
-      <c r="K31" s="61">
+      <c r="K32" s="61">
         <v>7060</v>
       </c>
-      <c r="L31"/>
-[...2 lines deleted...]
-      <c r="B32" s="82" t="s">
+      <c r="L32"/>
+    </row>
+    <row r="33" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="82" t="s">
         <v>131</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C33" s="24">
         <v>11281</v>
       </c>
-      <c r="D32" s="24">
+      <c r="D33" s="24">
         <v>10011</v>
       </c>
-      <c r="E32" s="24">
+      <c r="E33" s="24">
         <v>5940</v>
       </c>
-      <c r="F32" s="24">
+      <c r="F33" s="24">
         <v>6908</v>
       </c>
-      <c r="G32" s="24">
+      <c r="G33" s="24">
         <v>10682</v>
       </c>
-      <c r="H32" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J32" s="24">
+      <c r="H33" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="24">
         <v>8029</v>
       </c>
-      <c r="K32" s="26">
+      <c r="K33" s="26">
         <v>6369</v>
       </c>
-      <c r="L32"/>
-[...2 lines deleted...]
-      <c r="B33" s="76" t="s">
+      <c r="L33"/>
+    </row>
+    <row r="34" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="76" t="s">
         <v>130</v>
       </c>
-      <c r="C33" s="59">
+      <c r="C34" s="59">
         <v>11270</v>
       </c>
-      <c r="D33" s="59">
+      <c r="D34" s="59">
         <v>9994</v>
       </c>
-      <c r="E33" s="59">
+      <c r="E34" s="59">
         <v>5948</v>
       </c>
-      <c r="F33" s="59">
+      <c r="F34" s="59">
         <v>6909</v>
       </c>
-      <c r="G33" s="59">
+      <c r="G34" s="59">
         <v>10685</v>
       </c>
-      <c r="H33" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J33" s="59">
+      <c r="H34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="59">
         <v>8035</v>
       </c>
-      <c r="K33" s="61">
+      <c r="K34" s="61">
         <v>6326</v>
       </c>
-      <c r="L33"/>
-[...2 lines deleted...]
-      <c r="B34" s="74" t="s">
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="74" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C35" s="24">
         <v>11247</v>
       </c>
-      <c r="D34" s="24">
+      <c r="D35" s="24">
         <v>9979</v>
       </c>
-      <c r="E34" s="24">
+      <c r="E35" s="24">
         <v>5960</v>
       </c>
-      <c r="F34" s="24">
+      <c r="F35" s="24">
         <v>6910</v>
       </c>
-      <c r="G34" s="24">
+      <c r="G35" s="24">
         <v>10683</v>
       </c>
-      <c r="H34" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J34" s="24">
+      <c r="H35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="24">
         <v>8013</v>
       </c>
-      <c r="K34" s="26">
+      <c r="K35" s="26">
         <v>6361</v>
       </c>
-      <c r="L34"/>
-[...2 lines deleted...]
-      <c r="B35" s="73" t="s">
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="73" t="s">
         <v>128</v>
       </c>
-      <c r="C35" s="59">
+      <c r="C36" s="59">
         <v>11219</v>
       </c>
-      <c r="D35" s="59">
+      <c r="D36" s="59">
         <v>9966</v>
       </c>
-      <c r="E35" s="59">
+      <c r="E36" s="59">
         <v>5973</v>
       </c>
-      <c r="F35" s="59">
+      <c r="F36" s="59">
         <v>6918</v>
       </c>
-      <c r="G35" s="59">
+      <c r="G36" s="59">
         <v>10687</v>
       </c>
-      <c r="H35" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J35" s="59">
+      <c r="H36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="59">
         <v>8007</v>
       </c>
-      <c r="K35" s="61">
+      <c r="K36" s="61">
         <v>6364</v>
       </c>
-      <c r="L35"/>
-[...2 lines deleted...]
-      <c r="B36" s="72" t="s">
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="72" t="s">
         <v>127</v>
       </c>
-      <c r="C36" s="24">
+      <c r="C37" s="24">
         <v>10758</v>
       </c>
-      <c r="D36" s="24">
+      <c r="D37" s="24">
         <v>9558</v>
       </c>
-      <c r="E36" s="24">
+      <c r="E37" s="24">
         <v>5724</v>
       </c>
-      <c r="F36" s="24">
+      <c r="F37" s="24">
         <v>6627</v>
       </c>
-      <c r="G36" s="24">
+      <c r="G37" s="24">
         <v>10266</v>
       </c>
-      <c r="H36" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J36" s="24">
+      <c r="H37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="24">
         <v>7677</v>
       </c>
-      <c r="K36" s="26">
+      <c r="K37" s="26">
         <v>6089</v>
       </c>
-      <c r="L36"/>
-[...2 lines deleted...]
-      <c r="B37" s="71" t="s">
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="71" t="s">
         <v>126</v>
       </c>
-      <c r="C37" s="59">
+      <c r="C38" s="59">
         <v>10738</v>
       </c>
-      <c r="D37" s="59">
+      <c r="D38" s="59">
         <v>9545</v>
       </c>
-      <c r="E37" s="59">
+      <c r="E38" s="59">
         <v>5738</v>
       </c>
-      <c r="F37" s="59">
+      <c r="F38" s="59">
         <v>6634</v>
       </c>
-      <c r="G37" s="59">
+      <c r="G38" s="59">
         <v>10264</v>
       </c>
-      <c r="H37" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J37" s="59">
+      <c r="H38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="59">
         <v>7686</v>
       </c>
-      <c r="K37" s="61">
+      <c r="K38" s="61">
         <v>6047</v>
       </c>
-      <c r="L37"/>
-[...2 lines deleted...]
-      <c r="B38" s="70" t="s">
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="70" t="s">
         <v>125</v>
       </c>
-      <c r="C38" s="24">
+      <c r="C39" s="24">
         <v>10728</v>
       </c>
-      <c r="D38" s="24">
+      <c r="D39" s="24">
         <v>9528</v>
       </c>
-      <c r="E38" s="24">
+      <c r="E39" s="24">
         <v>5748</v>
       </c>
-      <c r="F38" s="24">
+      <c r="F39" s="24">
         <v>6634</v>
       </c>
-      <c r="G38" s="24">
+      <c r="G39" s="24">
         <v>10263</v>
       </c>
-      <c r="H38" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J38" s="24">
+      <c r="H39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="24">
         <v>7670</v>
       </c>
-      <c r="K38" s="26">
+      <c r="K39" s="26">
         <v>6082</v>
       </c>
-      <c r="L38"/>
-[...2 lines deleted...]
-      <c r="B39" s="69" t="s">
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="69" t="s">
         <v>124</v>
       </c>
-      <c r="C39" s="59">
+      <c r="C40" s="59">
         <v>10707</v>
       </c>
-      <c r="D39" s="59">
+      <c r="D40" s="59">
         <v>9515</v>
       </c>
-      <c r="E39" s="59">
+      <c r="E40" s="59">
         <v>5764</v>
       </c>
-      <c r="F39" s="59">
+      <c r="F40" s="59">
         <v>6637</v>
       </c>
-      <c r="G39" s="59">
+      <c r="G40" s="59">
         <v>10264</v>
       </c>
-      <c r="H39" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J39" s="59">
+      <c r="H40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="59">
         <v>7664</v>
       </c>
-      <c r="K39" s="61">
+      <c r="K40" s="61">
         <v>6082</v>
       </c>
-      <c r="L39"/>
-[...2 lines deleted...]
-      <c r="B40" s="68" t="s">
+      <c r="L40"/>
+    </row>
+    <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="C40" s="24">
+      <c r="C41" s="24">
         <v>10402</v>
       </c>
-      <c r="D40" s="24">
+      <c r="D41" s="24">
         <v>9241</v>
       </c>
-      <c r="E40" s="24">
+      <c r="E41" s="24">
         <v>5597</v>
       </c>
-      <c r="F40" s="24">
+      <c r="F41" s="24">
         <v>6444</v>
       </c>
-      <c r="G40" s="24">
+      <c r="G41" s="24">
         <v>9988</v>
       </c>
-      <c r="H40" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J40" s="24">
+      <c r="H41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="24">
         <v>7446</v>
       </c>
-      <c r="K40" s="26">
+      <c r="K41" s="26">
         <v>5894</v>
       </c>
-      <c r="L40"/>
-[...2 lines deleted...]
-      <c r="B41" s="65" t="s">
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="65" t="s">
         <v>122</v>
       </c>
-      <c r="C41" s="59">
+      <c r="C42" s="59">
         <v>10383</v>
       </c>
-      <c r="D41" s="59">
+      <c r="D42" s="59">
         <v>9231</v>
       </c>
-      <c r="E41" s="59">
+      <c r="E42" s="59">
         <v>5614</v>
       </c>
-      <c r="F41" s="59">
+      <c r="F42" s="59">
         <v>6454</v>
       </c>
-      <c r="G41" s="59">
+      <c r="G42" s="59">
         <v>9987</v>
       </c>
-      <c r="H41" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J41" s="59">
+      <c r="H42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="59">
         <v>7451</v>
       </c>
-      <c r="K41" s="61">
+      <c r="K42" s="61">
         <v>5852</v>
       </c>
-      <c r="L41"/>
-[...2 lines deleted...]
-      <c r="B42" s="63" t="s">
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="63" t="s">
         <v>121</v>
       </c>
-      <c r="C42" s="24">
+      <c r="C43" s="24">
         <v>10365</v>
       </c>
-      <c r="D42" s="24">
+      <c r="D43" s="24">
         <v>9219</v>
       </c>
-      <c r="E42" s="24">
+      <c r="E43" s="24">
         <v>5630</v>
       </c>
-      <c r="F42" s="24">
+      <c r="F43" s="24">
         <v>6461</v>
       </c>
-      <c r="G42" s="24">
+      <c r="G43" s="24">
         <v>9988</v>
       </c>
-      <c r="H42" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="24">
+      <c r="H43" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="24">
         <v>7434</v>
       </c>
-      <c r="K42" s="26">
+      <c r="K43" s="26">
         <v>5884</v>
       </c>
-      <c r="L42"/>
-[...2 lines deleted...]
-      <c r="B43" s="58" t="s">
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="58" t="s">
         <v>120</v>
       </c>
-      <c r="C43" s="59">
+      <c r="C44" s="59">
         <v>10351</v>
       </c>
-      <c r="D43" s="59">
+      <c r="D44" s="59">
         <v>9206</v>
       </c>
-      <c r="E43" s="59">
+      <c r="E44" s="59">
         <v>5647</v>
       </c>
-      <c r="F43" s="59">
+      <c r="F44" s="59">
         <v>6465</v>
       </c>
-      <c r="G43" s="59">
+      <c r="G44" s="59">
         <v>9990</v>
       </c>
-      <c r="H43" s="60" t="s">
-[...5 lines deleted...]
-      <c r="J43" s="59">
+      <c r="H44" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="59">
         <v>7434</v>
       </c>
-      <c r="K43" s="61">
+      <c r="K44" s="61">
         <v>5885</v>
       </c>
-      <c r="L43"/>
-[...2 lines deleted...]
-      <c r="B44" s="23" t="s">
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="C44" s="24">
+      <c r="C45" s="24">
         <v>10302</v>
       </c>
-      <c r="D44" s="24">
+      <c r="D45" s="24">
         <v>9153</v>
       </c>
-      <c r="E44" s="24">
+      <c r="E45" s="24">
         <v>5626</v>
       </c>
-      <c r="F44" s="24">
+      <c r="F45" s="24">
         <v>6434</v>
       </c>
-      <c r="G44" s="24">
+      <c r="G45" s="24">
         <v>9972</v>
       </c>
-      <c r="H44" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="24">
+      <c r="H45" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="24">
         <v>7395</v>
       </c>
-      <c r="K44" s="26">
+      <c r="K45" s="26">
         <v>5842</v>
       </c>
-      <c r="L44"/>
-[...2 lines deleted...]
-      <c r="B45" s="16" t="s">
+      <c r="L45"/>
+    </row>
+    <row r="46" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="C45" s="4">
+      <c r="C46" s="4">
         <v>10286</v>
       </c>
-      <c r="D45" s="4">
+      <c r="D46" s="4">
         <v>9142</v>
       </c>
-      <c r="E45" s="4">
+      <c r="E46" s="4">
         <v>5647</v>
       </c>
-      <c r="F45" s="4">
+      <c r="F46" s="4">
         <v>6439</v>
       </c>
-      <c r="G45" s="4">
+      <c r="G46" s="4">
         <v>9973</v>
       </c>
-      <c r="H45" s="17" t="s">
-[...5 lines deleted...]
-      <c r="J45" s="4">
+      <c r="H46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="4">
         <v>7400</v>
       </c>
-      <c r="K45" s="5">
+      <c r="K46" s="5">
         <v>5802</v>
       </c>
-      <c r="L45"/>
-[...2 lines deleted...]
-      <c r="B46" s="29" t="s">
+      <c r="L46"/>
+    </row>
+    <row r="47" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="24">
+      <c r="C47" s="24">
         <v>10268</v>
       </c>
-      <c r="D46" s="24">
+      <c r="D47" s="24">
         <v>9132</v>
       </c>
-      <c r="E46" s="24">
+      <c r="E47" s="24">
         <v>5667</v>
       </c>
-      <c r="F46" s="24">
+      <c r="F47" s="24">
         <v>6449</v>
       </c>
-      <c r="G46" s="24">
+      <c r="G47" s="24">
         <v>9970</v>
       </c>
-      <c r="H46" s="28" t="s">
-[...5 lines deleted...]
-      <c r="J46" s="24">
+      <c r="H47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="24">
         <v>7389</v>
       </c>
-      <c r="K46" s="26">
+      <c r="K47" s="26">
         <v>5835</v>
       </c>
-      <c r="L46"/>
-[...2 lines deleted...]
-      <c r="B47" s="2" t="s">
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C47" s="4">
+      <c r="C48" s="4">
         <v>10246</v>
       </c>
-      <c r="D47" s="4">
+      <c r="D48" s="4">
         <v>9124</v>
       </c>
-      <c r="E47" s="4">
+      <c r="E48" s="4">
         <v>5692</v>
       </c>
-      <c r="F47" s="4">
+      <c r="F48" s="4">
         <v>6458</v>
       </c>
-      <c r="G47" s="4">
+      <c r="G48" s="4">
         <v>9966</v>
       </c>
-      <c r="H47" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J47" s="4">
+      <c r="H48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="4">
         <v>7390</v>
       </c>
-      <c r="K47" s="5">
+      <c r="K48" s="5">
         <v>5834</v>
       </c>
-      <c r="L47"/>
-[...2 lines deleted...]
-      <c r="B48" s="29" t="s">
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="C48" s="24">
+      <c r="C49" s="24">
         <v>10050</v>
       </c>
-      <c r="D48" s="24">
+      <c r="D49" s="24">
         <v>8947</v>
       </c>
-      <c r="E48" s="24">
+      <c r="E49" s="24">
         <v>5598</v>
       </c>
-      <c r="F48" s="24">
+      <c r="F49" s="24">
         <v>6338</v>
       </c>
-      <c r="G48" s="24">
+      <c r="G49" s="24">
         <v>9784</v>
       </c>
-      <c r="H48" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J48" s="24">
+      <c r="H49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="24">
         <v>7250</v>
       </c>
-      <c r="K48" s="26">
+      <c r="K49" s="26">
         <v>5713</v>
       </c>
-      <c r="L48"/>
-[...2 lines deleted...]
-      <c r="B49" s="2" t="s">
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C49" s="4">
+      <c r="C50" s="4">
         <v>10044</v>
       </c>
-      <c r="D49" s="4">
+      <c r="D50" s="4">
         <v>8935</v>
       </c>
-      <c r="E49" s="4">
+      <c r="E50" s="4">
         <v>5615</v>
       </c>
-      <c r="F49" s="4">
+      <c r="F50" s="4">
         <v>6339</v>
       </c>
-      <c r="G49" s="4">
+      <c r="G50" s="4">
         <v>9781</v>
       </c>
-      <c r="H49" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J49" s="4">
+      <c r="H50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="4">
         <v>7256</v>
       </c>
-      <c r="K49" s="5">
+      <c r="K50" s="5">
         <v>5676</v>
       </c>
-      <c r="L49"/>
-[...2 lines deleted...]
-      <c r="B50" s="31" t="s">
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C51" s="24">
         <v>10028</v>
       </c>
-      <c r="D50" s="24">
+      <c r="D51" s="24">
         <v>8923</v>
       </c>
-      <c r="E50" s="24">
+      <c r="E51" s="24">
         <v>5638</v>
       </c>
-      <c r="F50" s="24">
+      <c r="F51" s="24">
         <v>6348</v>
       </c>
-      <c r="G50" s="24">
+      <c r="G51" s="24">
         <v>9778</v>
       </c>
-      <c r="H50" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J50" s="24">
+      <c r="H51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="24">
         <v>7247</v>
       </c>
-      <c r="K50" s="26">
+      <c r="K51" s="26">
         <v>5692</v>
       </c>
-      <c r="L50"/>
-[...2 lines deleted...]
-      <c r="B51" s="2" t="s">
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C51" s="4">
+      <c r="C52" s="4">
         <v>10009</v>
       </c>
-      <c r="D51" s="4">
+      <c r="D52" s="4">
         <v>8913</v>
       </c>
-      <c r="E51" s="4">
+      <c r="E52" s="4">
         <v>5663</v>
       </c>
-      <c r="F51" s="4">
+      <c r="F52" s="4">
         <v>6356</v>
       </c>
-      <c r="G51" s="4">
+      <c r="G52" s="4">
         <v>9773</v>
       </c>
-      <c r="H51" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J51" s="4">
+      <c r="H52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="4">
         <v>7243</v>
       </c>
-      <c r="K51" s="5">
+      <c r="K52" s="5">
         <v>5691</v>
       </c>
-      <c r="L51"/>
-[...2 lines deleted...]
-      <c r="B52" s="29" t="s">
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C53" s="24">
         <v>9955</v>
       </c>
-      <c r="D52" s="24">
+      <c r="D53" s="24">
         <v>8868</v>
       </c>
-      <c r="E52" s="24">
+      <c r="E53" s="24">
         <v>5659</v>
       </c>
-      <c r="F52" s="24">
+      <c r="F53" s="24">
         <v>6338</v>
       </c>
-      <c r="G52" s="24">
+      <c r="G53" s="24">
         <v>9730</v>
       </c>
-      <c r="H52" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J52" s="24">
+      <c r="H53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="24">
         <v>7216</v>
       </c>
-      <c r="K52" s="26">
+      <c r="K53" s="26">
         <v>5668</v>
       </c>
-      <c r="L52"/>
-[...2 lines deleted...]
-      <c r="B53" s="2" t="s">
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C53" s="4">
+      <c r="C54" s="4">
         <v>9944</v>
       </c>
-      <c r="D53" s="4">
+      <c r="D54" s="4">
         <v>8861</v>
       </c>
-      <c r="E53" s="4">
+      <c r="E54" s="4">
         <v>5685</v>
       </c>
-      <c r="F53" s="4">
+      <c r="F54" s="4">
         <v>6366</v>
       </c>
-      <c r="G53" s="4">
+      <c r="G54" s="4">
         <v>9729</v>
       </c>
-      <c r="H53" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J53" s="4">
+      <c r="H54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="4">
         <v>7216</v>
       </c>
-      <c r="K53" s="5">
+      <c r="K54" s="5">
         <v>5631</v>
       </c>
-      <c r="L53"/>
-[...2 lines deleted...]
-      <c r="B54" s="29" t="s">
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C55" s="24">
         <v>9937</v>
       </c>
-      <c r="D54" s="24">
+      <c r="D55" s="24">
         <v>8852</v>
       </c>
-      <c r="E54" s="24">
+      <c r="E55" s="24">
         <v>5711</v>
       </c>
-      <c r="F54" s="24">
+      <c r="F55" s="24">
         <v>6399</v>
       </c>
-      <c r="G54" s="24">
+      <c r="G55" s="24">
         <v>9725</v>
       </c>
-      <c r="H54" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J54" s="24">
+      <c r="H55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="24">
         <v>7207</v>
       </c>
-      <c r="K54" s="26">
+      <c r="K55" s="26">
         <v>5647</v>
       </c>
-      <c r="L54"/>
-[...2 lines deleted...]
-      <c r="B55" s="2" t="s">
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C55" s="4">
+      <c r="C56" s="4">
         <v>9923</v>
       </c>
-      <c r="D55" s="4">
+      <c r="D56" s="4">
         <v>8843</v>
       </c>
-      <c r="E55" s="4">
+      <c r="E56" s="4">
         <v>5744</v>
       </c>
-      <c r="F55" s="4">
+      <c r="F56" s="4">
         <v>6443</v>
       </c>
-      <c r="G55" s="4">
+      <c r="G56" s="4">
         <v>9724</v>
       </c>
-      <c r="H55" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J55" s="4">
+      <c r="H56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="4">
         <v>7207</v>
       </c>
-      <c r="K55" s="5">
+      <c r="K56" s="5">
         <v>5642</v>
       </c>
-      <c r="L55"/>
-[...2 lines deleted...]
-      <c r="B56" s="29" t="s">
+      <c r="L56"/>
+    </row>
+    <row r="57" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C57" s="24">
         <v>9782</v>
       </c>
-      <c r="D56" s="24">
+      <c r="D57" s="24">
         <v>8718</v>
       </c>
-      <c r="E56" s="24">
+      <c r="E57" s="24">
         <v>5683</v>
       </c>
-      <c r="F56" s="24">
+      <c r="F57" s="24">
         <v>6375</v>
       </c>
-      <c r="G56" s="24">
+      <c r="G57" s="24">
         <v>9596</v>
       </c>
-      <c r="H56" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J56" s="24">
+      <c r="H57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="24">
         <v>7104</v>
       </c>
-      <c r="K56" s="26">
+      <c r="K57" s="26">
         <v>5554</v>
       </c>
-      <c r="L56"/>
-[...2 lines deleted...]
-      <c r="B57" s="2" t="s">
+      <c r="L57"/>
+    </row>
+    <row r="58" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C57" s="4">
+      <c r="C58" s="4">
         <v>9771</v>
       </c>
-      <c r="D57" s="4">
+      <c r="D58" s="4">
         <v>8714</v>
       </c>
-      <c r="E57" s="4">
+      <c r="E58" s="4">
         <v>5719</v>
       </c>
-      <c r="F57" s="4">
+      <c r="F58" s="4">
         <v>6419</v>
       </c>
-      <c r="G57" s="4">
+      <c r="G58" s="4">
         <v>9599</v>
       </c>
-      <c r="H57" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J57" s="4">
+      <c r="H58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="4">
         <v>7112</v>
       </c>
-      <c r="K57" s="5">
+      <c r="K58" s="5">
         <v>5534</v>
       </c>
-      <c r="L57"/>
-[...2 lines deleted...]
-      <c r="B58" s="29" t="s">
+      <c r="L58"/>
+    </row>
+    <row r="59" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C59" s="24">
         <v>9759</v>
       </c>
-      <c r="D58" s="24">
+      <c r="D59" s="24">
         <v>8712</v>
       </c>
-      <c r="E58" s="24">
+      <c r="E59" s="24">
         <v>5760</v>
       </c>
-      <c r="F58" s="24">
+      <c r="F59" s="24">
         <v>6448</v>
       </c>
-      <c r="G58" s="24">
+      <c r="G59" s="24">
         <v>9603</v>
       </c>
-      <c r="H58" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J58" s="24">
+      <c r="H59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="24">
         <v>7101</v>
       </c>
-      <c r="K58" s="26">
+      <c r="K59" s="26">
         <v>5539</v>
       </c>
-      <c r="L58"/>
-[...2 lines deleted...]
-      <c r="B59" s="2" t="s">
+      <c r="L59"/>
+    </row>
+    <row r="60" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C59" s="4">
+      <c r="C60" s="4">
         <v>9750</v>
       </c>
-      <c r="D59" s="4">
+      <c r="D60" s="4">
         <v>8710</v>
       </c>
-      <c r="E59" s="4">
+      <c r="E60" s="4">
         <v>5801</v>
       </c>
-      <c r="F59" s="4">
+      <c r="F60" s="4">
         <v>6484</v>
       </c>
-      <c r="G59" s="4">
+      <c r="G60" s="4">
         <v>9600</v>
       </c>
-      <c r="H59" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J59" s="4">
+      <c r="H60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="4">
         <v>7104</v>
       </c>
-      <c r="K59" s="5">
+      <c r="K60" s="5">
         <v>5543</v>
       </c>
-      <c r="L59"/>
-[...2 lines deleted...]
-      <c r="B60" s="29" t="s">
+      <c r="L60"/>
+    </row>
+    <row r="61" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C61" s="24">
         <v>9584</v>
       </c>
-      <c r="D60" s="24">
+      <c r="D61" s="24">
         <v>8559</v>
       </c>
-      <c r="E60" s="24">
+      <c r="E61" s="24">
         <v>5752</v>
       </c>
-      <c r="F60" s="24">
+      <c r="F61" s="24">
         <v>6405</v>
       </c>
-      <c r="G60" s="24">
+      <c r="G61" s="24">
         <v>9435</v>
       </c>
-      <c r="H60" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J60" s="24">
+      <c r="H61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="24">
         <v>6989</v>
       </c>
-      <c r="K60" s="26">
+      <c r="K61" s="26">
         <v>5440</v>
       </c>
-      <c r="L60"/>
-[...2 lines deleted...]
-      <c r="B61" s="2" t="s">
+      <c r="L61"/>
+    </row>
+    <row r="62" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C61" s="4">
+      <c r="C62" s="4">
         <v>9572</v>
       </c>
-      <c r="D61" s="4">
+      <c r="D62" s="4">
         <v>8517</v>
       </c>
-      <c r="E61" s="4">
+      <c r="E62" s="4">
         <v>5826</v>
       </c>
-      <c r="F61" s="4">
+      <c r="F62" s="4">
         <v>6457</v>
       </c>
-      <c r="G61" s="4">
+      <c r="G62" s="4">
         <v>9427</v>
       </c>
-      <c r="H61" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J61" s="4">
+      <c r="H62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="4">
         <v>6993</v>
       </c>
-      <c r="K61" s="5">
+      <c r="K62" s="5">
         <v>5422</v>
       </c>
-      <c r="L61"/>
-[...2 lines deleted...]
-      <c r="B62" s="29" t="s">
+      <c r="L62"/>
+    </row>
+    <row r="63" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C63" s="24">
         <v>9558</v>
       </c>
-      <c r="D62" s="24">
+      <c r="D63" s="24">
         <v>8478</v>
       </c>
-      <c r="E62" s="24">
+      <c r="E63" s="24">
         <v>5891</v>
       </c>
-      <c r="F62" s="24">
+      <c r="F63" s="24">
         <v>6492</v>
       </c>
-      <c r="G62" s="24">
+      <c r="G63" s="24">
         <v>9420</v>
       </c>
-      <c r="H62" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J62" s="24">
+      <c r="H63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="24">
         <v>6978</v>
       </c>
-      <c r="K62" s="26">
+      <c r="K63" s="26">
         <v>5425</v>
       </c>
-      <c r="L62"/>
-[...2 lines deleted...]
-      <c r="B63" s="2" t="s">
+      <c r="L63"/>
+    </row>
+    <row r="64" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C63" s="4">
+      <c r="C64" s="4">
         <v>9537</v>
       </c>
-      <c r="D63" s="4">
+      <c r="D64" s="4">
         <v>8466</v>
       </c>
-      <c r="E63" s="4">
+      <c r="E64" s="4">
         <v>5972</v>
       </c>
-      <c r="F63" s="4">
+      <c r="F64" s="4">
         <v>6541</v>
       </c>
-      <c r="G63" s="4">
+      <c r="G64" s="4">
         <v>9410</v>
       </c>
-      <c r="H63" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J63" s="4">
+      <c r="H64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="4">
         <v>6977</v>
       </c>
-      <c r="K63" s="5">
+      <c r="K64" s="5">
         <v>5402</v>
       </c>
-      <c r="L63"/>
-[...2 lines deleted...]
-      <c r="B64" s="29" t="s">
+      <c r="L64"/>
+    </row>
+    <row r="65" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="C64" s="24">
+      <c r="C65" s="24">
         <v>9189</v>
       </c>
-      <c r="D64" s="24">
+      <c r="D65" s="24">
         <v>8154</v>
       </c>
-      <c r="E64" s="24">
+      <c r="E65" s="24">
         <v>5806</v>
       </c>
-      <c r="F64" s="24">
+      <c r="F65" s="24">
         <v>6310</v>
       </c>
-      <c r="G64" s="24">
+      <c r="G65" s="24">
         <v>9075</v>
       </c>
-      <c r="H64" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J64" s="24">
+      <c r="H65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="24">
         <v>6744</v>
       </c>
-      <c r="K64" s="26">
+      <c r="K65" s="26">
         <v>5226</v>
       </c>
-      <c r="L64"/>
-[...2 lines deleted...]
-      <c r="B65" s="2" t="s">
+      <c r="L65"/>
+    </row>
+    <row r="66" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C65" s="4">
+      <c r="C66" s="4">
         <v>9178</v>
       </c>
-      <c r="D65" s="4">
+      <c r="D66" s="4">
         <v>8142</v>
       </c>
-      <c r="E65" s="4">
+      <c r="E66" s="4">
         <v>5740</v>
       </c>
-      <c r="F65" s="4">
+      <c r="F66" s="4">
         <v>6030</v>
       </c>
-      <c r="G65" s="4">
+      <c r="G66" s="4">
         <v>9076</v>
       </c>
-      <c r="H65" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J65" s="4">
+      <c r="H66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="4">
         <v>6748</v>
       </c>
-      <c r="K65" s="5">
+      <c r="K66" s="5">
         <v>5179</v>
       </c>
-      <c r="L65"/>
-[...2 lines deleted...]
-      <c r="B66" s="29" t="s">
+      <c r="L66"/>
+    </row>
+    <row r="67" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C67" s="24">
         <v>9154</v>
       </c>
-      <c r="D66" s="24">
+      <c r="D67" s="24">
         <v>8129</v>
       </c>
-      <c r="E66" s="24">
+      <c r="E67" s="24">
         <v>5694</v>
       </c>
-      <c r="F66" s="24">
+      <c r="F67" s="24">
         <v>5811</v>
       </c>
-      <c r="G66" s="24">
+      <c r="G67" s="24">
         <v>9073</v>
       </c>
-      <c r="H66" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J66" s="24">
+      <c r="H67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="24">
         <v>6738</v>
       </c>
-      <c r="K66" s="26">
+      <c r="K67" s="26">
         <v>5180</v>
       </c>
-      <c r="L66"/>
-[...2 lines deleted...]
-      <c r="B67" s="2" t="s">
+      <c r="L67"/>
+    </row>
+    <row r="68" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C67" s="4">
+      <c r="C68" s="4">
         <v>9119</v>
       </c>
-      <c r="D67" s="4">
+      <c r="D68" s="4">
         <v>8115</v>
       </c>
-      <c r="E67" s="4">
+      <c r="E68" s="4">
         <v>5701</v>
       </c>
-      <c r="F67" s="4">
+      <c r="F68" s="4">
         <v>5797</v>
       </c>
-      <c r="G67" s="4">
+      <c r="G68" s="4">
         <v>9070</v>
       </c>
-      <c r="H67" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J67" s="4">
+      <c r="H68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="4">
         <v>6740</v>
       </c>
-      <c r="K67" s="5">
+      <c r="K68" s="5">
         <v>5167</v>
       </c>
-      <c r="L67"/>
-[...2 lines deleted...]
-      <c r="B68" s="29" t="s">
+      <c r="L68"/>
+    </row>
+    <row r="69" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C69" s="24">
         <v>9133</v>
       </c>
-      <c r="D68" s="24">
+      <c r="D69" s="24">
         <v>8096</v>
       </c>
-      <c r="E68" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H68" s="24">
+      <c r="E69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G69" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H69" s="24">
         <v>8925</v>
       </c>
-      <c r="I68" s="24">
+      <c r="I69" s="24">
         <v>5718</v>
       </c>
-      <c r="J68" s="24">
+      <c r="J69" s="24">
         <v>6743</v>
       </c>
-      <c r="K68" s="26">
+      <c r="K69" s="26">
         <v>5169</v>
       </c>
-      <c r="L68"/>
-[...2 lines deleted...]
-      <c r="B69" s="2" t="s">
+      <c r="L69"/>
+    </row>
+    <row r="70" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C69" s="4">
+      <c r="C70" s="4">
         <v>9124</v>
       </c>
-      <c r="D69" s="4">
+      <c r="D70" s="4">
         <v>8080</v>
       </c>
-      <c r="E69" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H69" s="4">
+      <c r="E70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="4">
         <v>8912</v>
       </c>
-      <c r="I69" s="4">
+      <c r="I70" s="4">
         <v>5711</v>
       </c>
-      <c r="J69" s="4">
+      <c r="J70" s="4">
         <v>6754</v>
       </c>
-      <c r="K69" s="5">
+      <c r="K70" s="5">
         <v>5142</v>
       </c>
-      <c r="L69"/>
-[...2 lines deleted...]
-      <c r="B70" s="29" t="s">
+      <c r="L70"/>
+    </row>
+    <row r="71" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="C70" s="24">
+      <c r="C71" s="24">
         <v>9117</v>
       </c>
-      <c r="D70" s="24">
+      <c r="D71" s="24">
         <v>8063</v>
       </c>
-      <c r="E70" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H70" s="24">
+      <c r="E71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="24">
         <v>8897</v>
       </c>
-      <c r="I70" s="24">
+      <c r="I71" s="24">
         <v>5702</v>
       </c>
-      <c r="J70" s="24">
+      <c r="J71" s="24">
         <v>6755</v>
       </c>
-      <c r="K70" s="26">
+      <c r="K71" s="26">
         <v>5149</v>
       </c>
-      <c r="L70"/>
-[...2 lines deleted...]
-      <c r="B71" s="2" t="s">
+      <c r="L71"/>
+    </row>
+    <row r="72" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C71" s="4">
+      <c r="C72" s="4">
         <v>9092</v>
       </c>
-      <c r="D71" s="4">
+      <c r="D72" s="4">
         <v>8043</v>
       </c>
-      <c r="E71" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H71" s="4">
+      <c r="E72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="4">
         <v>8885</v>
       </c>
-      <c r="I71" s="4">
+      <c r="I72" s="4">
         <v>5694</v>
       </c>
-      <c r="J71" s="4">
+      <c r="J72" s="4">
         <v>6765</v>
       </c>
-      <c r="K71" s="5">
+      <c r="K72" s="5">
         <v>5134</v>
       </c>
-      <c r="L71"/>
-[...2 lines deleted...]
-      <c r="B72" s="29" t="s">
+      <c r="L72"/>
+    </row>
+    <row r="73" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C73" s="24">
         <v>8784</v>
       </c>
-      <c r="D72" s="24">
+      <c r="D73" s="24">
         <v>7783</v>
       </c>
-      <c r="E72" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H72" s="24">
+      <c r="E73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="24">
         <v>8588</v>
       </c>
-      <c r="I72" s="24">
+      <c r="I73" s="24">
         <v>5535</v>
       </c>
-      <c r="J72" s="24">
+      <c r="J73" s="24">
         <v>6577</v>
       </c>
-      <c r="K72" s="26">
+      <c r="K73" s="26">
         <v>5013</v>
       </c>
-      <c r="L72"/>
-[...2 lines deleted...]
-      <c r="B73" s="2" t="s">
+      <c r="L73"/>
+    </row>
+    <row r="74" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C73" s="4">
+      <c r="C74" s="4">
         <v>8770</v>
       </c>
-      <c r="D73" s="4">
+      <c r="D74" s="4">
         <v>7777</v>
       </c>
-      <c r="E73" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H73" s="4">
+      <c r="E74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="4">
         <v>8574</v>
       </c>
-      <c r="I73" s="4">
+      <c r="I74" s="4">
         <v>5526</v>
       </c>
-      <c r="J73" s="4">
+      <c r="J74" s="4">
         <v>6588</v>
       </c>
-      <c r="K73" s="5">
+      <c r="K74" s="5">
         <v>4981</v>
       </c>
-      <c r="L73"/>
-[...2 lines deleted...]
-      <c r="B74" s="29" t="s">
+      <c r="L74"/>
+    </row>
+    <row r="75" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C75" s="24">
         <v>8287</v>
       </c>
-      <c r="D74" s="24">
+      <c r="D75" s="24">
         <v>7297</v>
       </c>
-      <c r="E74" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H74" s="24">
+      <c r="E75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="24">
         <v>8094</v>
       </c>
-      <c r="I74" s="24">
+      <c r="I75" s="24">
         <v>5047</v>
       </c>
-      <c r="J74" s="24">
+      <c r="J75" s="24">
         <v>6115</v>
       </c>
-      <c r="K74" s="26">
+      <c r="K75" s="26">
         <v>4519</v>
       </c>
-      <c r="L74"/>
-[...2 lines deleted...]
-      <c r="B75" s="2" t="s">
+      <c r="L75"/>
+    </row>
+    <row r="76" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C75" s="4">
+      <c r="C76" s="4">
         <v>8273</v>
       </c>
-      <c r="D75" s="4">
+      <c r="D76" s="4">
         <v>7288</v>
       </c>
-      <c r="E75" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H75" s="4">
+      <c r="E76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="4">
         <v>8079</v>
       </c>
-      <c r="I75" s="4">
+      <c r="I76" s="4">
         <v>5036</v>
       </c>
-      <c r="J75" s="4">
+      <c r="J76" s="4">
         <v>6127</v>
       </c>
-      <c r="K75" s="5">
+      <c r="K76" s="5">
         <v>4506</v>
       </c>
-      <c r="L75"/>
-[...2 lines deleted...]
-      <c r="B76" s="29" t="s">
+      <c r="L76"/>
+    </row>
+    <row r="77" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C77" s="24">
         <v>7938</v>
       </c>
-      <c r="D76" s="24">
+      <c r="D77" s="24">
         <v>6985</v>
       </c>
-      <c r="E76" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H76" s="24">
+      <c r="E77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="24">
         <v>7750</v>
       </c>
-      <c r="I76" s="24">
+      <c r="I77" s="24">
         <v>4800</v>
       </c>
-      <c r="J76" s="24">
+      <c r="J77" s="24">
         <v>5875</v>
       </c>
-      <c r="K76" s="26">
+      <c r="K77" s="26">
         <v>4298</v>
       </c>
-      <c r="L76"/>
-[...2 lines deleted...]
-      <c r="B77" s="2" t="s">
+      <c r="L77"/>
+    </row>
+    <row r="78" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C77" s="4">
+      <c r="C78" s="4">
         <v>7926</v>
       </c>
-      <c r="D77" s="4">
+      <c r="D78" s="4">
         <v>6980</v>
       </c>
-      <c r="E77" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H77" s="4">
+      <c r="E78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="4">
         <v>7735</v>
       </c>
-      <c r="I77" s="4">
+      <c r="I78" s="4">
         <v>4791</v>
       </c>
-      <c r="J77" s="4">
+      <c r="J78" s="4">
         <v>5886</v>
       </c>
-      <c r="K77" s="5">
+      <c r="K78" s="5">
         <v>4268</v>
       </c>
-      <c r="L77"/>
-[...2 lines deleted...]
-      <c r="B78" s="29" t="s">
+      <c r="L78"/>
+    </row>
+    <row r="79" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="C78" s="24">
+      <c r="C79" s="24">
         <v>7911</v>
       </c>
-      <c r="D78" s="24">
+      <c r="D79" s="24">
         <v>6981</v>
       </c>
-      <c r="E78" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H78" s="24">
+      <c r="E79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="24">
         <v>7720</v>
       </c>
-      <c r="I78" s="24">
+      <c r="I79" s="24">
         <v>4783</v>
       </c>
-      <c r="J78" s="24">
+      <c r="J79" s="24">
         <v>5885</v>
       </c>
-      <c r="K78" s="26">
+      <c r="K79" s="26">
         <v>4272</v>
       </c>
-      <c r="L78"/>
-[...2 lines deleted...]
-      <c r="B79" s="2" t="s">
+      <c r="L79"/>
+    </row>
+    <row r="80" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C79" s="4">
+      <c r="C80" s="4">
         <v>7894</v>
       </c>
-      <c r="D79" s="4">
+      <c r="D80" s="4">
         <v>6980</v>
       </c>
-      <c r="E79" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H79" s="4">
+      <c r="E80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="4">
         <v>7708</v>
       </c>
-      <c r="I79" s="4">
+      <c r="I80" s="4">
         <v>4774</v>
       </c>
-      <c r="J79" s="4">
+      <c r="J80" s="4">
         <v>5893</v>
       </c>
-      <c r="K79" s="5">
+      <c r="K80" s="5">
         <v>4259</v>
       </c>
-      <c r="L79"/>
-[...2 lines deleted...]
-      <c r="B80" s="29" t="s">
+      <c r="L80"/>
+    </row>
+    <row r="81" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="C80" s="24">
+      <c r="C81" s="24">
         <v>7431</v>
       </c>
-      <c r="D80" s="24">
+      <c r="D81" s="24">
         <v>6586</v>
       </c>
-      <c r="E80" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H80" s="24">
+      <c r="E81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="24">
         <v>7243</v>
       </c>
-      <c r="I80" s="24">
+      <c r="I81" s="24">
         <v>4492</v>
       </c>
-      <c r="J80" s="24">
+      <c r="J81" s="24">
         <v>5546</v>
       </c>
-      <c r="K80" s="26">
+      <c r="K81" s="26">
         <v>4016</v>
       </c>
-      <c r="L80"/>
-[...2 lines deleted...]
-      <c r="B81" s="2" t="s">
+      <c r="L81"/>
+    </row>
+    <row r="82" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C81" s="4">
+      <c r="C82" s="4">
         <v>7427</v>
       </c>
-      <c r="D81" s="4">
+      <c r="D82" s="4">
         <v>6581</v>
       </c>
-      <c r="E81" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H81" s="4">
+      <c r="E82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="4">
         <v>7229</v>
       </c>
-      <c r="I81" s="4">
+      <c r="I82" s="4">
         <v>4485</v>
       </c>
-      <c r="J81" s="4">
+      <c r="J82" s="4">
         <v>5559</v>
       </c>
-      <c r="K81" s="5">
+      <c r="K82" s="5">
         <v>3989</v>
       </c>
-      <c r="L81"/>
-[...2 lines deleted...]
-      <c r="B82" s="29" t="s">
+      <c r="L82"/>
+    </row>
+    <row r="83" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="C82" s="24">
+      <c r="C83" s="24">
         <v>7412</v>
       </c>
-      <c r="D82" s="24">
+      <c r="D83" s="24">
         <v>6575</v>
       </c>
-      <c r="E82" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H82" s="24">
+      <c r="E83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="24">
         <v>7213</v>
       </c>
-      <c r="I82" s="24">
+      <c r="I83" s="24">
         <v>4478</v>
       </c>
-      <c r="J82" s="24">
+      <c r="J83" s="24">
         <v>5557</v>
       </c>
-      <c r="K82" s="26">
+      <c r="K83" s="26">
         <v>3989</v>
       </c>
-      <c r="L82"/>
-[...2 lines deleted...]
-      <c r="B83" s="2" t="s">
+      <c r="L83"/>
+    </row>
+    <row r="84" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C83" s="4">
+      <c r="C84" s="4">
         <v>7388</v>
       </c>
-      <c r="D83" s="4">
+      <c r="D84" s="4">
         <v>6572</v>
       </c>
-      <c r="E83" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H83" s="4">
+      <c r="E84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="4">
         <v>7197</v>
       </c>
-      <c r="I83" s="4">
+      <c r="I84" s="4">
         <v>4435</v>
       </c>
-      <c r="J83" s="4">
+      <c r="J84" s="4">
         <v>5561</v>
       </c>
-      <c r="K83" s="5">
+      <c r="K84" s="5">
         <v>3974</v>
       </c>
-      <c r="L83"/>
-[...2 lines deleted...]
-      <c r="B84" s="29" t="s">
+      <c r="L84"/>
+    </row>
+    <row r="85" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="C84" s="24">
+      <c r="C85" s="24">
         <v>7030</v>
       </c>
-      <c r="D84" s="24">
+      <c r="D85" s="24">
         <v>6302</v>
       </c>
-      <c r="E84" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H84" s="24">
+      <c r="E85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="24">
         <v>6840</v>
       </c>
-      <c r="I84" s="24">
+      <c r="I85" s="24">
         <v>4235</v>
       </c>
-      <c r="J84" s="24">
+      <c r="J85" s="24">
         <v>5291</v>
       </c>
-      <c r="K84" s="26">
+      <c r="K85" s="26">
         <v>3796</v>
       </c>
-      <c r="L84"/>
-[...2 lines deleted...]
-      <c r="B85" s="2" t="s">
+      <c r="L85"/>
+    </row>
+    <row r="86" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C85" s="4">
+      <c r="C86" s="4">
         <v>7020</v>
       </c>
-      <c r="D85" s="4">
+      <c r="D86" s="4">
         <v>6303</v>
       </c>
-      <c r="E85" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H85" s="4">
+      <c r="E86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="4">
         <v>6826</v>
       </c>
-      <c r="I85" s="4">
+      <c r="I86" s="4">
         <v>4228</v>
       </c>
-      <c r="J85" s="4">
+      <c r="J86" s="4">
         <v>5302</v>
       </c>
-      <c r="K85" s="5">
+      <c r="K86" s="5">
         <v>3774</v>
       </c>
-      <c r="L85"/>
-[...2 lines deleted...]
-      <c r="B86" s="29" t="s">
+      <c r="L86"/>
+    </row>
+    <row r="87" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="29" t="s">
         <v>56</v>
       </c>
-      <c r="C86" s="24">
+      <c r="C87" s="24">
         <v>7013</v>
       </c>
-      <c r="D86" s="24">
+      <c r="D87" s="24">
         <v>6303</v>
       </c>
-      <c r="E86" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H86" s="24">
+      <c r="E87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="24">
         <v>6810</v>
       </c>
-      <c r="I86" s="24">
+      <c r="I87" s="24">
         <v>4225</v>
       </c>
-      <c r="J86" s="24">
+      <c r="J87" s="24">
         <v>5304</v>
       </c>
-      <c r="K86" s="26">
+      <c r="K87" s="26">
         <v>3770</v>
       </c>
-      <c r="L86"/>
-[...2 lines deleted...]
-      <c r="B87" s="2" t="s">
+      <c r="L87"/>
+    </row>
+    <row r="88" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C87" s="4">
+      <c r="C88" s="4">
         <v>6991</v>
       </c>
-      <c r="D87" s="4">
+      <c r="D88" s="4">
         <v>6302</v>
       </c>
-      <c r="E87" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H87" s="4">
+      <c r="E88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="4">
         <v>6795</v>
       </c>
-      <c r="I87" s="4">
+      <c r="I88" s="4">
         <v>4217</v>
       </c>
-      <c r="J87" s="4">
+      <c r="J88" s="4">
         <v>5311</v>
       </c>
-      <c r="K87" s="5">
+      <c r="K88" s="5">
         <v>3754</v>
       </c>
-      <c r="L87"/>
-[...2 lines deleted...]
-      <c r="B88" s="29" t="s">
+      <c r="L88"/>
+    </row>
+    <row r="89" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="C88" s="24">
+      <c r="C89" s="24">
         <v>6600</v>
       </c>
-      <c r="D88" s="24">
+      <c r="D89" s="24">
         <v>5963</v>
       </c>
-      <c r="E88" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H88" s="24">
+      <c r="E89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="24">
         <v>6415</v>
       </c>
-      <c r="I88" s="24">
+      <c r="I89" s="24">
         <v>3975</v>
       </c>
-      <c r="J88" s="24">
+      <c r="J89" s="24">
         <v>5028</v>
       </c>
-      <c r="K88" s="26">
+      <c r="K89" s="26">
         <v>3544</v>
       </c>
-      <c r="L88"/>
-[...2 lines deleted...]
-      <c r="B89" s="2" t="s">
+      <c r="L89"/>
+    </row>
+    <row r="90" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C89" s="4">
+      <c r="C90" s="4">
         <v>6590</v>
       </c>
-      <c r="D89" s="4">
+      <c r="D90" s="4">
         <v>5972</v>
       </c>
-      <c r="E89" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H89" s="4">
+      <c r="E90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="4">
         <v>6402</v>
       </c>
-      <c r="I89" s="4">
+      <c r="I90" s="4">
         <v>3970</v>
       </c>
-      <c r="J89" s="4">
+      <c r="J90" s="4">
         <v>5039</v>
       </c>
-      <c r="K89" s="5">
+      <c r="K90" s="5">
         <v>3526</v>
       </c>
-      <c r="L89"/>
-[...2 lines deleted...]
-      <c r="B90" s="29" t="s">
+      <c r="L90"/>
+    </row>
+    <row r="91" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="29" t="s">
         <v>60</v>
       </c>
-      <c r="C90" s="24">
+      <c r="C91" s="24">
         <v>6578</v>
       </c>
-      <c r="D90" s="24">
+      <c r="D91" s="24">
         <v>5980</v>
       </c>
-      <c r="E90" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H90" s="24">
+      <c r="E91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="24">
         <v>6389</v>
       </c>
-      <c r="I90" s="24">
+      <c r="I91" s="24">
         <v>3969</v>
       </c>
-      <c r="J90" s="24">
+      <c r="J91" s="24">
         <v>5038</v>
       </c>
-      <c r="K90" s="26">
+      <c r="K91" s="26">
         <v>3521</v>
       </c>
-      <c r="L90"/>
-[...2 lines deleted...]
-      <c r="B91" s="2" t="s">
+      <c r="L91"/>
+    </row>
+    <row r="92" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C91" s="4">
+      <c r="C92" s="4">
         <v>6562</v>
       </c>
-      <c r="D91" s="4">
+      <c r="D92" s="4">
         <v>5989</v>
       </c>
-      <c r="E91" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H91" s="4">
+      <c r="E92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="4">
         <v>6375</v>
       </c>
-      <c r="I91" s="4">
+      <c r="I92" s="4">
         <v>3972</v>
       </c>
-      <c r="J91" s="4">
+      <c r="J92" s="4">
         <v>5046</v>
       </c>
-      <c r="K91" s="5">
+      <c r="K92" s="5">
         <v>3510</v>
       </c>
-      <c r="L91"/>
-[...2 lines deleted...]
-      <c r="B92" s="29" t="s">
+      <c r="L92"/>
+    </row>
+    <row r="93" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="C92" s="24">
+      <c r="C93" s="24">
         <v>6429</v>
       </c>
-      <c r="D92" s="24">
+      <c r="D93" s="24">
         <v>5879</v>
       </c>
-      <c r="E92" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H92" s="24">
+      <c r="E93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="24">
         <v>6243</v>
       </c>
-      <c r="I92" s="24">
+      <c r="I93" s="24">
         <v>3905</v>
       </c>
-      <c r="J92" s="24">
+      <c r="J93" s="24">
         <v>4963</v>
       </c>
-      <c r="K92" s="26">
+      <c r="K93" s="26">
         <v>3452</v>
       </c>
-      <c r="L92"/>
-[...2 lines deleted...]
-      <c r="B93" s="2" t="s">
+      <c r="L93"/>
+    </row>
+    <row r="94" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C93" s="4">
+      <c r="C94" s="4">
         <v>6423</v>
       </c>
-      <c r="D93" s="4">
+      <c r="D94" s="4">
         <v>5884</v>
       </c>
-      <c r="E93" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H93" s="4">
+      <c r="E94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="4">
         <v>6232</v>
       </c>
-      <c r="I93" s="4">
+      <c r="I94" s="4">
         <v>3903</v>
       </c>
-      <c r="J93" s="4">
+      <c r="J94" s="4">
         <v>4976</v>
       </c>
-      <c r="K93" s="5">
+      <c r="K94" s="5">
         <v>3437</v>
       </c>
-      <c r="L93"/>
-[...2 lines deleted...]
-      <c r="B94" s="29" t="s">
+      <c r="L94"/>
+    </row>
+    <row r="95" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="C94" s="24">
+      <c r="C95" s="24">
         <v>6415</v>
       </c>
-      <c r="D94" s="24">
+      <c r="D95" s="24">
         <v>5893</v>
       </c>
-      <c r="E94" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H94" s="24">
+      <c r="E95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="24">
         <v>6222</v>
       </c>
-      <c r="I94" s="24">
+      <c r="I95" s="24">
         <v>3908</v>
       </c>
-      <c r="J94" s="24">
+      <c r="J95" s="24">
         <v>4980</v>
       </c>
-      <c r="K94" s="26">
+      <c r="K95" s="26">
         <v>3434</v>
       </c>
-      <c r="L94"/>
-[...2 lines deleted...]
-      <c r="B95" s="2" t="s">
+      <c r="L95"/>
+    </row>
+    <row r="96" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C95" s="4">
+      <c r="C96" s="4">
         <v>6407</v>
       </c>
-      <c r="D95" s="4">
+      <c r="D96" s="4">
         <v>5903</v>
       </c>
-      <c r="E95" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H95" s="4">
+      <c r="E96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="4">
         <v>6211</v>
       </c>
-      <c r="I95" s="4">
+      <c r="I96" s="4">
         <v>3903</v>
       </c>
-      <c r="J95" s="4">
+      <c r="J96" s="4">
         <v>4993</v>
       </c>
-      <c r="K95" s="5">
+      <c r="K96" s="5">
         <v>3422</v>
       </c>
-      <c r="L95"/>
-[...2 lines deleted...]
-      <c r="B96" s="29" t="s">
+      <c r="L96"/>
+    </row>
+    <row r="97" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="29" t="s">
         <v>66</v>
       </c>
-      <c r="C96" s="24">
+      <c r="C97" s="24">
         <v>6213</v>
       </c>
-      <c r="D96" s="24">
+      <c r="D97" s="24">
         <v>5744</v>
       </c>
-      <c r="E96" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H96" s="24">
+      <c r="E97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="24">
         <v>6015</v>
       </c>
-      <c r="I96" s="24">
+      <c r="I97" s="24">
         <v>3803</v>
       </c>
-      <c r="J96" s="24">
+      <c r="J97" s="24">
         <v>4863</v>
       </c>
-      <c r="K96" s="26">
+      <c r="K97" s="26">
         <v>3340</v>
       </c>
-      <c r="L96"/>
-[...2 lines deleted...]
-      <c r="B97" s="2" t="s">
+      <c r="L97"/>
+    </row>
+    <row r="98" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C97" s="4">
+      <c r="C98" s="4">
         <v>6210</v>
       </c>
-      <c r="D97" s="4">
+      <c r="D98" s="4">
         <v>5749</v>
       </c>
-      <c r="E97" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H97" s="4">
+      <c r="E98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="4">
         <v>6006</v>
       </c>
-      <c r="I97" s="4">
+      <c r="I98" s="4">
         <v>3802</v>
       </c>
-      <c r="J97" s="4">
+      <c r="J98" s="4">
         <v>4873</v>
       </c>
-      <c r="K97" s="5">
+      <c r="K98" s="5">
         <v>3321</v>
       </c>
-      <c r="L97"/>
-[...2 lines deleted...]
-      <c r="B98" s="29" t="s">
+      <c r="L98"/>
+    </row>
+    <row r="99" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="29" t="s">
         <v>68</v>
       </c>
-      <c r="C98" s="24">
+      <c r="C99" s="24">
         <v>6202</v>
       </c>
-      <c r="D98" s="24">
+      <c r="D99" s="24">
         <v>5751</v>
       </c>
-      <c r="E98" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H98" s="24">
+      <c r="E99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="24">
         <v>5998</v>
       </c>
-      <c r="I98" s="24">
+      <c r="I99" s="24">
         <v>3806</v>
       </c>
-      <c r="J98" s="24">
+      <c r="J99" s="24">
         <v>4878</v>
       </c>
-      <c r="K98" s="26">
+      <c r="K99" s="26">
         <v>3320</v>
       </c>
-      <c r="L98"/>
-[...2 lines deleted...]
-      <c r="B99" s="2" t="s">
+      <c r="L99"/>
+    </row>
+    <row r="100" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C99" s="4">
+      <c r="C100" s="4">
         <v>6195</v>
       </c>
-      <c r="D99" s="4">
+      <c r="D100" s="4">
         <v>5762</v>
       </c>
-      <c r="E99" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H99" s="4">
+      <c r="E100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="4">
         <v>5989</v>
       </c>
-      <c r="I99" s="4">
+      <c r="I100" s="4">
         <v>3812</v>
       </c>
-      <c r="J99" s="4">
+      <c r="J100" s="4">
         <v>4889</v>
       </c>
-      <c r="K99" s="5">
+      <c r="K100" s="5">
         <v>3307</v>
       </c>
-      <c r="L99"/>
-[...2 lines deleted...]
-      <c r="B100" s="29" t="s">
+      <c r="L100"/>
+    </row>
+    <row r="101" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="C100" s="24">
+      <c r="C101" s="24">
         <v>6188</v>
       </c>
-      <c r="D100" s="24">
+      <c r="D101" s="24">
         <v>5778</v>
       </c>
-      <c r="E100" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H100" s="24">
+      <c r="E101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="24">
         <v>5977</v>
       </c>
-      <c r="I100" s="24">
+      <c r="I101" s="24">
         <v>3809</v>
       </c>
-      <c r="J100" s="24">
+      <c r="J101" s="24">
         <v>4901</v>
       </c>
-      <c r="K100" s="26">
+      <c r="K101" s="26">
         <v>3303</v>
       </c>
-      <c r="L100"/>
-[...2 lines deleted...]
-      <c r="B101" s="2" t="s">
+      <c r="L101"/>
+    </row>
+    <row r="102" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C101" s="4">
+      <c r="C102" s="4">
         <v>5748</v>
       </c>
-      <c r="D101" s="4">
+      <c r="D102" s="4">
         <v>5456</v>
       </c>
-      <c r="E101" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H101" s="4">
+      <c r="E102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="4">
         <v>5543</v>
       </c>
-      <c r="I101" s="4">
+      <c r="I102" s="4">
         <v>3604</v>
       </c>
-      <c r="J101" s="4">
+      <c r="J102" s="4">
         <v>4569</v>
       </c>
-      <c r="K101" s="5">
+      <c r="K102" s="5">
         <v>3115</v>
       </c>
-      <c r="L101"/>
-[...2 lines deleted...]
-      <c r="B102" s="29" t="s">
+      <c r="L102"/>
+    </row>
+    <row r="103" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="C102" s="24">
+      <c r="C103" s="24">
         <v>5744</v>
       </c>
-      <c r="D102" s="24">
+      <c r="D103" s="24">
         <v>5462</v>
       </c>
-      <c r="E102" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H102" s="24">
+      <c r="E103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="24">
         <v>5535</v>
       </c>
-      <c r="I102" s="24">
+      <c r="I103" s="24">
         <v>3608</v>
       </c>
-      <c r="J102" s="24">
+      <c r="J103" s="24">
         <v>4571</v>
       </c>
-      <c r="K102" s="26">
+      <c r="K103" s="26">
         <v>3109</v>
       </c>
-      <c r="L102"/>
-[...2 lines deleted...]
-      <c r="B103" s="2" t="s">
+      <c r="L103"/>
+    </row>
+    <row r="104" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C103" s="4">
+      <c r="C104" s="4">
         <v>5736</v>
       </c>
-      <c r="D103" s="4">
+      <c r="D104" s="4">
         <v>5462</v>
       </c>
-      <c r="E103" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H103" s="4">
+      <c r="E104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="4">
         <v>5525</v>
       </c>
-      <c r="I103" s="4">
+      <c r="I104" s="4">
         <v>3602</v>
       </c>
-      <c r="J103" s="4">
+      <c r="J104" s="4">
         <v>4578</v>
       </c>
-      <c r="K103" s="5">
+      <c r="K104" s="5">
         <v>3094</v>
       </c>
-      <c r="L103"/>
-[...2 lines deleted...]
-      <c r="B104" s="29" t="s">
+      <c r="L104"/>
+    </row>
+    <row r="105" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="C104" s="24">
+      <c r="C105" s="24">
         <v>5729</v>
       </c>
-      <c r="D104" s="24">
+      <c r="D105" s="24">
         <v>5459</v>
       </c>
-      <c r="E104" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H104" s="24">
+      <c r="E105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="24">
         <v>5510</v>
       </c>
-      <c r="I104" s="24">
+      <c r="I105" s="24">
         <v>3598</v>
       </c>
-      <c r="J104" s="24">
+      <c r="J105" s="24">
         <v>4584</v>
       </c>
-      <c r="K104" s="26">
+      <c r="K105" s="26">
         <v>3089</v>
       </c>
-      <c r="L104"/>
-[...2 lines deleted...]
-      <c r="B105" s="2" t="s">
+      <c r="L105"/>
+    </row>
+    <row r="106" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C105" s="4">
+      <c r="C106" s="4">
         <v>5412</v>
       </c>
-      <c r="D105" s="4">
+      <c r="D106" s="4">
         <v>5269</v>
       </c>
-      <c r="E105" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H105" s="4">
+      <c r="E106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="4">
         <v>5196</v>
       </c>
-      <c r="I105" s="4">
+      <c r="I106" s="4">
         <v>3463</v>
       </c>
-      <c r="J105" s="4">
+      <c r="J106" s="4">
         <v>4334</v>
       </c>
-      <c r="K105" s="5">
+      <c r="K106" s="5">
         <v>2960</v>
       </c>
-      <c r="L105"/>
-[...2 lines deleted...]
-      <c r="B106" s="29" t="s">
+      <c r="L106"/>
+    </row>
+    <row r="107" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="C106" s="24">
+      <c r="C107" s="24">
         <v>5402</v>
       </c>
-      <c r="D106" s="24">
+      <c r="D107" s="24">
         <v>5278</v>
       </c>
-      <c r="E106" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H106" s="24">
+      <c r="E107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="24">
         <v>5185</v>
       </c>
-      <c r="I106" s="24">
+      <c r="I107" s="24">
         <v>3464</v>
       </c>
-      <c r="J106" s="24">
+      <c r="J107" s="24">
         <v>4335</v>
       </c>
-      <c r="K106" s="26">
+      <c r="K107" s="26">
         <v>2950</v>
       </c>
-      <c r="L106"/>
-[...2 lines deleted...]
-      <c r="B107" s="3" t="s">
+      <c r="L107"/>
+    </row>
+    <row r="108" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B108" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C107" s="6">
+      <c r="C108" s="6">
         <v>5396</v>
       </c>
-      <c r="D107" s="6">
+      <c r="D108" s="6">
         <v>5287</v>
       </c>
-      <c r="E107" s="13" t="s">
-[...8 lines deleted...]
-      <c r="H107" s="6">
+      <c r="E108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="6">
         <v>5174</v>
       </c>
-      <c r="I107" s="6">
+      <c r="I108" s="6">
         <v>3460</v>
       </c>
-      <c r="J107" s="6">
+      <c r="J108" s="6">
         <v>4338</v>
       </c>
-      <c r="K107" s="7">
+      <c r="K108" s="7">
         <v>2928</v>
       </c>
-      <c r="L107"/>
+      <c r="L108"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="54" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:P45"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="O12" sqref="O12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="34" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" style="55" customWidth="1"/>
     <col min="3" max="5" width="14.28515625" style="34" customWidth="1"/>
     <col min="6" max="8" width="11.42578125" style="34" customWidth="1"/>
     <col min="9" max="10" width="10.7109375" style="34" customWidth="1"/>