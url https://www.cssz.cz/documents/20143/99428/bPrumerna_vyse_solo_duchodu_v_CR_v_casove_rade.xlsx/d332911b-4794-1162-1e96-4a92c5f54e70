--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -21,121 +21,121 @@
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-15" yWindow="4830" windowWidth="23070" windowHeight="4890"/>
   </bookViews>
   <sheets>
     <sheet name="celkem" sheetId="1" r:id="rId1"/>
     <sheet name="muži" sheetId="2" r:id="rId2"/>
     <sheet name="ženy" sheetId="3" r:id="rId3"/>
     <sheet name="Vysvětlivky" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">celkem!$A$1:$M$179</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">muži!$B$1:$K$108</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">celkem!$A$1:$M$180</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">muži!$B$1:$K$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Vysvětlivky!$B$1:$L$45</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">ženy!$B$1:$K$108</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">ženy!$B$1:$K$109</definedName>
     <definedName name="Print_Area" localSheetId="3">Vysvětlivky!$B$1:$N$42</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="P6" i="1" l="1"/>
   <c r="O6" i="1"/>
   <c r="N6" i="1"/>
   <c r="P7" i="1" l="1"/>
   <c r="O7" i="1"/>
   <c r="N7" i="1"/>
   <c r="P8" i="1" l="1"/>
   <c r="O8" i="1"/>
   <c r="N8" i="1"/>
   <c r="P9" i="1" l="1"/>
   <c r="O9" i="1"/>
   <c r="N9" i="1"/>
   <c r="P10" i="1" l="1"/>
   <c r="O10" i="1"/>
   <c r="N10" i="1"/>
   <c r="P11" i="1" l="1"/>
   <c r="O11" i="1"/>
   <c r="N11" i="1"/>
   <c r="P12" i="1" l="1"/>
   <c r="O12" i="1"/>
   <c r="N12" i="1"/>
   <c r="P13" i="1" l="1"/>
   <c r="O13" i="1"/>
   <c r="N13" i="1"/>
   <c r="P14" i="1" l="1"/>
   <c r="O14" i="1"/>
   <c r="N14" i="1"/>
-  <c r="P16" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="N16" i="1"/>
   <c r="P15" i="1" l="1"/>
   <c r="O15" i="1"/>
   <c r="N15" i="1"/>
   <c r="P17" i="1" l="1"/>
   <c r="O17" i="1"/>
   <c r="N17" i="1"/>
-  <c r="N18" i="1" l="1"/>
+  <c r="P16" i="1" l="1"/>
+  <c r="O16" i="1"/>
+  <c r="N16" i="1"/>
+  <c r="P18" i="1" l="1"/>
   <c r="O18" i="1"/>
-  <c r="P18" i="1"/>
-  <c r="N19" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="N19" i="1" l="1"/>
   <c r="O19" i="1"/>
   <c r="P19" i="1"/>
-  <c r="P20" i="1" l="1"/>
-  <c r="P21" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="O20" i="1"/>
+  <c r="P20" i="1"/>
+  <c r="P21" i="1" l="1"/>
   <c r="P22" i="1"/>
   <c r="P23" i="1"/>
-  <c r="O20" i="1"/>
+  <c r="P24" i="1"/>
   <c r="O21" i="1"/>
   <c r="O22" i="1"/>
   <c r="O23" i="1"/>
   <c r="O24" i="1"/>
+  <c r="O25" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="N21" i="1"/>
   <c r="N22" i="1"/>
-  <c r="N20" i="1"/>
-[...1 lines deleted...]
-  <c r="N23" i="1" l="1"/>
   <c r="N24" i="1" l="1"/>
-  <c r="P24" i="1"/>
   <c r="N25" i="1" l="1"/>
-  <c r="O25" i="1"/>
   <c r="P25" i="1"/>
   <c r="N26" i="1" l="1"/>
   <c r="O26" i="1"/>
   <c r="P26" i="1"/>
   <c r="N27" i="1" l="1"/>
   <c r="O27" i="1"/>
   <c r="P27" i="1"/>
   <c r="N28" i="1" l="1"/>
   <c r="O28" i="1"/>
   <c r="P28" i="1"/>
   <c r="N29" i="1" l="1"/>
   <c r="O29" i="1"/>
   <c r="P29" i="1"/>
   <c r="N30" i="1" l="1"/>
   <c r="O30" i="1"/>
   <c r="P30" i="1"/>
   <c r="N31" i="1" l="1"/>
   <c r="O31" i="1"/>
   <c r="P31" i="1"/>
   <c r="N32" i="1" l="1"/>
   <c r="O32" i="1"/>
   <c r="P32" i="1"/>
   <c r="N33" i="1" l="1"/>
   <c r="O33" i="1"/>
   <c r="P33" i="1"/>
@@ -148,65 +148,65 @@
   <c r="N36" i="1" l="1"/>
   <c r="O36" i="1"/>
   <c r="P36" i="1"/>
   <c r="N37" i="1" l="1"/>
   <c r="O37" i="1"/>
   <c r="P37" i="1"/>
   <c r="N38" i="1" l="1"/>
   <c r="O38" i="1"/>
   <c r="P38" i="1"/>
   <c r="N39" i="1" l="1"/>
   <c r="O39" i="1"/>
   <c r="P39" i="1"/>
   <c r="N40" i="1" l="1"/>
   <c r="O40" i="1"/>
   <c r="P40" i="1"/>
   <c r="N41" i="1" l="1"/>
   <c r="O41" i="1"/>
   <c r="P41" i="1"/>
   <c r="N42" i="1" l="1"/>
   <c r="O42" i="1"/>
   <c r="P42" i="1"/>
   <c r="N43" i="1" l="1"/>
   <c r="O43" i="1"/>
   <c r="P43" i="1"/>
   <c r="N44" i="1" l="1"/>
-  <c r="O44" i="1" l="1"/>
+  <c r="O44" i="1"/>
   <c r="P44" i="1"/>
   <c r="N45" i="1" l="1"/>
-  <c r="O45" i="1"/>
+  <c r="O45" i="1" l="1"/>
   <c r="P45" i="1"/>
   <c r="N46" i="1" l="1"/>
   <c r="O46" i="1"/>
   <c r="P46" i="1"/>
   <c r="N47" i="1" l="1"/>
   <c r="O47" i="1"/>
   <c r="P47" i="1"/>
   <c r="N48" i="1" l="1"/>
   <c r="O48" i="1"/>
   <c r="P48" i="1"/>
-  <c r="N49" i="1"/>
+  <c r="N49" i="1" l="1"/>
   <c r="O49" i="1"/>
   <c r="P49" i="1"/>
   <c r="N50" i="1"/>
   <c r="O50" i="1"/>
   <c r="P50" i="1"/>
   <c r="N51" i="1"/>
   <c r="O51" i="1"/>
   <c r="P51" i="1"/>
   <c r="N52" i="1"/>
   <c r="O52" i="1"/>
   <c r="P52" i="1"/>
   <c r="N53" i="1"/>
   <c r="O53" i="1"/>
   <c r="P53" i="1"/>
   <c r="N54" i="1"/>
   <c r="O54" i="1"/>
   <c r="P54" i="1"/>
   <c r="N55" i="1"/>
   <c r="O55" i="1"/>
   <c r="P55" i="1"/>
   <c r="N56" i="1"/>
   <c r="O56" i="1"/>
   <c r="P56" i="1"/>
   <c r="N57" i="1"/>
   <c r="O57" i="1"/>
@@ -222,52 +222,53 @@
   <c r="P60" i="1"/>
   <c r="N61" i="1"/>
   <c r="O61" i="1"/>
   <c r="P61" i="1"/>
   <c r="N62" i="1"/>
   <c r="O62" i="1"/>
   <c r="P62" i="1"/>
   <c r="N63" i="1"/>
   <c r="O63" i="1"/>
   <c r="P63" i="1"/>
   <c r="N64" i="1"/>
   <c r="O64" i="1"/>
   <c r="P64" i="1"/>
   <c r="N65" i="1"/>
   <c r="O65" i="1"/>
   <c r="P65" i="1"/>
   <c r="N66" i="1"/>
   <c r="O66" i="1"/>
   <c r="P66" i="1"/>
   <c r="N67" i="1"/>
   <c r="O67" i="1"/>
   <c r="P67" i="1"/>
   <c r="N68" i="1"/>
   <c r="O68" i="1"/>
   <c r="P68" i="1"/>
-  <c r="Q69" i="1"/>
-  <c r="R69" i="1"/>
+  <c r="N69" i="1"/>
+  <c r="O69" i="1"/>
+  <c r="P69" i="1"/>
   <c r="Q70" i="1"/>
   <c r="R70" i="1"/>
   <c r="Q71" i="1"/>
   <c r="R71" i="1"/>
   <c r="Q72" i="1"/>
   <c r="R72" i="1"/>
   <c r="Q73" i="1"/>
   <c r="R73" i="1"/>
   <c r="Q74" i="1"/>
   <c r="R74" i="1"/>
   <c r="Q75" i="1"/>
   <c r="R75" i="1"/>
   <c r="Q76" i="1"/>
   <c r="R76" i="1"/>
   <c r="Q77" i="1"/>
   <c r="R77" i="1"/>
   <c r="Q78" i="1"/>
   <c r="R78" i="1"/>
   <c r="Q79" i="1"/>
   <c r="R79" i="1"/>
   <c r="Q80" i="1"/>
   <c r="R80" i="1"/>
   <c r="Q81" i="1"/>
   <c r="R81" i="1"/>
   <c r="Q82" i="1"/>
@@ -302,55 +303,57 @@
   <c r="R96" i="1"/>
   <c r="Q97" i="1"/>
   <c r="R97" i="1"/>
   <c r="Q98" i="1"/>
   <c r="R98" i="1"/>
   <c r="Q99" i="1"/>
   <c r="R99" i="1"/>
   <c r="Q100" i="1"/>
   <c r="R100" i="1"/>
   <c r="Q101" i="1"/>
   <c r="R101" i="1"/>
   <c r="Q102" i="1"/>
   <c r="R102" i="1"/>
   <c r="Q103" i="1"/>
   <c r="R103" i="1"/>
   <c r="Q104" i="1"/>
   <c r="R104" i="1"/>
   <c r="Q105" i="1"/>
   <c r="R105" i="1"/>
   <c r="Q106" i="1"/>
   <c r="R106" i="1"/>
   <c r="Q107" i="1"/>
   <c r="R107" i="1"/>
   <c r="Q108" i="1"/>
   <c r="R108" i="1"/>
+  <c r="Q109" i="1"/>
+  <c r="R109" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1132" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1141" uniqueCount="166">
   <si>
     <t>I. stupně</t>
   </si>
   <si>
     <t>II. stupně</t>
   </si>
   <si>
     <t>III. stupně</t>
   </si>
   <si>
     <t>03-2015</t>
   </si>
   <si>
     <t>12-2014</t>
   </si>
   <si>
     <t>09-2014</t>
   </si>
   <si>
     <t>03-2014</t>
   </si>
   <si>
     <t>12-2013</t>
   </si>
   <si>
@@ -803,62 +806,72 @@
   </si>
   <si>
     <t>12-2023</t>
   </si>
   <si>
     <t>03-2024</t>
   </si>
   <si>
     <t>06-2024</t>
   </si>
   <si>
     <t>09-2024</t>
   </si>
   <si>
     <t>12-2024</t>
   </si>
   <si>
     <t>03-2025</t>
   </si>
   <si>
     <t>06-2025</t>
   </si>
   <si>
     <t>09-2025</t>
   </si>
+  <si>
+    <t>12-2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="58" x14ac:knownFonts="1">
+  <fonts count="59" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -1551,260 +1564,261 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="141">
+  <cellXfs count="142">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="52" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="52" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="51" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="49" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="55" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="48" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="48" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="47" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="48" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="48" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="47" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="52" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="50" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="49" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="52" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="46" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="51" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="51" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="47" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="55" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="57" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="57" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="51" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="43" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="47" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="41" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="39" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="52" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="39" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="42" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="40" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="40" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="38" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="3" fontId="32" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="40" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="31" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="32" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="39" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="38" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="37" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="36" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="35" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="34" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="33" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="57" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="57" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="32" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="33" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="57" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="57" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="58" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="57" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...17 lines deleted...]
-    <xf numFmtId="3" fontId="57" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="58" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="32" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="31" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="58" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="57" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="14" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="58" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="30" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="29" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="27" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="23" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="19" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="58" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="58" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="14" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="58" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="52" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="15" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFE8EEE6"/>
       <color rgb="FF005E1D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
@@ -1870,1338 +1884,1350 @@
           <c:x val="2.7718253968253968E-2"/>
           <c:y val="0.25237500000000002"/>
           <c:w val="0.86295634920634923"/>
           <c:h val="0.51415357142857143"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$C$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Starobní důchody sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$C$6:$C$108</c:f>
+              <c:f>celkem!$C$6:$C$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>21094</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>21079</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>21063</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>21052</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>20680</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>20670</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>20653</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>20633</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>20264</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>20254</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>20233</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>19461</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>18061</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>18033</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>17299</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>16249</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>15425</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>15411</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>15385</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>15351</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>14479</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>14448</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>14427</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>14397</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>13468</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>13436</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>13408</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>13377</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12418</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>12395</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>12369</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>12347</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>11850</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>11828</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>11807</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>11784</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>11460</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>11441</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>11422</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>11400</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>11348</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>11334</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>11316</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>11292</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>11075</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>11066</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>11050</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>11029</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>10970</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>10957</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>10948</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>10929</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>10778</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>10765</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>10754</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>10740</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>10552</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>10539</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>10527</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>10511</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>10123</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>10101</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>10075</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>10043</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>10045</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>10031</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>10013</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>9983</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>9638</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>9624</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>9137</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>9111</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>8747</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>8737</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>8722</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>8701</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>8187</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>8176</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>8163</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>8138</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>7744</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>7731</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>7720</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>7698</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>7270</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>7260</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>7247</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>7225</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>7075</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>7070</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>7062</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>7054</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6833</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6830</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6823</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6815</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>6808</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>6310</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>6305</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>6297</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>6292</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5935</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5928</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>5920</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-24A8-47EB-8740-731AE5FB6D2A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$D$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>z toho předčasné sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$D$6:$D$108</c:f>
+              <c:f>celkem!$D$6:$D$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>19566</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>19540</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>19514</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>19489</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>19117</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>19093</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>19048</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>18995</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>18567</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>18500</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>18398</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>17618</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>16245</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>16211</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>15575</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>14664</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>13847</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>13818</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>13788</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>13738</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12954</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>12924</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>12898</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12875</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12020</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>11993</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>11974</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>11948</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>11066</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>11046</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>11031</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>11014</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>10564</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>10548</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>10532</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>10516</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>10216</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>10203</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>10191</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>10177</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>10124</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>10110</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>10099</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>10088</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>9893</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>9882</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>9870</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>9858</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>9806</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>9797</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>9788</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>9777</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>9641</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>9636</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>9634</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>9629</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>9460</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>9406</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>9358</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>9339</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>8989</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>8970</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>8953</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>8932</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>8904</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>8881</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>8863</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>8840</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>8538</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>8528</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>8046</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>8032</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>7699</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>7688</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>7682</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>7675</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>7241</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>7231</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>7223</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>7213</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>6914</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>6913</c:v>
                 </c:pt>
                 <c:pt idx="81">
                   <c:v>6913</c:v>
                 </c:pt>
                 <c:pt idx="82">
+                  <c:v>6913</c:v>
+                </c:pt>
+                <c:pt idx="83">
                   <c:v>6910</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>6537</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>6545</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>6551</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>6558</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>6432</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>6436</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>6443</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>6452</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6272</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6277</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6278</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6288</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>6303</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>5942</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>5948</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>5947</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>5943</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5729</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5742</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>5752</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-24A8-47EB-8740-731AE5FB6D2A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199477120"/>
         <c:axId val="199478656"/>
       </c:lineChart>
@@ -3351,563 +3377,566 @@
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$G$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>III. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="square"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$P$6:$P$108</c:f>
+              <c:f>celkem!$P$6:$P$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>17636</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>17642</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>17639</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>17646</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>17325</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>17332</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>17343</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>17365</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>17014</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>17027</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>17045</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>16378</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>15633</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>15617</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>15025</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>14194</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>13422</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>13425</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>13435</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>13438</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12726</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>12727</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>12725</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>12723</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>11905</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>11909</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>11911</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>11907</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>11059</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>11070</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>11074</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>11081</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>10655</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>10661</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>10671</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>10677</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>10395</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>10401</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>10412</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>10422</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>10424</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>10430</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>10434</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>10442</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>10262</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>10269</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>10274</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>10281</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>10245</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>10252</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>10257</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>10262</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>10141</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>10153</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>10163</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>10167</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>10004</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>10005</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>10006</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>10005</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>9656</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>9665</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>9669</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>9670</c:v>
                 </c:pt>
-                <c:pt idx="63">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="72">
@@ -3979,595 +4008,601 @@
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="102">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="103">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$F$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>II. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$O$6:$O$108</c:f>
+              <c:f>celkem!$O$6:$O$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>11953</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>11970</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>11985</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>11995</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>11704</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>11719</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>11736</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>11753</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>11412</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>11433</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>11461</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>10915</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>10444</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>10447</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>10121</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>9653</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>8942</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>8944</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>8950</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>8949</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>8532</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>8536</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>8537</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>8537</c:v>
                 </c:pt>
                 <c:pt idx="23">
+                  <c:v>8537</c:v>
+                </c:pt>
+                <c:pt idx="24">
                   <c:v>7923</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7928</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7924</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>7925</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>7205</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>7212</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>7216</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>7223</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6922</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6932</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6938</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6944</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>6745</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>6756</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>6766</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>6774</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>6749</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>6757</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>6767</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>6784</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>6662</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>6667</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>6678</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>6690</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>6675</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6703</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6737</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6784</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6714</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6758</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6793</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6825</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6748</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6812</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6860</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6919</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6671</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6370</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6133</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>6117</c:v>
                 </c:pt>
-                <c:pt idx="63">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="72">
@@ -4639,595 +4674,601 @@
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="102">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="103">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$E$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>I. stupně</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$N$6:$N$108</c:f>
+              <c:f>celkem!$N$6:$N$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>10103</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>10126</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>10151</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>10178</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>9906</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>9935</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>9969</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>10010</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>9685</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>9725</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>9767</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>9264</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>8887</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>8911</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>8677</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>8330</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>7642</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>7656</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>7675</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>7690</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>7366</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>7380</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>7387</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>7400</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>6851</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>6862</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>6871</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>6883</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>6207</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>6222</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>6239</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>6254</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>5998</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6016</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6033</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6053</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>5883</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>5904</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>5922</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>5944</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>5932</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>5955</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>5979</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>6008</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>5911</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>5935</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>5964</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>5992</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>5989</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6017</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6046</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6083</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6021</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6060</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6100</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6144</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6094</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6170</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6237</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6315</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6140</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6091</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6059</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>6067</c:v>
                 </c:pt>
-                <c:pt idx="63">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="64">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="66">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="67">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="69">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="71">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="72">
@@ -5299,399 +5340,405 @@
                 <c:pt idx="94">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="95">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="96">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="97">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="98">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="99">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="101">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="102">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="103">
                   <c:v>#N/A</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$H$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>plné</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$Q$6:$Q$108</c:f>
+              <c:f>celkem!$Q$6:$Q$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5838,516 +5885,522 @@
                 <c:pt idx="55">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="63">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="64">
                   <c:v>9681</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>9674</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>9666</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>9661</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>9337</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>9327</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>8850</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>8842</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>8496</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>8486</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>8475</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>8467</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>7962</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>7950</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>7937</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>7924</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>7537</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>7525</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>7513</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>7501</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>7088</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>7079</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>7070</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>7059</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>6911</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>6903</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>6895</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>6886</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>6666</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>6660</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>6655</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>6648</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>6638</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>6149</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>6142</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>6133</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>6118</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>5762</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>5752</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>5742</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$I$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>částečné</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$R$6:$R$108</c:f>
+              <c:f>celkem!$R$6:$R$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6494,167 +6547,170 @@
                 <c:pt idx="55">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>#N/A</c:v>
                 </c:pt>
                 <c:pt idx="63">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="64">
                   <c:v>6076</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>6071</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>6067</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>6063</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>5893</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>5887</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>5412</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>5405</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>5161</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>5156</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>5152</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>5148</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>4847</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>4844</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>4839</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>4802</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>4584</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>4580</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>4582</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>4571</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>4315</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>4313</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>4315</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>4316</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>4243</c:v>
                 </c:pt>
                 <c:pt idx="88">
                   <c:v>4243</c:v>
                 </c:pt>
                 <c:pt idx="89">
+                  <c:v>4243</c:v>
+                </c:pt>
+                <c:pt idx="90">
                   <c:v>4250</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>4243</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>4132</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>4134</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>4142</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>4146</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>4147</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3909</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3914</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3908</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>3905</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>3741</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>3744</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>3742</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-5997-4147-B382-01EC9F53FF6B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199901184"/>
         <c:axId val="199902720"/>
       </c:lineChart>
@@ -6786,678 +6842,684 @@
           <c:x val="1.6383906476861984E-2"/>
           <c:y val="0.18032179144000229"/>
           <c:w val="0.88175909441680567"/>
           <c:h val="0.59388768960653948"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$L$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Sirotčí důchody</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$L$6:$L$108</c:f>
+              <c:f>celkem!$L$6:$L$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>10798</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>10740</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>10799</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>10823</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>10554</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>10518</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>10581</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>10615</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>10268</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>10252</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>10307</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>9786</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>9365</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>9321</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>9092</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>8707</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>8004</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>7970</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>7996</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>8001</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>7636</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>7607</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>7627</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>7634</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>7058</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7021</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7039</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>7041</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>6351</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>6312</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>6344</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>6349</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6078</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6035</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6068</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6063</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>5874</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>5837</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>5871</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>5875</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>5835</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>5795</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>5827</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>5824</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>5703</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>5667</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>5685</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>5682</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>5657</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>5619</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>5639</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>5635</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>5544</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>5519</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>5525</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>5526</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>5428</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>5393</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>5397</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>5386</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>5194</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>5158</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>5162</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>5154</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>5145</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>5121</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>5129</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>5123</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>4989</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>4966</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>4507</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>4499</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>4278</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>4254</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>4263</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>4255</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>3999</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>3976</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>3980</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>3968</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>3780</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>3761</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>3759</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>3748</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>3530</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>3515</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>3512</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>3503</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>3440</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>3426</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>3424</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>3416</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>3328</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>3314</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>3311</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>3302</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>3290</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3106</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3102</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3090</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>3077</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>2951</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>2943</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>2931</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-4716-4F4E-BF10-B5CF9B57B0B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199920256"/>
         <c:axId val="199696768"/>
       </c:lineChart>
@@ -7572,1338 +7634,1350 @@
           <c:x val="2.7718253968253968E-2"/>
           <c:y val="0.32580952380952383"/>
           <c:w val="0.86295634920634923"/>
           <c:h val="0.44071904761904762"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$J$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Vdovské sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$J$6:$J$108</c:f>
+              <c:f>celkem!$J$6:$J$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>13281</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>13272</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>13307</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>13334</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>13044</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>13028</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>13045</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>13062</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12724</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>12757</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>12787</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>12215</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>11681</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>11679</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>11291</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>10741</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>10024</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>10034</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>10022</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>10014</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>9529</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>9536</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>9518</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>9525</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>8866</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>8856</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>8839</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>8831</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>8029</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>8035</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>8013</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>8007</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>7677</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>7686</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>7670</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>7664</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>7446</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>7451</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>7434</c:v>
                 </c:pt>
                 <c:pt idx="38">
                   <c:v>7434</c:v>
                 </c:pt>
                 <c:pt idx="39">
+                  <c:v>7434</c:v>
+                </c:pt>
+                <c:pt idx="40">
                   <c:v>7395</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>7400</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>7389</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>7390</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>7250</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>7256</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>7247</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>7243</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="48">
                   <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>7207</c:v>
+                  <c:v>7216</c:v>
                 </c:pt>
                 <c:pt idx="50">
                   <c:v>7207</c:v>
                 </c:pt>
                 <c:pt idx="51">
+                  <c:v>7207</c:v>
+                </c:pt>
+                <c:pt idx="52">
                   <c:v>7104</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>7112</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>7101</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>7104</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>6989</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>6993</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>6978</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>6977</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>6744</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>6748</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>6738</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>6740</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>6743</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>6754</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>6755</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>6765</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>6577</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>6588</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>6115</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>6127</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>5875</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>5886</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>5885</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>5893</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>5546</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>5559</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>5557</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>5561</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>5291</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>5302</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>5304</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>5311</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>5028</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>5039</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>5038</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>5046</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>4963</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>4976</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>4980</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>4993</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>4863</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>4873</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>4878</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>4889</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>4901</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>4569</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>4571</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>4578</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>4584</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>4334</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>4335</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>4338</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5AF0-41F1-BDAB-64DB47C7CE02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>celkem!$K$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Vdovecké sólo</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="9"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>celkem!$B$6:$B$108</c:f>
+              <c:f>celkem!$B$6:$B$109</c:f>
               <c:strCache>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12-2025</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>09-2025</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>06-2025</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>03-2025</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>12-2024</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>09-2024</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>06-2024</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>03-2024</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>12-2023</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>09-2023</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>06-2023</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>03-2023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>12-2022</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>09-2022</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>06-2022</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>03-2022</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>12-2021</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="17">
                   <c:v>09-2021</c:v>
                 </c:pt>
-                <c:pt idx="17">
+                <c:pt idx="18">
                   <c:v>06-2021</c:v>
                 </c:pt>
-                <c:pt idx="18">
+                <c:pt idx="19">
                   <c:v>03-2021</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>12-2020</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>09-2020</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>06-2020</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>03-2020</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>12-2019</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>09-2019</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>06-2019</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>03-2019</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>12-2018</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>09-2018</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>06-2018</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>03-2018</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>12-2017</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>09-2017</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>06-2017</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>03-2017</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>12-2016</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>09-2016</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>06-2016</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>03-2016</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>12-2015</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>09-2015</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>06-2015</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>03-2015</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>12-2014</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>09-2014</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>06-2014</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>03-2014</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>12-2013</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>09-2013</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>06-2013</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>03-2013</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>12-2012</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>09-2012</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>06-2012</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>03-2012</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>12-2011</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>09-2011</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>06-2011</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>03-2011</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>12-2010</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>09-2010</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>06-2010</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>03-2010</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>12-2009</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>09-2009</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>06-2009</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>03-2009</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>12-2008</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>09-2008</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>06-2008</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>03-2008</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>12-2007</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>09-2007</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>06-2007</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>03-2007</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>12-2006</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>09-2006</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>06-2006</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>03-2006</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>12-2005</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>09-2005</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>06-2005</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>03-2005</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>12-2004</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>09-2004</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>06-2004</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>03-2004</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>12-2003</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>09-2003</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>06-2003</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>03-2003</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>12-2002</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>09-2002</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>06-2002</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>03-2002</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>12-2001</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>09-2001</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>06-2001</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>03-2001</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>12-2000</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>09-2000</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>06-2000</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>03-2000</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>celkem!$K$6:$K$108</c:f>
+              <c:f>celkem!$K$6:$K$109</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="103"/>
+                <c:ptCount val="104"/>
                 <c:pt idx="0">
+                  <c:v>12145</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>12099</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="2">
                   <c:v>12117</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="3">
                   <c:v>12136</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="4">
                   <c:v>11847</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>11840</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>11877</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>11877</c:v>
                 </c:pt>
                 <c:pt idx="7">
+                  <c:v>11877</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>11529</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="9">
                   <c:v>11547</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="10">
                   <c:v>11566</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="11">
                   <c:v>11023</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
                   <c:v>10537</c:v>
                 </c:pt>
-                <c:pt idx="12">
+                <c:pt idx="13">
                   <c:v>10519</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="14">
                   <c:v>10192</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>9724</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="16">
                   <c:v>9004</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>8990</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>8990</c:v>
                 </c:pt>
                 <c:pt idx="18">
+                  <c:v>8990</c:v>
+                </c:pt>
+                <c:pt idx="19">
                   <c:v>8974</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="20">
                   <c:v>8551</c:v>
                 </c:pt>
-                <c:pt idx="20">
+                <c:pt idx="21">
                   <c:v>8540</c:v>
                 </c:pt>
-                <c:pt idx="21">
+                <c:pt idx="22">
                   <c:v>8533</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="23">
                   <c:v>8534</c:v>
                 </c:pt>
-                <c:pt idx="23">
+                <c:pt idx="24">
                   <c:v>7898</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>7886</c:v>
                 </c:pt>
-                <c:pt idx="25">
+                <c:pt idx="26">
                   <c:v>7883</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="27">
                   <c:v>7867</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="28">
                   <c:v>7137</c:v>
                 </c:pt>
-                <c:pt idx="28">
+                <c:pt idx="29">
                   <c:v>7119</c:v>
                 </c:pt>
-                <c:pt idx="29">
+                <c:pt idx="30">
                   <c:v>7114</c:v>
                 </c:pt>
-                <c:pt idx="30">
+                <c:pt idx="31">
                   <c:v>7111</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="32">
                   <c:v>6815</c:v>
                 </c:pt>
-                <c:pt idx="32">
+                <c:pt idx="33">
                   <c:v>6794</c:v>
                 </c:pt>
-                <c:pt idx="33">
+                <c:pt idx="34">
                   <c:v>6783</c:v>
                 </c:pt>
-                <c:pt idx="34">
+                <c:pt idx="35">
                   <c:v>6768</c:v>
                 </c:pt>
-                <c:pt idx="35">
+                <c:pt idx="36">
                   <c:v>6551</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="37">
                   <c:v>6542</c:v>
                 </c:pt>
-                <c:pt idx="37">
+                <c:pt idx="38">
                   <c:v>6536</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="39">
                   <c:v>6522</c:v>
                 </c:pt>
-                <c:pt idx="39">
+                <c:pt idx="40">
                   <c:v>6477</c:v>
                 </c:pt>
-                <c:pt idx="40">
+                <c:pt idx="41">
                   <c:v>6470</c:v>
                 </c:pt>
-                <c:pt idx="41">
+                <c:pt idx="42">
                   <c:v>6466</c:v>
                 </c:pt>
-                <c:pt idx="42">
+                <c:pt idx="43">
                   <c:v>6454</c:v>
                 </c:pt>
-                <c:pt idx="43">
+                <c:pt idx="44">
                   <c:v>6314</c:v>
                 </c:pt>
-                <c:pt idx="44">
+                <c:pt idx="45">
                   <c:v>6300</c:v>
                 </c:pt>
-                <c:pt idx="45">
+                <c:pt idx="46">
                   <c:v>6284</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="47">
                   <c:v>6274</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="48">
                   <c:v>6240</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="49">
                   <c:v>6218</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="50">
                   <c:v>6197</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="51">
                   <c:v>6188</c:v>
                 </c:pt>
-                <c:pt idx="51">
+                <c:pt idx="52">
                   <c:v>6076</c:v>
                 </c:pt>
-                <c:pt idx="52">
+                <c:pt idx="53">
                   <c:v>6061</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="54">
                   <c:v>6053</c:v>
                 </c:pt>
-                <c:pt idx="54">
+                <c:pt idx="55">
                   <c:v>6039</c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="56">
                   <c:v>5920</c:v>
                 </c:pt>
-                <c:pt idx="56">
+                <c:pt idx="57">
                   <c:v>5907</c:v>
                 </c:pt>
-                <c:pt idx="57">
+                <c:pt idx="58">
                   <c:v>5892</c:v>
                 </c:pt>
-                <c:pt idx="58">
+                <c:pt idx="59">
                   <c:v>5864</c:v>
                 </c:pt>
-                <c:pt idx="59">
+                <c:pt idx="60">
                   <c:v>5660</c:v>
                 </c:pt>
-                <c:pt idx="60">
+                <c:pt idx="61">
                   <c:v>5640</c:v>
                 </c:pt>
-                <c:pt idx="61">
+                <c:pt idx="62">
                   <c:v>5618</c:v>
                 </c:pt>
-                <c:pt idx="62">
+                <c:pt idx="63">
                   <c:v>5598</c:v>
                 </c:pt>
-                <c:pt idx="63">
+                <c:pt idx="64">
                   <c:v>5580</c:v>
                 </c:pt>
-                <c:pt idx="64">
+                <c:pt idx="65">
                   <c:v>5570</c:v>
                 </c:pt>
-                <c:pt idx="65">
+                <c:pt idx="66">
                   <c:v>5556</c:v>
                 </c:pt>
-                <c:pt idx="66">
+                <c:pt idx="67">
                   <c:v>5560</c:v>
                 </c:pt>
-                <c:pt idx="67">
+                <c:pt idx="68">
                   <c:v>5412</c:v>
                 </c:pt>
-                <c:pt idx="68">
+                <c:pt idx="69">
                   <c:v>5395</c:v>
                 </c:pt>
-                <c:pt idx="69">
+                <c:pt idx="70">
                   <c:v>4908</c:v>
                 </c:pt>
-                <c:pt idx="70">
+                <c:pt idx="71">
                   <c:v>4896</c:v>
                 </c:pt>
-                <c:pt idx="71">
+                <c:pt idx="72">
                   <c:v>4668</c:v>
                 </c:pt>
-                <c:pt idx="72">
+                <c:pt idx="73">
                   <c:v>4655</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="74">
                   <c:v>4644</c:v>
                 </c:pt>
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>4634</c:v>
                 </c:pt>
-                <c:pt idx="75">
+                <c:pt idx="76">
                   <c:v>4358</c:v>
                 </c:pt>
-                <c:pt idx="76">
+                <c:pt idx="77">
                   <c:v>4346</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="78">
                   <c:v>4335</c:v>
                 </c:pt>
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>4321</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="80">
                   <c:v>4123</c:v>
                 </c:pt>
-                <c:pt idx="80">
+                <c:pt idx="81">
                   <c:v>4116</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="82">
                   <c:v>4107</c:v>
                 </c:pt>
-                <c:pt idx="82">
+                <c:pt idx="83">
                   <c:v>4093</c:v>
                 </c:pt>
-                <c:pt idx="83">
+                <c:pt idx="84">
                   <c:v>3862</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="85">
                   <c:v>3857</c:v>
                 </c:pt>
-                <c:pt idx="85">
+                <c:pt idx="86">
                   <c:v>3848</c:v>
                 </c:pt>
-                <c:pt idx="86">
+                <c:pt idx="87">
                   <c:v>3841</c:v>
                 </c:pt>
-                <c:pt idx="87">
+                <c:pt idx="88">
                   <c:v>3770</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="89">
                   <c:v>3764</c:v>
                 </c:pt>
-                <c:pt idx="89">
+                <c:pt idx="90">
                   <c:v>3755</c:v>
                 </c:pt>
-                <c:pt idx="90">
+                <c:pt idx="91">
                   <c:v>3743</c:v>
                 </c:pt>
-                <c:pt idx="91">
+                <c:pt idx="92">
                   <c:v>3651</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="93">
                   <c:v>3652</c:v>
                 </c:pt>
-                <c:pt idx="93">
+                <c:pt idx="94">
                   <c:v>3640</c:v>
                 </c:pt>
-                <c:pt idx="94">
+                <c:pt idx="95">
                   <c:v>3632</c:v>
                 </c:pt>
-                <c:pt idx="95">
+                <c:pt idx="96">
                   <c:v>3620</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="97">
                   <c:v>3430</c:v>
                 </c:pt>
-                <c:pt idx="97">
+                <c:pt idx="98">
                   <c:v>3412</c:v>
                 </c:pt>
-                <c:pt idx="98">
+                <c:pt idx="99">
                   <c:v>3400</c:v>
                 </c:pt>
-                <c:pt idx="99">
+                <c:pt idx="100">
                   <c:v>3378</c:v>
                 </c:pt>
-                <c:pt idx="100">
+                <c:pt idx="101">
                   <c:v>3247</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="102">
                   <c:v>3234</c:v>
                 </c:pt>
-                <c:pt idx="102">
+                <c:pt idx="103">
                   <c:v>3222</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5AF0-41F1-BDAB-64DB47C7CE02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="199724032"/>
         <c:axId val="199725824"/>
       </c:lineChart>
@@ -8987,153 +9061,153 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1017150</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>14925</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Graf 2"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>53025</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Graf 3"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>157800</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Graf 4"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>1026675</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>110175</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Graf 5"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9417,12729 +9491,12843 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:R115"/>
+  <dimension ref="B1:R116"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="10" style="1" customWidth="1"/>
     <col min="12" max="12" width="15.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9.140625" style="1" customWidth="1"/>
     <col min="14" max="16" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="2:18" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="2:18" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="8"/>
     </row>
     <row r="4" spans="2:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="20"/>
-      <c r="C4" s="127" t="s">
+      <c r="C4" s="128" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="127" t="s">
+      <c r="D4" s="128" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="131" t="s">
+      <c r="E4" s="132" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="132"/>
-[...3 lines deleted...]
-      <c r="J4" s="127" t="s">
+      <c r="F4" s="133"/>
+      <c r="G4" s="133"/>
+      <c r="H4" s="133"/>
+      <c r="I4" s="134"/>
+      <c r="J4" s="128" t="s">
         <v>27</v>
       </c>
-      <c r="K4" s="127" t="s">
+      <c r="K4" s="128" t="s">
         <v>28</v>
       </c>
-      <c r="L4" s="129" t="s">
+      <c r="L4" s="130" t="s">
         <v>24</v>
       </c>
       <c r="M4"/>
     </row>
     <row r="5" spans="2:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
-      <c r="C5" s="128"/>
-      <c r="D5" s="128"/>
+      <c r="C5" s="129"/>
+      <c r="D5" s="129"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="J5" s="128"/>
-[...1 lines deleted...]
-      <c r="L5" s="130"/>
+      <c r="J5" s="129"/>
+      <c r="K5" s="129"/>
+      <c r="L5" s="131"/>
       <c r="M5"/>
     </row>
     <row r="6" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="84" t="s">
-[...30 lines deleted...]
-        <v>10740</v>
+      <c r="B6" s="78" t="s">
+        <v>165</v>
+      </c>
+      <c r="C6" s="79">
+        <v>21094</v>
+      </c>
+      <c r="D6" s="79">
+        <v>19566</v>
+      </c>
+      <c r="E6" s="79">
+        <v>10103</v>
+      </c>
+      <c r="F6" s="79">
+        <v>11953</v>
+      </c>
+      <c r="G6" s="79">
+        <v>17636</v>
+      </c>
+      <c r="H6" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="79">
+        <v>13281</v>
+      </c>
+      <c r="K6" s="79">
+        <v>12145</v>
+      </c>
+      <c r="L6" s="81">
+        <v>10798</v>
       </c>
       <c r="M6"/>
       <c r="N6" s="15">
         <f t="shared" ref="N6" si="0">E6</f>
-        <v>10126</v>
+        <v>10103</v>
       </c>
       <c r="O6" s="15">
         <f t="shared" ref="O6" si="1">F6</f>
-        <v>11970</v>
+        <v>11953</v>
       </c>
       <c r="P6" s="15">
         <f t="shared" ref="P6" si="2">G6</f>
+        <v>17636</v>
+      </c>
+      <c r="Q6" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R6" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="7" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="84" t="s">
+        <v>164</v>
+      </c>
+      <c r="C7" s="85">
+        <v>21079</v>
+      </c>
+      <c r="D7" s="85">
+        <v>19540</v>
+      </c>
+      <c r="E7" s="85">
+        <v>10126</v>
+      </c>
+      <c r="F7" s="85">
+        <v>11970</v>
+      </c>
+      <c r="G7" s="85">
         <v>17642</v>
       </c>
-      <c r="Q6" s="15" t="e">
-[...38 lines deleted...]
-        <v>10799</v>
+      <c r="H7" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="85">
+        <v>13272</v>
+      </c>
+      <c r="K7" s="85">
+        <v>12099</v>
+      </c>
+      <c r="L7" s="87">
+        <v>10740</v>
       </c>
       <c r="M7"/>
       <c r="N7" s="15">
         <f t="shared" ref="N7" si="3">E7</f>
-        <v>10151</v>
+        <v>10126</v>
       </c>
       <c r="O7" s="15">
         <f t="shared" ref="O7" si="4">F7</f>
-        <v>11985</v>
+        <v>11970</v>
       </c>
       <c r="P7" s="15">
         <f t="shared" ref="P7" si="5">G7</f>
+        <v>17642</v>
+      </c>
+      <c r="Q7" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R7" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="78" t="s">
+        <v>163</v>
+      </c>
+      <c r="C8" s="79">
+        <v>21063</v>
+      </c>
+      <c r="D8" s="79">
+        <v>19514</v>
+      </c>
+      <c r="E8" s="79">
+        <v>10151</v>
+      </c>
+      <c r="F8" s="79">
+        <v>11985</v>
+      </c>
+      <c r="G8" s="79">
         <v>17639</v>
       </c>
-      <c r="Q7" s="15" t="e">
-[...38 lines deleted...]
-        <v>10823</v>
+      <c r="H8" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="79">
+        <v>13307</v>
+      </c>
+      <c r="K8" s="79">
+        <v>12117</v>
+      </c>
+      <c r="L8" s="81">
+        <v>10799</v>
       </c>
       <c r="M8"/>
       <c r="N8" s="15">
         <f t="shared" ref="N8" si="6">E8</f>
-        <v>10178</v>
+        <v>10151</v>
       </c>
       <c r="O8" s="15">
         <f t="shared" ref="O8" si="7">F8</f>
-        <v>11995</v>
+        <v>11985</v>
       </c>
       <c r="P8" s="15">
         <f t="shared" ref="P8" si="8">G8</f>
+        <v>17639</v>
+      </c>
+      <c r="Q8" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R8" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="84" t="s">
+        <v>162</v>
+      </c>
+      <c r="C9" s="85">
+        <v>21052</v>
+      </c>
+      <c r="D9" s="85">
+        <v>19489</v>
+      </c>
+      <c r="E9" s="85">
+        <v>10178</v>
+      </c>
+      <c r="F9" s="85">
+        <v>11995</v>
+      </c>
+      <c r="G9" s="85">
         <v>17646</v>
       </c>
-      <c r="Q8" s="15" t="e">
-[...38 lines deleted...]
-        <v>10554</v>
+      <c r="H9" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="85">
+        <v>13334</v>
+      </c>
+      <c r="K9" s="85">
+        <v>12136</v>
+      </c>
+      <c r="L9" s="87">
+        <v>10823</v>
       </c>
       <c r="M9"/>
       <c r="N9" s="15">
         <f t="shared" ref="N9" si="9">E9</f>
-        <v>9906</v>
+        <v>10178</v>
       </c>
       <c r="O9" s="15">
         <f t="shared" ref="O9" si="10">F9</f>
-        <v>11704</v>
+        <v>11995</v>
       </c>
       <c r="P9" s="15">
         <f t="shared" ref="P9" si="11">G9</f>
+        <v>17646</v>
+      </c>
+      <c r="Q9" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R9" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="78" t="s">
+        <v>161</v>
+      </c>
+      <c r="C10" s="79">
+        <v>20680</v>
+      </c>
+      <c r="D10" s="79">
+        <v>19117</v>
+      </c>
+      <c r="E10" s="79">
+        <v>9906</v>
+      </c>
+      <c r="F10" s="79">
+        <v>11704</v>
+      </c>
+      <c r="G10" s="79">
         <v>17325</v>
       </c>
-      <c r="Q9" s="15" t="e">
-[...38 lines deleted...]
-        <v>10518</v>
+      <c r="H10" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="79">
+        <v>13044</v>
+      </c>
+      <c r="K10" s="79">
+        <v>11847</v>
+      </c>
+      <c r="L10" s="81">
+        <v>10554</v>
       </c>
       <c r="M10"/>
       <c r="N10" s="15">
         <f t="shared" ref="N10" si="12">E10</f>
-        <v>9935</v>
+        <v>9906</v>
       </c>
       <c r="O10" s="15">
         <f t="shared" ref="O10" si="13">F10</f>
-        <v>11719</v>
+        <v>11704</v>
       </c>
       <c r="P10" s="15">
         <f t="shared" ref="P10" si="14">G10</f>
+        <v>17325</v>
+      </c>
+      <c r="Q10" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R10" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="84" t="s">
+        <v>160</v>
+      </c>
+      <c r="C11" s="85">
+        <v>20670</v>
+      </c>
+      <c r="D11" s="85">
+        <v>19093</v>
+      </c>
+      <c r="E11" s="85">
+        <v>9935</v>
+      </c>
+      <c r="F11" s="85">
+        <v>11719</v>
+      </c>
+      <c r="G11" s="85">
         <v>17332</v>
       </c>
-      <c r="Q10" s="15" t="e">
-[...38 lines deleted...]
-        <v>10581</v>
+      <c r="H11" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="85">
+        <v>13028</v>
+      </c>
+      <c r="K11" s="85">
+        <v>11840</v>
+      </c>
+      <c r="L11" s="87">
+        <v>10518</v>
       </c>
       <c r="M11"/>
       <c r="N11" s="15">
         <f t="shared" ref="N11" si="15">E11</f>
-        <v>9969</v>
+        <v>9935</v>
       </c>
       <c r="O11" s="15">
         <f t="shared" ref="O11" si="16">F11</f>
-        <v>11736</v>
+        <v>11719</v>
       </c>
       <c r="P11" s="15">
         <f t="shared" ref="P11" si="17">G11</f>
+        <v>17332</v>
+      </c>
+      <c r="Q11" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R11" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="78" t="s">
+        <v>159</v>
+      </c>
+      <c r="C12" s="79">
+        <v>20653</v>
+      </c>
+      <c r="D12" s="79">
+        <v>19048</v>
+      </c>
+      <c r="E12" s="79">
+        <v>9969</v>
+      </c>
+      <c r="F12" s="79">
+        <v>11736</v>
+      </c>
+      <c r="G12" s="79">
         <v>17343</v>
       </c>
-      <c r="Q11" s="15" t="e">
-[...34 lines deleted...]
-      <c r="K12" s="85">
+      <c r="H12" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="79">
+        <v>13045</v>
+      </c>
+      <c r="K12" s="79">
         <v>11877</v>
       </c>
-      <c r="L12" s="87">
-        <v>10615</v>
+      <c r="L12" s="81">
+        <v>10581</v>
       </c>
       <c r="M12"/>
       <c r="N12" s="15">
         <f t="shared" ref="N12" si="18">E12</f>
-        <v>10010</v>
+        <v>9969</v>
       </c>
       <c r="O12" s="15">
         <f t="shared" ref="O12" si="19">F12</f>
-        <v>11753</v>
+        <v>11736</v>
       </c>
       <c r="P12" s="15">
         <f t="shared" ref="P12" si="20">G12</f>
+        <v>17343</v>
+      </c>
+      <c r="Q12" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R12" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="84" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" s="85">
+        <v>20633</v>
+      </c>
+      <c r="D13" s="85">
+        <v>18995</v>
+      </c>
+      <c r="E13" s="85">
+        <v>10010</v>
+      </c>
+      <c r="F13" s="85">
+        <v>11753</v>
+      </c>
+      <c r="G13" s="85">
         <v>17365</v>
       </c>
-      <c r="Q12" s="15" t="e">
-[...38 lines deleted...]
-        <v>10268</v>
+      <c r="H13" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="85">
+        <v>13062</v>
+      </c>
+      <c r="K13" s="85">
+        <v>11877</v>
+      </c>
+      <c r="L13" s="87">
+        <v>10615</v>
       </c>
       <c r="M13"/>
       <c r="N13" s="15">
         <f t="shared" ref="N13" si="21">E13</f>
-        <v>9685</v>
+        <v>10010</v>
       </c>
       <c r="O13" s="15">
         <f t="shared" ref="O13" si="22">F13</f>
-        <v>11412</v>
+        <v>11753</v>
       </c>
       <c r="P13" s="15">
         <f t="shared" ref="P13" si="23">G13</f>
+        <v>17365</v>
+      </c>
+      <c r="Q13" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R13" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="78" t="s">
+        <v>157</v>
+      </c>
+      <c r="C14" s="79">
+        <v>20264</v>
+      </c>
+      <c r="D14" s="79">
+        <v>18567</v>
+      </c>
+      <c r="E14" s="79">
+        <v>9685</v>
+      </c>
+      <c r="F14" s="79">
+        <v>11412</v>
+      </c>
+      <c r="G14" s="79">
         <v>17014</v>
       </c>
-      <c r="Q13" s="15" t="e">
-[...38 lines deleted...]
-        <v>10252</v>
+      <c r="H14" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="79">
+        <v>12724</v>
+      </c>
+      <c r="K14" s="79">
+        <v>11529</v>
+      </c>
+      <c r="L14" s="81">
+        <v>10268</v>
       </c>
       <c r="M14"/>
       <c r="N14" s="15">
         <f t="shared" ref="N14" si="24">E14</f>
-        <v>9725</v>
+        <v>9685</v>
       </c>
       <c r="O14" s="15">
         <f t="shared" ref="O14" si="25">F14</f>
-        <v>11433</v>
+        <v>11412</v>
       </c>
       <c r="P14" s="15">
         <f t="shared" ref="P14" si="26">G14</f>
+        <v>17014</v>
+      </c>
+      <c r="Q14" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R14" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="C15" s="85">
+        <v>20254</v>
+      </c>
+      <c r="D15" s="85">
+        <v>18500</v>
+      </c>
+      <c r="E15" s="85">
+        <v>9725</v>
+      </c>
+      <c r="F15" s="85">
+        <v>11433</v>
+      </c>
+      <c r="G15" s="85">
         <v>17027</v>
       </c>
-      <c r="Q14" s="15" t="e">
-[...38 lines deleted...]
-        <v>10307</v>
+      <c r="H15" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="85">
+        <v>12757</v>
+      </c>
+      <c r="K15" s="85">
+        <v>11547</v>
+      </c>
+      <c r="L15" s="87">
+        <v>10252</v>
       </c>
       <c r="M15"/>
       <c r="N15" s="15">
         <f t="shared" ref="N15" si="27">E15</f>
-        <v>9767</v>
+        <v>9725</v>
       </c>
       <c r="O15" s="15">
         <f t="shared" ref="O15" si="28">F15</f>
-        <v>11461</v>
+        <v>11433</v>
       </c>
       <c r="P15" s="15">
         <f t="shared" ref="P15" si="29">G15</f>
+        <v>17027</v>
+      </c>
+      <c r="Q15" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R15" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="78" t="s">
+        <v>155</v>
+      </c>
+      <c r="C16" s="79">
+        <v>20233</v>
+      </c>
+      <c r="D16" s="79">
+        <v>18398</v>
+      </c>
+      <c r="E16" s="79">
+        <v>9767</v>
+      </c>
+      <c r="F16" s="79">
+        <v>11461</v>
+      </c>
+      <c r="G16" s="79">
         <v>17045</v>
       </c>
-      <c r="Q15" s="15" t="e">
-[...38 lines deleted...]
-        <v>9786</v>
+      <c r="H16" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="79">
+        <v>12787</v>
+      </c>
+      <c r="K16" s="79">
+        <v>11566</v>
+      </c>
+      <c r="L16" s="81">
+        <v>10307</v>
       </c>
       <c r="M16"/>
       <c r="N16" s="15">
         <f t="shared" ref="N16" si="30">E16</f>
-        <v>9264</v>
+        <v>9767</v>
       </c>
       <c r="O16" s="15">
         <f t="shared" ref="O16" si="31">F16</f>
-        <v>10915</v>
+        <v>11461</v>
       </c>
       <c r="P16" s="15">
         <f t="shared" ref="P16" si="32">G16</f>
+        <v>17045</v>
+      </c>
+      <c r="Q16" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R16" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="84" t="s">
+        <v>154</v>
+      </c>
+      <c r="C17" s="85">
+        <v>19461</v>
+      </c>
+      <c r="D17" s="85">
+        <v>17618</v>
+      </c>
+      <c r="E17" s="85">
+        <v>9264</v>
+      </c>
+      <c r="F17" s="85">
+        <v>10915</v>
+      </c>
+      <c r="G17" s="85">
         <v>16378</v>
       </c>
-      <c r="Q16" s="15" t="e">
-[...38 lines deleted...]
-        <v>9365</v>
+      <c r="H17" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="85">
+        <v>12215</v>
+      </c>
+      <c r="K17" s="85">
+        <v>11023</v>
+      </c>
+      <c r="L17" s="87">
+        <v>9786</v>
       </c>
       <c r="M17"/>
       <c r="N17" s="15">
         <f t="shared" ref="N17" si="33">E17</f>
-        <v>8887</v>
+        <v>9264</v>
       </c>
       <c r="O17" s="15">
         <f t="shared" ref="O17" si="34">F17</f>
-        <v>10444</v>
+        <v>10915</v>
       </c>
       <c r="P17" s="15">
         <f t="shared" ref="P17" si="35">G17</f>
+        <v>16378</v>
+      </c>
+      <c r="Q17" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R17" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="78" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" s="79">
+        <v>18061</v>
+      </c>
+      <c r="D18" s="79">
+        <v>16245</v>
+      </c>
+      <c r="E18" s="79">
+        <v>8887</v>
+      </c>
+      <c r="F18" s="79">
+        <v>10444</v>
+      </c>
+      <c r="G18" s="79">
         <v>15633</v>
       </c>
-      <c r="Q17" s="15" t="e">
-[...38 lines deleted...]
-        <v>9321</v>
+      <c r="H18" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="79">
+        <v>11681</v>
+      </c>
+      <c r="K18" s="79">
+        <v>10537</v>
+      </c>
+      <c r="L18" s="81">
+        <v>9365</v>
       </c>
       <c r="M18"/>
       <c r="N18" s="15">
-        <f t="shared" ref="N18:N19" si="36">E18</f>
+        <f t="shared" ref="N18" si="36">E18</f>
+        <v>8887</v>
+      </c>
+      <c r="O18" s="15">
+        <f t="shared" ref="O18" si="37">F18</f>
+        <v>10444</v>
+      </c>
+      <c r="P18" s="15">
+        <f t="shared" ref="P18" si="38">G18</f>
+        <v>15633</v>
+      </c>
+      <c r="Q18" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R18" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="84" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" s="85">
+        <v>18033</v>
+      </c>
+      <c r="D19" s="85">
+        <v>16211</v>
+      </c>
+      <c r="E19" s="85">
         <v>8911</v>
       </c>
-      <c r="O18" s="15">
-        <f t="shared" ref="O18:O19" si="37">F18</f>
+      <c r="F19" s="85">
         <v>10447</v>
       </c>
-      <c r="P18" s="15">
-        <f t="shared" ref="P18:P19" si="38">G18</f>
+      <c r="G19" s="85">
         <v>15617</v>
       </c>
-      <c r="Q18" s="15" t="e">
-[...38 lines deleted...]
-        <v>9092</v>
+      <c r="H19" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="85">
+        <v>11679</v>
+      </c>
+      <c r="K19" s="85">
+        <v>10519</v>
+      </c>
+      <c r="L19" s="87">
+        <v>9321</v>
       </c>
       <c r="M19"/>
       <c r="N19" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" ref="N19:N20" si="39">E19</f>
+        <v>8911</v>
+      </c>
+      <c r="O19" s="15">
+        <f t="shared" ref="O19:O20" si="40">F19</f>
+        <v>10447</v>
+      </c>
+      <c r="P19" s="15">
+        <f t="shared" ref="P19:P20" si="41">G19</f>
+        <v>15617</v>
+      </c>
+      <c r="Q19" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R19" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="78" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" s="79">
+        <v>17299</v>
+      </c>
+      <c r="D20" s="79">
+        <v>15575</v>
+      </c>
+      <c r="E20" s="79">
         <v>8677</v>
       </c>
-      <c r="O19" s="15">
-        <f t="shared" si="37"/>
+      <c r="F20" s="79">
         <v>10121</v>
       </c>
-      <c r="P19" s="15">
-        <f t="shared" si="38"/>
+      <c r="G20" s="79">
         <v>15025</v>
       </c>
-      <c r="Q19" s="15" t="e">
-[...38 lines deleted...]
-        <v>8707</v>
+      <c r="H20" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="79">
+        <v>11291</v>
+      </c>
+      <c r="K20" s="79">
+        <v>10192</v>
+      </c>
+      <c r="L20" s="81">
+        <v>9092</v>
       </c>
       <c r="M20"/>
       <c r="N20" s="15">
-        <f t="shared" ref="N20:N23" si="39">E20</f>
+        <f t="shared" si="39"/>
+        <v>8677</v>
+      </c>
+      <c r="O20" s="15">
+        <f t="shared" si="40"/>
+        <v>10121</v>
+      </c>
+      <c r="P20" s="15">
+        <f t="shared" si="41"/>
+        <v>15025</v>
+      </c>
+      <c r="Q20" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R20" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="103" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" s="104">
+        <v>16249</v>
+      </c>
+      <c r="D21" s="104">
+        <v>14664</v>
+      </c>
+      <c r="E21" s="104">
         <v>8330</v>
       </c>
-      <c r="O20" s="15">
-        <f t="shared" ref="O20:O24" si="40">F20</f>
+      <c r="F21" s="104">
         <v>9653</v>
       </c>
-      <c r="P20" s="15">
-        <f t="shared" ref="P20:P23" si="41">G20</f>
+      <c r="G21" s="104">
         <v>14194</v>
       </c>
-      <c r="Q20" s="15" t="e">
-[...38 lines deleted...]
-        <v>8004</v>
+      <c r="H21" s="105" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="105" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="104">
+        <v>10741</v>
+      </c>
+      <c r="K21" s="104">
+        <v>9724</v>
+      </c>
+      <c r="L21" s="106">
+        <v>8707</v>
       </c>
       <c r="M21"/>
       <c r="N21" s="15">
-        <f t="shared" si="39"/>
+        <f t="shared" ref="N21:N24" si="42">E21</f>
+        <v>8330</v>
+      </c>
+      <c r="O21" s="15">
+        <f t="shared" ref="O21:O25" si="43">F21</f>
+        <v>9653</v>
+      </c>
+      <c r="P21" s="15">
+        <f t="shared" ref="P21:P24" si="44">G21</f>
+        <v>14194</v>
+      </c>
+      <c r="Q21" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R21" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="78" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" s="79">
+        <v>15425</v>
+      </c>
+      <c r="D22" s="79">
+        <v>13847</v>
+      </c>
+      <c r="E22" s="79">
         <v>7642</v>
       </c>
-      <c r="O21" s="15">
-        <f t="shared" si="40"/>
+      <c r="F22" s="79">
         <v>8942</v>
       </c>
-      <c r="P21" s="15">
-        <f t="shared" si="41"/>
+      <c r="G22" s="79">
         <v>13422</v>
       </c>
-      <c r="Q21" s="15" t="e">
-[...38 lines deleted...]
-        <v>7970</v>
+      <c r="H22" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="79">
+        <v>10024</v>
+      </c>
+      <c r="K22" s="79">
+        <v>9004</v>
+      </c>
+      <c r="L22" s="81">
+        <v>8004</v>
       </c>
       <c r="M22"/>
       <c r="N22" s="15">
-        <f t="shared" si="39"/>
+        <f t="shared" si="42"/>
+        <v>7642</v>
+      </c>
+      <c r="O22" s="15">
+        <f t="shared" si="43"/>
+        <v>8942</v>
+      </c>
+      <c r="P22" s="15">
+        <f t="shared" si="44"/>
+        <v>13422</v>
+      </c>
+      <c r="Q22" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R22" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="84" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" s="85">
+        <v>15411</v>
+      </c>
+      <c r="D23" s="85">
+        <v>13818</v>
+      </c>
+      <c r="E23" s="85">
         <v>7656</v>
       </c>
-      <c r="O22" s="15">
-        <f t="shared" si="40"/>
+      <c r="F23" s="85">
         <v>8944</v>
       </c>
-      <c r="P22" s="15">
-        <f t="shared" si="41"/>
+      <c r="G23" s="85">
         <v>13425</v>
       </c>
-      <c r="Q22" s="15" t="e">
-[...34 lines deleted...]
-      <c r="K23" s="79">
+      <c r="H23" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="85">
+        <v>10034</v>
+      </c>
+      <c r="K23" s="85">
         <v>8990</v>
       </c>
-      <c r="L23" s="81">
-        <v>7996</v>
+      <c r="L23" s="87">
+        <v>7970</v>
       </c>
       <c r="M23"/>
       <c r="N23" s="15">
-        <f t="shared" si="39"/>
+        <f t="shared" si="42"/>
+        <v>7656</v>
+      </c>
+      <c r="O23" s="15">
+        <f t="shared" si="43"/>
+        <v>8944</v>
+      </c>
+      <c r="P23" s="15">
+        <f t="shared" si="44"/>
+        <v>13425</v>
+      </c>
+      <c r="Q23" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R23" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="78" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" s="79">
+        <v>15385</v>
+      </c>
+      <c r="D24" s="79">
+        <v>13788</v>
+      </c>
+      <c r="E24" s="79">
         <v>7675</v>
       </c>
-      <c r="O23" s="15">
-        <f t="shared" si="40"/>
+      <c r="F24" s="79">
         <v>8950</v>
       </c>
-      <c r="P23" s="15">
-        <f t="shared" si="41"/>
+      <c r="G24" s="79">
         <v>13435</v>
       </c>
-      <c r="Q23" s="15" t="e">
-[...38 lines deleted...]
-        <v>8001</v>
+      <c r="H24" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="79">
+        <v>10022</v>
+      </c>
+      <c r="K24" s="79">
+        <v>8990</v>
+      </c>
+      <c r="L24" s="81">
+        <v>7996</v>
       </c>
       <c r="M24"/>
       <c r="N24" s="15">
-        <f t="shared" ref="N24" si="42">E24</f>
+        <f t="shared" si="42"/>
+        <v>7675</v>
+      </c>
+      <c r="O24" s="15">
+        <f t="shared" si="43"/>
+        <v>8950</v>
+      </c>
+      <c r="P24" s="15">
+        <f t="shared" si="44"/>
+        <v>13435</v>
+      </c>
+      <c r="Q24" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R24" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="84" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" s="85">
+        <v>15351</v>
+      </c>
+      <c r="D25" s="85">
+        <v>13738</v>
+      </c>
+      <c r="E25" s="85">
         <v>7690</v>
       </c>
-      <c r="O24" s="15">
-        <f t="shared" si="40"/>
+      <c r="F25" s="85">
         <v>8949</v>
       </c>
-      <c r="P24" s="15">
-        <f t="shared" ref="P24" si="43">G24</f>
+      <c r="G25" s="85">
         <v>13438</v>
       </c>
-      <c r="Q24" s="15" t="e">
-[...38 lines deleted...]
-        <v>7636</v>
+      <c r="H25" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="85">
+        <v>10014</v>
+      </c>
+      <c r="K25" s="85">
+        <v>8974</v>
+      </c>
+      <c r="L25" s="87">
+        <v>8001</v>
       </c>
       <c r="M25"/>
       <c r="N25" s="15">
-        <f t="shared" ref="N25" si="44">E25</f>
-        <v>7366</v>
+        <f t="shared" ref="N25" si="45">E25</f>
+        <v>7690</v>
       </c>
       <c r="O25" s="15">
-        <f t="shared" ref="O25" si="45">F25</f>
-        <v>8532</v>
+        <f t="shared" si="43"/>
+        <v>8949</v>
       </c>
       <c r="P25" s="15">
         <f t="shared" ref="P25" si="46">G25</f>
+        <v>13438</v>
+      </c>
+      <c r="Q25" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R25" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="78" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" s="79">
+        <v>14479</v>
+      </c>
+      <c r="D26" s="79">
+        <v>12954</v>
+      </c>
+      <c r="E26" s="79">
+        <v>7366</v>
+      </c>
+      <c r="F26" s="79">
+        <v>8532</v>
+      </c>
+      <c r="G26" s="79">
         <v>12726</v>
       </c>
-      <c r="Q25" s="15" t="e">
-[...38 lines deleted...]
-        <v>7607</v>
+      <c r="H26" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="79">
+        <v>9529</v>
+      </c>
+      <c r="K26" s="79">
+        <v>8551</v>
+      </c>
+      <c r="L26" s="81">
+        <v>7636</v>
       </c>
       <c r="M26"/>
       <c r="N26" s="15">
         <f t="shared" ref="N26" si="47">E26</f>
-        <v>7380</v>
+        <v>7366</v>
       </c>
       <c r="O26" s="15">
         <f t="shared" ref="O26" si="48">F26</f>
-        <v>8536</v>
+        <v>8532</v>
       </c>
       <c r="P26" s="15">
         <f t="shared" ref="P26" si="49">G26</f>
+        <v>12726</v>
+      </c>
+      <c r="Q26" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R26" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="84" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" s="85">
+        <v>14448</v>
+      </c>
+      <c r="D27" s="85">
+        <v>12924</v>
+      </c>
+      <c r="E27" s="85">
+        <v>7380</v>
+      </c>
+      <c r="F27" s="85">
+        <v>8536</v>
+      </c>
+      <c r="G27" s="85">
         <v>12727</v>
       </c>
-      <c r="Q26" s="15" t="e">
-[...38 lines deleted...]
-        <v>7627</v>
+      <c r="H27" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="85">
+        <v>9536</v>
+      </c>
+      <c r="K27" s="85">
+        <v>8540</v>
+      </c>
+      <c r="L27" s="87">
+        <v>7607</v>
       </c>
       <c r="M27"/>
       <c r="N27" s="15">
         <f t="shared" ref="N27" si="50">E27</f>
-        <v>7387</v>
+        <v>7380</v>
       </c>
       <c r="O27" s="15">
         <f t="shared" ref="O27" si="51">F27</f>
-        <v>8537</v>
+        <v>8536</v>
       </c>
       <c r="P27" s="15">
         <f t="shared" ref="P27" si="52">G27</f>
+        <v>12727</v>
+      </c>
+      <c r="Q27" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R27" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="78" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" s="79">
+        <v>14427</v>
+      </c>
+      <c r="D28" s="79">
+        <v>12898</v>
+      </c>
+      <c r="E28" s="79">
+        <v>7387</v>
+      </c>
+      <c r="F28" s="79">
+        <v>8537</v>
+      </c>
+      <c r="G28" s="79">
         <v>12725</v>
       </c>
-      <c r="Q27" s="15" t="e">
-[...38 lines deleted...]
-        <v>7634</v>
+      <c r="H28" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="79">
+        <v>9518</v>
+      </c>
+      <c r="K28" s="79">
+        <v>8533</v>
+      </c>
+      <c r="L28" s="81">
+        <v>7627</v>
       </c>
       <c r="M28"/>
       <c r="N28" s="15">
         <f t="shared" ref="N28" si="53">E28</f>
-        <v>7400</v>
+        <v>7387</v>
       </c>
       <c r="O28" s="15">
         <f t="shared" ref="O28" si="54">F28</f>
         <v>8537</v>
       </c>
       <c r="P28" s="15">
         <f t="shared" ref="P28" si="55">G28</f>
+        <v>12725</v>
+      </c>
+      <c r="Q28" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R28" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="84" t="s">
+        <v>136</v>
+      </c>
+      <c r="C29" s="85">
+        <v>14397</v>
+      </c>
+      <c r="D29" s="85">
+        <v>12875</v>
+      </c>
+      <c r="E29" s="85">
+        <v>7400</v>
+      </c>
+      <c r="F29" s="85">
+        <v>8537</v>
+      </c>
+      <c r="G29" s="85">
         <v>12723</v>
       </c>
-      <c r="Q28" s="15" t="e">
-[...38 lines deleted...]
-        <v>7058</v>
+      <c r="H29" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="85">
+        <v>9525</v>
+      </c>
+      <c r="K29" s="85">
+        <v>8534</v>
+      </c>
+      <c r="L29" s="87">
+        <v>7634</v>
       </c>
       <c r="M29"/>
       <c r="N29" s="15">
         <f t="shared" ref="N29" si="56">E29</f>
-        <v>6851</v>
+        <v>7400</v>
       </c>
       <c r="O29" s="15">
         <f t="shared" ref="O29" si="57">F29</f>
-        <v>7923</v>
+        <v>8537</v>
       </c>
       <c r="P29" s="15">
         <f t="shared" ref="P29" si="58">G29</f>
+        <v>12723</v>
+      </c>
+      <c r="Q29" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R29" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="79">
+        <v>13468</v>
+      </c>
+      <c r="D30" s="79">
+        <v>12020</v>
+      </c>
+      <c r="E30" s="79">
+        <v>6851</v>
+      </c>
+      <c r="F30" s="79">
+        <v>7923</v>
+      </c>
+      <c r="G30" s="79">
         <v>11905</v>
       </c>
-      <c r="Q29" s="15" t="e">
-[...38 lines deleted...]
-        <v>7021</v>
+      <c r="H30" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="79">
+        <v>8866</v>
+      </c>
+      <c r="K30" s="79">
+        <v>7898</v>
+      </c>
+      <c r="L30" s="81">
+        <v>7058</v>
       </c>
       <c r="M30"/>
       <c r="N30" s="15">
         <f t="shared" ref="N30" si="59">E30</f>
-        <v>6862</v>
+        <v>6851</v>
       </c>
       <c r="O30" s="15">
         <f t="shared" ref="O30" si="60">F30</f>
-        <v>7928</v>
+        <v>7923</v>
       </c>
       <c r="P30" s="15">
         <f t="shared" ref="P30" si="61">G30</f>
+        <v>11905</v>
+      </c>
+      <c r="Q30" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R30" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="84" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" s="85">
+        <v>13436</v>
+      </c>
+      <c r="D31" s="85">
+        <v>11993</v>
+      </c>
+      <c r="E31" s="85">
+        <v>6862</v>
+      </c>
+      <c r="F31" s="85">
+        <v>7928</v>
+      </c>
+      <c r="G31" s="85">
         <v>11909</v>
       </c>
-      <c r="Q30" s="15" t="e">
-[...38 lines deleted...]
-        <v>7039</v>
+      <c r="H31" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="85">
+        <v>8856</v>
+      </c>
+      <c r="K31" s="85">
+        <v>7886</v>
+      </c>
+      <c r="L31" s="87">
+        <v>7021</v>
       </c>
       <c r="M31"/>
       <c r="N31" s="15">
         <f t="shared" ref="N31" si="62">E31</f>
-        <v>6871</v>
+        <v>6862</v>
       </c>
       <c r="O31" s="15">
         <f t="shared" ref="O31" si="63">F31</f>
-        <v>7924</v>
+        <v>7928</v>
       </c>
       <c r="P31" s="15">
         <f t="shared" ref="P31" si="64">G31</f>
+        <v>11909</v>
+      </c>
+      <c r="Q31" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R31" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="32" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="78" t="s">
+        <v>133</v>
+      </c>
+      <c r="C32" s="79">
+        <v>13408</v>
+      </c>
+      <c r="D32" s="79">
+        <v>11974</v>
+      </c>
+      <c r="E32" s="79">
+        <v>6871</v>
+      </c>
+      <c r="F32" s="79">
+        <v>7924</v>
+      </c>
+      <c r="G32" s="79">
         <v>11911</v>
       </c>
-      <c r="Q31" s="15" t="e">
-[...38 lines deleted...]
-        <v>7041</v>
+      <c r="H32" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="79">
+        <v>8839</v>
+      </c>
+      <c r="K32" s="79">
+        <v>7883</v>
+      </c>
+      <c r="L32" s="81">
+        <v>7039</v>
       </c>
       <c r="M32"/>
       <c r="N32" s="15">
         <f t="shared" ref="N32" si="65">E32</f>
-        <v>6883</v>
+        <v>6871</v>
       </c>
       <c r="O32" s="15">
         <f t="shared" ref="O32" si="66">F32</f>
-        <v>7925</v>
+        <v>7924</v>
       </c>
       <c r="P32" s="15">
         <f t="shared" ref="P32" si="67">G32</f>
+        <v>11911</v>
+      </c>
+      <c r="Q32" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R32" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="33" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="84" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" s="85">
+        <v>13377</v>
+      </c>
+      <c r="D33" s="85">
+        <v>11948</v>
+      </c>
+      <c r="E33" s="85">
+        <v>6883</v>
+      </c>
+      <c r="F33" s="85">
+        <v>7925</v>
+      </c>
+      <c r="G33" s="85">
         <v>11907</v>
       </c>
-      <c r="Q32" s="15" t="e">
-[...38 lines deleted...]
-        <v>6351</v>
+      <c r="H33" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="85">
+        <v>8831</v>
+      </c>
+      <c r="K33" s="85">
+        <v>7867</v>
+      </c>
+      <c r="L33" s="87">
+        <v>7041</v>
       </c>
       <c r="M33"/>
       <c r="N33" s="15">
-        <f t="shared" ref="N33:N35" si="68">E33</f>
+        <f t="shared" ref="N33" si="68">E33</f>
+        <v>6883</v>
+      </c>
+      <c r="O33" s="15">
+        <f t="shared" ref="O33" si="69">F33</f>
+        <v>7925</v>
+      </c>
+      <c r="P33" s="15">
+        <f t="shared" ref="P33" si="70">G33</f>
+        <v>11907</v>
+      </c>
+      <c r="Q33" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R33" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="78" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="79">
+        <v>12418</v>
+      </c>
+      <c r="D34" s="79">
+        <v>11066</v>
+      </c>
+      <c r="E34" s="79">
         <v>6207</v>
       </c>
-      <c r="O33" s="15">
-        <f t="shared" ref="O33:O35" si="69">F33</f>
+      <c r="F34" s="79">
         <v>7205</v>
       </c>
-      <c r="P33" s="15">
-        <f t="shared" ref="P33:P35" si="70">G33</f>
+      <c r="G34" s="79">
         <v>11059</v>
       </c>
-      <c r="Q33" s="15" t="e">
-[...38 lines deleted...]
-        <v>6312</v>
+      <c r="H34" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="79">
+        <v>8029</v>
+      </c>
+      <c r="K34" s="79">
+        <v>7137</v>
+      </c>
+      <c r="L34" s="81">
+        <v>6351</v>
       </c>
       <c r="M34"/>
       <c r="N34" s="15">
-        <f t="shared" ref="N34" si="71">E34</f>
+        <f t="shared" ref="N34:N36" si="71">E34</f>
+        <v>6207</v>
+      </c>
+      <c r="O34" s="15">
+        <f t="shared" ref="O34:O36" si="72">F34</f>
+        <v>7205</v>
+      </c>
+      <c r="P34" s="15">
+        <f t="shared" ref="P34:P36" si="73">G34</f>
+        <v>11059</v>
+      </c>
+      <c r="Q34" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R34" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="35" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="C35" s="59">
+        <v>12395</v>
+      </c>
+      <c r="D35" s="59">
+        <v>11046</v>
+      </c>
+      <c r="E35" s="59">
         <v>6222</v>
       </c>
-      <c r="O34" s="15">
-        <f t="shared" ref="O34" si="72">F34</f>
+      <c r="F35" s="59">
         <v>7212</v>
       </c>
-      <c r="P34" s="15">
-        <f t="shared" ref="P34" si="73">G34</f>
+      <c r="G35" s="59">
         <v>11070</v>
       </c>
-      <c r="Q34" s="15" t="e">
-[...38 lines deleted...]
-        <v>6344</v>
+      <c r="H35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="59">
+        <v>8035</v>
+      </c>
+      <c r="K35" s="59">
+        <v>7119</v>
+      </c>
+      <c r="L35" s="61">
+        <v>6312</v>
       </c>
       <c r="M35"/>
       <c r="N35" s="15">
-        <f t="shared" si="68"/>
+        <f t="shared" ref="N35" si="74">E35</f>
+        <v>6222</v>
+      </c>
+      <c r="O35" s="15">
+        <f t="shared" ref="O35" si="75">F35</f>
+        <v>7212</v>
+      </c>
+      <c r="P35" s="15">
+        <f t="shared" ref="P35" si="76">G35</f>
+        <v>11070</v>
+      </c>
+      <c r="Q35" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R35" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="C36" s="24">
+        <v>12369</v>
+      </c>
+      <c r="D36" s="24">
+        <v>11031</v>
+      </c>
+      <c r="E36" s="24">
         <v>6239</v>
       </c>
-      <c r="O35" s="15">
-        <f t="shared" si="69"/>
+      <c r="F36" s="24">
         <v>7216</v>
       </c>
-      <c r="P35" s="15">
-        <f t="shared" si="70"/>
+      <c r="G36" s="24">
         <v>11074</v>
       </c>
-      <c r="Q35" s="15" t="e">
-[...38 lines deleted...]
-        <v>6349</v>
+      <c r="H36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="24">
+        <v>8013</v>
+      </c>
+      <c r="K36" s="24">
+        <v>7114</v>
+      </c>
+      <c r="L36" s="26">
+        <v>6344</v>
       </c>
       <c r="M36"/>
       <c r="N36" s="15">
-        <f t="shared" ref="N36" si="74">E36</f>
+        <f t="shared" si="71"/>
+        <v>6239</v>
+      </c>
+      <c r="O36" s="15">
+        <f t="shared" si="72"/>
+        <v>7216</v>
+      </c>
+      <c r="P36" s="15">
+        <f t="shared" si="73"/>
+        <v>11074</v>
+      </c>
+      <c r="Q36" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R36" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="37" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="73" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" s="59">
+        <v>12347</v>
+      </c>
+      <c r="D37" s="59">
+        <v>11014</v>
+      </c>
+      <c r="E37" s="59">
         <v>6254</v>
       </c>
-      <c r="O36" s="15">
-        <f t="shared" ref="O36" si="75">F36</f>
+      <c r="F37" s="59">
         <v>7223</v>
       </c>
-      <c r="P36" s="15">
-        <f t="shared" ref="P36" si="76">G36</f>
+      <c r="G37" s="59">
         <v>11081</v>
       </c>
-      <c r="Q36" s="15" t="e">
-[...38 lines deleted...]
-        <v>6078</v>
+      <c r="H37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="59">
+        <v>8007</v>
+      </c>
+      <c r="K37" s="59">
+        <v>7111</v>
+      </c>
+      <c r="L37" s="61">
+        <v>6349</v>
       </c>
       <c r="M37"/>
       <c r="N37" s="15">
         <f t="shared" ref="N37" si="77">E37</f>
-        <v>5998</v>
+        <v>6254</v>
       </c>
       <c r="O37" s="15">
         <f t="shared" ref="O37" si="78">F37</f>
-        <v>6922</v>
+        <v>7223</v>
       </c>
       <c r="P37" s="15">
         <f t="shared" ref="P37" si="79">G37</f>
+        <v>11081</v>
+      </c>
+      <c r="Q37" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R37" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="72" t="s">
+        <v>127</v>
+      </c>
+      <c r="C38" s="24">
+        <v>11850</v>
+      </c>
+      <c r="D38" s="24">
+        <v>10564</v>
+      </c>
+      <c r="E38" s="24">
+        <v>5998</v>
+      </c>
+      <c r="F38" s="24">
+        <v>6922</v>
+      </c>
+      <c r="G38" s="24">
         <v>10655</v>
       </c>
-      <c r="Q37" s="15" t="e">
-[...38 lines deleted...]
-        <v>6035</v>
+      <c r="H38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="24">
+        <v>7677</v>
+      </c>
+      <c r="K38" s="24">
+        <v>6815</v>
+      </c>
+      <c r="L38" s="26">
+        <v>6078</v>
       </c>
       <c r="M38"/>
       <c r="N38" s="15">
         <f t="shared" ref="N38" si="80">E38</f>
-        <v>6016</v>
+        <v>5998</v>
       </c>
       <c r="O38" s="15">
         <f t="shared" ref="O38" si="81">F38</f>
-        <v>6932</v>
+        <v>6922</v>
       </c>
       <c r="P38" s="15">
         <f t="shared" ref="P38" si="82">G38</f>
+        <v>10655</v>
+      </c>
+      <c r="Q38" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R38" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="39" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="71" t="s">
+        <v>126</v>
+      </c>
+      <c r="C39" s="59">
+        <v>11828</v>
+      </c>
+      <c r="D39" s="59">
+        <v>10548</v>
+      </c>
+      <c r="E39" s="59">
+        <v>6016</v>
+      </c>
+      <c r="F39" s="59">
+        <v>6932</v>
+      </c>
+      <c r="G39" s="59">
         <v>10661</v>
       </c>
-      <c r="Q38" s="15" t="e">
-[...38 lines deleted...]
-        <v>6068</v>
+      <c r="H39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="59">
+        <v>7686</v>
+      </c>
+      <c r="K39" s="59">
+        <v>6794</v>
+      </c>
+      <c r="L39" s="61">
+        <v>6035</v>
       </c>
       <c r="M39"/>
       <c r="N39" s="15">
         <f t="shared" ref="N39" si="83">E39</f>
-        <v>6033</v>
+        <v>6016</v>
       </c>
       <c r="O39" s="15">
         <f t="shared" ref="O39" si="84">F39</f>
-        <v>6938</v>
+        <v>6932</v>
       </c>
       <c r="P39" s="15">
         <f t="shared" ref="P39" si="85">G39</f>
+        <v>10661</v>
+      </c>
+      <c r="Q39" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R39" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="40" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="70" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" s="24">
+        <v>11807</v>
+      </c>
+      <c r="D40" s="24">
+        <v>10532</v>
+      </c>
+      <c r="E40" s="24">
+        <v>6033</v>
+      </c>
+      <c r="F40" s="24">
+        <v>6938</v>
+      </c>
+      <c r="G40" s="24">
         <v>10671</v>
       </c>
-      <c r="Q39" s="15" t="e">
-[...38 lines deleted...]
-        <v>6063</v>
+      <c r="H40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="24">
+        <v>7670</v>
+      </c>
+      <c r="K40" s="24">
+        <v>6783</v>
+      </c>
+      <c r="L40" s="26">
+        <v>6068</v>
       </c>
       <c r="M40"/>
       <c r="N40" s="15">
         <f t="shared" ref="N40" si="86">E40</f>
-        <v>6053</v>
+        <v>6033</v>
       </c>
       <c r="O40" s="15">
         <f t="shared" ref="O40" si="87">F40</f>
-        <v>6944</v>
+        <v>6938</v>
       </c>
       <c r="P40" s="15">
         <f t="shared" ref="P40" si="88">G40</f>
+        <v>10671</v>
+      </c>
+      <c r="Q40" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R40" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="41" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="69" t="s">
+        <v>124</v>
+      </c>
+      <c r="C41" s="59">
+        <v>11784</v>
+      </c>
+      <c r="D41" s="59">
+        <v>10516</v>
+      </c>
+      <c r="E41" s="59">
+        <v>6053</v>
+      </c>
+      <c r="F41" s="59">
+        <v>6944</v>
+      </c>
+      <c r="G41" s="59">
         <v>10677</v>
       </c>
-      <c r="Q40" s="15" t="e">
-[...38 lines deleted...]
-        <v>5874</v>
+      <c r="H41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="59">
+        <v>7664</v>
+      </c>
+      <c r="K41" s="59">
+        <v>6768</v>
+      </c>
+      <c r="L41" s="61">
+        <v>6063</v>
       </c>
       <c r="M41"/>
       <c r="N41" s="15">
         <f t="shared" ref="N41" si="89">E41</f>
-        <v>5883</v>
+        <v>6053</v>
       </c>
       <c r="O41" s="15">
         <f t="shared" ref="O41" si="90">F41</f>
-        <v>6745</v>
+        <v>6944</v>
       </c>
       <c r="P41" s="15">
         <f t="shared" ref="P41" si="91">G41</f>
+        <v>10677</v>
+      </c>
+      <c r="Q41" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R41" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="42" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="24">
+        <v>11460</v>
+      </c>
+      <c r="D42" s="24">
+        <v>10216</v>
+      </c>
+      <c r="E42" s="24">
+        <v>5883</v>
+      </c>
+      <c r="F42" s="24">
+        <v>6745</v>
+      </c>
+      <c r="G42" s="24">
         <v>10395</v>
       </c>
-      <c r="Q41" s="15" t="e">
-[...38 lines deleted...]
-        <v>5837</v>
+      <c r="H42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="24">
+        <v>7446</v>
+      </c>
+      <c r="K42" s="24">
+        <v>6551</v>
+      </c>
+      <c r="L42" s="26">
+        <v>5874</v>
       </c>
       <c r="M42"/>
       <c r="N42" s="15">
         <f t="shared" ref="N42" si="92">E42</f>
-        <v>5904</v>
+        <v>5883</v>
       </c>
       <c r="O42" s="15">
         <f t="shared" ref="O42" si="93">F42</f>
-        <v>6756</v>
+        <v>6745</v>
       </c>
       <c r="P42" s="15">
         <f t="shared" ref="P42" si="94">G42</f>
+        <v>10395</v>
+      </c>
+      <c r="Q42" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R42" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="43" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="65" t="s">
+        <v>122</v>
+      </c>
+      <c r="C43" s="59">
+        <v>11441</v>
+      </c>
+      <c r="D43" s="59">
+        <v>10203</v>
+      </c>
+      <c r="E43" s="59">
+        <v>5904</v>
+      </c>
+      <c r="F43" s="59">
+        <v>6756</v>
+      </c>
+      <c r="G43" s="59">
         <v>10401</v>
       </c>
-      <c r="Q42" s="15" t="e">
-[...38 lines deleted...]
-        <v>5871</v>
+      <c r="H43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="59">
+        <v>7451</v>
+      </c>
+      <c r="K43" s="59">
+        <v>6542</v>
+      </c>
+      <c r="L43" s="61">
+        <v>5837</v>
       </c>
       <c r="M43"/>
       <c r="N43" s="15">
         <f t="shared" ref="N43" si="95">E43</f>
-        <v>5922</v>
+        <v>5904</v>
       </c>
       <c r="O43" s="15">
         <f t="shared" ref="O43" si="96">F43</f>
-        <v>6766</v>
+        <v>6756</v>
       </c>
       <c r="P43" s="15">
         <f t="shared" ref="P43" si="97">G43</f>
+        <v>10401</v>
+      </c>
+      <c r="Q43" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R43" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="44" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="C44" s="24">
+        <v>11422</v>
+      </c>
+      <c r="D44" s="24">
+        <v>10191</v>
+      </c>
+      <c r="E44" s="24">
+        <v>5922</v>
+      </c>
+      <c r="F44" s="24">
+        <v>6766</v>
+      </c>
+      <c r="G44" s="24">
         <v>10412</v>
       </c>
-      <c r="Q43" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J44" s="59">
+      <c r="H44" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="24">
         <v>7434</v>
       </c>
-      <c r="K44" s="59">
-[...3 lines deleted...]
-        <v>5875</v>
+      <c r="K44" s="24">
+        <v>6536</v>
+      </c>
+      <c r="L44" s="26">
+        <v>5871</v>
       </c>
       <c r="M44"/>
       <c r="N44" s="15">
         <f t="shared" ref="N44" si="98">E44</f>
-        <v>5944</v>
+        <v>5922</v>
       </c>
       <c r="O44" s="15">
         <f t="shared" ref="O44" si="99">F44</f>
-        <v>6774</v>
+        <v>6766</v>
       </c>
       <c r="P44" s="15">
         <f t="shared" ref="P44" si="100">G44</f>
+        <v>10412</v>
+      </c>
+      <c r="Q44" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R44" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="45" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="58" t="s">
+        <v>120</v>
+      </c>
+      <c r="C45" s="59">
+        <v>11400</v>
+      </c>
+      <c r="D45" s="59">
+        <v>10177</v>
+      </c>
+      <c r="E45" s="59">
+        <v>5944</v>
+      </c>
+      <c r="F45" s="59">
+        <v>6774</v>
+      </c>
+      <c r="G45" s="59">
         <v>10422</v>
       </c>
-      <c r="Q44" s="15" t="e">
-[...38 lines deleted...]
-        <v>5835</v>
+      <c r="H45" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="59">
+        <v>7434</v>
+      </c>
+      <c r="K45" s="59">
+        <v>6522</v>
+      </c>
+      <c r="L45" s="61">
+        <v>5875</v>
       </c>
       <c r="M45"/>
       <c r="N45" s="15">
         <f t="shared" ref="N45" si="101">E45</f>
-        <v>5932</v>
+        <v>5944</v>
       </c>
       <c r="O45" s="15">
         <f t="shared" ref="O45" si="102">F45</f>
-        <v>6749</v>
+        <v>6774</v>
       </c>
       <c r="P45" s="15">
         <f t="shared" ref="P45" si="103">G45</f>
+        <v>10422</v>
+      </c>
+      <c r="Q45" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R45" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="46" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C46" s="24">
+        <v>11348</v>
+      </c>
+      <c r="D46" s="24">
+        <v>10124</v>
+      </c>
+      <c r="E46" s="24">
+        <v>5932</v>
+      </c>
+      <c r="F46" s="24">
+        <v>6749</v>
+      </c>
+      <c r="G46" s="24">
         <v>10424</v>
       </c>
-      <c r="Q45" s="15" t="e">
-[...38 lines deleted...]
-        <v>5795</v>
+      <c r="H46" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="24">
+        <v>7395</v>
+      </c>
+      <c r="K46" s="24">
+        <v>6477</v>
+      </c>
+      <c r="L46" s="26">
+        <v>5835</v>
       </c>
       <c r="M46"/>
       <c r="N46" s="15">
         <f t="shared" ref="N46" si="104">E46</f>
-        <v>5955</v>
+        <v>5932</v>
       </c>
       <c r="O46" s="15">
         <f t="shared" ref="O46" si="105">F46</f>
-        <v>6757</v>
+        <v>6749</v>
       </c>
       <c r="P46" s="15">
         <f t="shared" ref="P46" si="106">G46</f>
+        <v>10424</v>
+      </c>
+      <c r="Q46" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R46" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="47" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C47" s="4">
+        <v>11334</v>
+      </c>
+      <c r="D47" s="4">
+        <v>10110</v>
+      </c>
+      <c r="E47" s="4">
+        <v>5955</v>
+      </c>
+      <c r="F47" s="4">
+        <v>6757</v>
+      </c>
+      <c r="G47" s="4">
         <v>10430</v>
       </c>
-      <c r="Q46" s="15" t="e">
-[...38 lines deleted...]
-        <v>5827</v>
+      <c r="H47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="4">
+        <v>7400</v>
+      </c>
+      <c r="K47" s="4">
+        <v>6470</v>
+      </c>
+      <c r="L47" s="5">
+        <v>5795</v>
       </c>
       <c r="M47"/>
       <c r="N47" s="15">
         <f t="shared" ref="N47" si="107">E47</f>
+        <v>5955</v>
+      </c>
+      <c r="O47" s="15">
+        <f t="shared" ref="O47" si="108">F47</f>
+        <v>6757</v>
+      </c>
+      <c r="P47" s="15">
+        <f t="shared" ref="P47" si="109">G47</f>
+        <v>10430</v>
+      </c>
+      <c r="Q47" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R47" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="48" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="C48" s="24">
+        <v>11316</v>
+      </c>
+      <c r="D48" s="24">
+        <v>10099</v>
+      </c>
+      <c r="E48" s="24">
         <v>5979</v>
       </c>
-      <c r="O47" s="15">
-        <f t="shared" ref="O47:P47" si="108">F47</f>
+      <c r="F48" s="24">
         <v>6767</v>
       </c>
-      <c r="P47" s="15">
-        <f t="shared" si="108"/>
+      <c r="G48" s="24">
         <v>10434</v>
       </c>
-      <c r="Q47" s="15" t="e">
-[...38 lines deleted...]
-        <v>5824</v>
+      <c r="H48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="24">
+        <v>7389</v>
+      </c>
+      <c r="K48" s="24">
+        <v>6466</v>
+      </c>
+      <c r="L48" s="26">
+        <v>5827</v>
       </c>
       <c r="M48"/>
       <c r="N48" s="15">
-        <f t="shared" ref="N48:N68" si="109">E48</f>
+        <f t="shared" ref="N48" si="110">E48</f>
+        <v>5979</v>
+      </c>
+      <c r="O48" s="15">
+        <f t="shared" ref="O48:P48" si="111">F48</f>
+        <v>6767</v>
+      </c>
+      <c r="P48" s="15">
+        <f t="shared" si="111"/>
+        <v>10434</v>
+      </c>
+      <c r="Q48" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R48" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="49" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C49" s="4">
+        <v>11292</v>
+      </c>
+      <c r="D49" s="4">
+        <v>10088</v>
+      </c>
+      <c r="E49" s="4">
         <v>6008</v>
       </c>
-      <c r="O48" s="15">
-        <f t="shared" ref="O48:O68" si="110">F48</f>
+      <c r="F49" s="4">
         <v>6784</v>
       </c>
-      <c r="P48" s="15">
-        <f t="shared" ref="P48:P68" si="111">G48</f>
+      <c r="G49" s="4">
         <v>10442</v>
       </c>
-      <c r="Q48" s="15" t="e">
-[...38 lines deleted...]
-        <v>5703</v>
+      <c r="H49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="4">
+        <v>7390</v>
+      </c>
+      <c r="K49" s="4">
+        <v>6454</v>
+      </c>
+      <c r="L49" s="5">
+        <v>5824</v>
       </c>
       <c r="M49"/>
       <c r="N49" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" ref="N49:N69" si="112">E49</f>
+        <v>6008</v>
+      </c>
+      <c r="O49" s="15">
+        <f t="shared" ref="O49:O69" si="113">F49</f>
+        <v>6784</v>
+      </c>
+      <c r="P49" s="15">
+        <f t="shared" ref="P49:P69" si="114">G49</f>
+        <v>10442</v>
+      </c>
+      <c r="Q49" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R49" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="50" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="C50" s="24">
+        <v>11075</v>
+      </c>
+      <c r="D50" s="24">
+        <v>9893</v>
+      </c>
+      <c r="E50" s="24">
         <v>5911</v>
       </c>
-      <c r="O49" s="15">
-        <f t="shared" si="110"/>
+      <c r="F50" s="24">
         <v>6662</v>
       </c>
-      <c r="P49" s="15">
-        <f t="shared" si="111"/>
+      <c r="G50" s="24">
         <v>10262</v>
       </c>
-      <c r="Q49" s="15" t="e">
-[...38 lines deleted...]
-        <v>5667</v>
+      <c r="H50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="24">
+        <v>7250</v>
+      </c>
+      <c r="K50" s="24">
+        <v>6314</v>
+      </c>
+      <c r="L50" s="26">
+        <v>5703</v>
       </c>
       <c r="M50"/>
       <c r="N50" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5911</v>
+      </c>
+      <c r="O50" s="15">
+        <f t="shared" si="113"/>
+        <v>6662</v>
+      </c>
+      <c r="P50" s="15">
+        <f t="shared" si="114"/>
+        <v>10262</v>
+      </c>
+      <c r="Q50" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R50" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="51" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="4">
+        <v>11066</v>
+      </c>
+      <c r="D51" s="4">
+        <v>9882</v>
+      </c>
+      <c r="E51" s="4">
         <v>5935</v>
       </c>
-      <c r="O50" s="15">
-        <f t="shared" si="110"/>
+      <c r="F51" s="4">
         <v>6667</v>
       </c>
-      <c r="P50" s="15">
-        <f t="shared" si="111"/>
+      <c r="G51" s="4">
         <v>10269</v>
       </c>
-      <c r="Q50" s="15" t="e">
-[...38 lines deleted...]
-        <v>5685</v>
+      <c r="H51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="4">
+        <v>7256</v>
+      </c>
+      <c r="K51" s="4">
+        <v>6300</v>
+      </c>
+      <c r="L51" s="5">
+        <v>5667</v>
       </c>
       <c r="M51"/>
       <c r="N51" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5935</v>
+      </c>
+      <c r="O51" s="15">
+        <f t="shared" si="113"/>
+        <v>6667</v>
+      </c>
+      <c r="P51" s="15">
+        <f t="shared" si="114"/>
+        <v>10269</v>
+      </c>
+      <c r="Q51" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R51" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="52" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="24">
+        <v>11050</v>
+      </c>
+      <c r="D52" s="24">
+        <v>9870</v>
+      </c>
+      <c r="E52" s="24">
         <v>5964</v>
       </c>
-      <c r="O51" s="15">
-        <f t="shared" si="110"/>
+      <c r="F52" s="24">
         <v>6678</v>
       </c>
-      <c r="P51" s="15">
-        <f t="shared" si="111"/>
+      <c r="G52" s="24">
         <v>10274</v>
       </c>
-      <c r="Q51" s="15" t="e">
-[...38 lines deleted...]
-        <v>5682</v>
+      <c r="H52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="24">
+        <v>7247</v>
+      </c>
+      <c r="K52" s="24">
+        <v>6284</v>
+      </c>
+      <c r="L52" s="26">
+        <v>5685</v>
       </c>
       <c r="M52"/>
       <c r="N52" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5964</v>
+      </c>
+      <c r="O52" s="15">
+        <f t="shared" si="113"/>
+        <v>6678</v>
+      </c>
+      <c r="P52" s="15">
+        <f t="shared" si="114"/>
+        <v>10274</v>
+      </c>
+      <c r="Q52" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R52" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="53" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" s="4">
+        <v>11029</v>
+      </c>
+      <c r="D53" s="4">
+        <v>9858</v>
+      </c>
+      <c r="E53" s="4">
         <v>5992</v>
       </c>
-      <c r="O52" s="15">
-        <f t="shared" si="110"/>
+      <c r="F53" s="4">
         <v>6690</v>
       </c>
-      <c r="P52" s="15">
-        <f t="shared" si="111"/>
+      <c r="G53" s="4">
         <v>10281</v>
       </c>
-      <c r="Q52" s="15" t="e">
-[...38 lines deleted...]
-        <v>5657</v>
+      <c r="H53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="4">
+        <v>7243</v>
+      </c>
+      <c r="K53" s="4">
+        <v>6274</v>
+      </c>
+      <c r="L53" s="5">
+        <v>5682</v>
       </c>
       <c r="M53"/>
       <c r="N53" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5992</v>
+      </c>
+      <c r="O53" s="15">
+        <f t="shared" si="113"/>
+        <v>6690</v>
+      </c>
+      <c r="P53" s="15">
+        <f t="shared" si="114"/>
+        <v>10281</v>
+      </c>
+      <c r="Q53" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R53" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" s="24">
+        <v>10970</v>
+      </c>
+      <c r="D54" s="24">
+        <v>9806</v>
+      </c>
+      <c r="E54" s="24">
         <v>5989</v>
       </c>
-      <c r="O53" s="15">
-        <f t="shared" si="110"/>
+      <c r="F54" s="24">
         <v>6675</v>
       </c>
-      <c r="P53" s="15">
-        <f t="shared" si="111"/>
+      <c r="G54" s="24">
         <v>10245</v>
       </c>
-      <c r="Q53" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J54" s="4">
+      <c r="H54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="24">
         <v>7216</v>
       </c>
-      <c r="K54" s="4">
-[...3 lines deleted...]
-        <v>5619</v>
+      <c r="K54" s="24">
+        <v>6240</v>
+      </c>
+      <c r="L54" s="26">
+        <v>5657</v>
       </c>
       <c r="M54"/>
       <c r="N54" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>5989</v>
+      </c>
+      <c r="O54" s="15">
+        <f t="shared" si="113"/>
+        <v>6675</v>
+      </c>
+      <c r="P54" s="15">
+        <f t="shared" si="114"/>
+        <v>10245</v>
+      </c>
+      <c r="Q54" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R54" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" s="4">
+        <v>10957</v>
+      </c>
+      <c r="D55" s="4">
+        <v>9797</v>
+      </c>
+      <c r="E55" s="4">
         <v>6017</v>
       </c>
-      <c r="O54" s="15">
-        <f t="shared" si="110"/>
+      <c r="F55" s="4">
         <v>6703</v>
       </c>
-      <c r="P54" s="15">
-        <f t="shared" si="111"/>
+      <c r="G55" s="4">
         <v>10252</v>
       </c>
-      <c r="Q54" s="15" t="e">
-[...38 lines deleted...]
-        <v>5639</v>
+      <c r="H55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="4">
+        <v>7216</v>
+      </c>
+      <c r="K55" s="4">
+        <v>6218</v>
+      </c>
+      <c r="L55" s="5">
+        <v>5619</v>
       </c>
       <c r="M55"/>
       <c r="N55" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6017</v>
+      </c>
+      <c r="O55" s="15">
+        <f t="shared" si="113"/>
+        <v>6703</v>
+      </c>
+      <c r="P55" s="15">
+        <f t="shared" si="114"/>
+        <v>10252</v>
+      </c>
+      <c r="Q55" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R55" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" s="24">
+        <v>10948</v>
+      </c>
+      <c r="D56" s="24">
+        <v>9788</v>
+      </c>
+      <c r="E56" s="24">
         <v>6046</v>
       </c>
-      <c r="O55" s="15">
-        <f t="shared" si="110"/>
+      <c r="F56" s="24">
         <v>6737</v>
       </c>
-      <c r="P55" s="15">
-        <f t="shared" si="111"/>
+      <c r="G56" s="24">
         <v>10257</v>
       </c>
-      <c r="Q55" s="15" t="e">
-[...31 lines deleted...]
-      <c r="J56" s="4">
+      <c r="H56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="24">
         <v>7207</v>
       </c>
-      <c r="K56" s="4">
-[...3 lines deleted...]
-        <v>5635</v>
+      <c r="K56" s="24">
+        <v>6197</v>
+      </c>
+      <c r="L56" s="26">
+        <v>5639</v>
       </c>
       <c r="M56"/>
       <c r="N56" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6046</v>
+      </c>
+      <c r="O56" s="15">
+        <f t="shared" si="113"/>
+        <v>6737</v>
+      </c>
+      <c r="P56" s="15">
+        <f t="shared" si="114"/>
+        <v>10257</v>
+      </c>
+      <c r="Q56" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R56" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="57" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="4">
+        <v>10929</v>
+      </c>
+      <c r="D57" s="4">
+        <v>9777</v>
+      </c>
+      <c r="E57" s="4">
         <v>6083</v>
       </c>
-      <c r="O56" s="15">
-        <f t="shared" si="110"/>
+      <c r="F57" s="4">
         <v>6784</v>
       </c>
-      <c r="P56" s="15">
-        <f t="shared" si="111"/>
+      <c r="G57" s="4">
         <v>10262</v>
       </c>
-      <c r="Q56" s="15" t="e">
-[...38 lines deleted...]
-        <v>5544</v>
+      <c r="H57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="4">
+        <v>7207</v>
+      </c>
+      <c r="K57" s="4">
+        <v>6188</v>
+      </c>
+      <c r="L57" s="5">
+        <v>5635</v>
       </c>
       <c r="M57"/>
       <c r="N57" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6083</v>
+      </c>
+      <c r="O57" s="15">
+        <f t="shared" si="113"/>
+        <v>6784</v>
+      </c>
+      <c r="P57" s="15">
+        <f t="shared" si="114"/>
+        <v>10262</v>
+      </c>
+      <c r="Q57" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R57" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="58" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" s="24">
+        <v>10778</v>
+      </c>
+      <c r="D58" s="24">
+        <v>9641</v>
+      </c>
+      <c r="E58" s="24">
         <v>6021</v>
       </c>
-      <c r="O57" s="15">
-        <f t="shared" si="110"/>
+      <c r="F58" s="24">
         <v>6714</v>
       </c>
-      <c r="P57" s="15">
-        <f t="shared" si="111"/>
+      <c r="G58" s="24">
         <v>10141</v>
       </c>
-      <c r="Q57" s="15" t="e">
-[...38 lines deleted...]
-        <v>5519</v>
+      <c r="H58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="24">
+        <v>7104</v>
+      </c>
+      <c r="K58" s="24">
+        <v>6076</v>
+      </c>
+      <c r="L58" s="26">
+        <v>5544</v>
       </c>
       <c r="M58"/>
       <c r="N58" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6021</v>
+      </c>
+      <c r="O58" s="15">
+        <f t="shared" si="113"/>
+        <v>6714</v>
+      </c>
+      <c r="P58" s="15">
+        <f t="shared" si="114"/>
+        <v>10141</v>
+      </c>
+      <c r="Q58" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R58" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="59" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C59" s="4">
+        <v>10765</v>
+      </c>
+      <c r="D59" s="4">
+        <v>9636</v>
+      </c>
+      <c r="E59" s="4">
         <v>6060</v>
       </c>
-      <c r="O58" s="15">
-        <f t="shared" si="110"/>
+      <c r="F59" s="4">
         <v>6758</v>
       </c>
-      <c r="P58" s="15">
-        <f t="shared" si="111"/>
+      <c r="G59" s="4">
         <v>10153</v>
       </c>
-      <c r="Q58" s="15" t="e">
-[...38 lines deleted...]
-        <v>5525</v>
+      <c r="H59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="4">
+        <v>7112</v>
+      </c>
+      <c r="K59" s="4">
+        <v>6061</v>
+      </c>
+      <c r="L59" s="5">
+        <v>5519</v>
       </c>
       <c r="M59"/>
       <c r="N59" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6060</v>
+      </c>
+      <c r="O59" s="15">
+        <f t="shared" si="113"/>
+        <v>6758</v>
+      </c>
+      <c r="P59" s="15">
+        <f t="shared" si="114"/>
+        <v>10153</v>
+      </c>
+      <c r="Q59" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R59" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="60" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C60" s="24">
+        <v>10754</v>
+      </c>
+      <c r="D60" s="24">
+        <v>9634</v>
+      </c>
+      <c r="E60" s="24">
         <v>6100</v>
       </c>
-      <c r="O59" s="15">
-        <f t="shared" si="110"/>
+      <c r="F60" s="24">
         <v>6793</v>
       </c>
-      <c r="P59" s="15">
-        <f t="shared" si="111"/>
+      <c r="G60" s="24">
         <v>10163</v>
       </c>
-      <c r="Q59" s="15" t="e">
-[...38 lines deleted...]
-        <v>5526</v>
+      <c r="H60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="24">
+        <v>7101</v>
+      </c>
+      <c r="K60" s="24">
+        <v>6053</v>
+      </c>
+      <c r="L60" s="26">
+        <v>5525</v>
       </c>
       <c r="M60"/>
       <c r="N60" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6100</v>
+      </c>
+      <c r="O60" s="15">
+        <f t="shared" si="113"/>
+        <v>6793</v>
+      </c>
+      <c r="P60" s="15">
+        <f t="shared" si="114"/>
+        <v>10163</v>
+      </c>
+      <c r="Q60" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R60" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="61" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="4">
+        <v>10740</v>
+      </c>
+      <c r="D61" s="4">
+        <v>9629</v>
+      </c>
+      <c r="E61" s="4">
         <v>6144</v>
       </c>
-      <c r="O60" s="15">
-        <f t="shared" si="110"/>
+      <c r="F61" s="4">
         <v>6825</v>
       </c>
-      <c r="P60" s="15">
-        <f t="shared" si="111"/>
+      <c r="G61" s="4">
         <v>10167</v>
       </c>
-      <c r="Q60" s="15" t="e">
-[...38 lines deleted...]
-        <v>5428</v>
+      <c r="H61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="4">
+        <v>7104</v>
+      </c>
+      <c r="K61" s="4">
+        <v>6039</v>
+      </c>
+      <c r="L61" s="5">
+        <v>5526</v>
       </c>
       <c r="M61"/>
       <c r="N61" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6144</v>
+      </c>
+      <c r="O61" s="15">
+        <f t="shared" si="113"/>
+        <v>6825</v>
+      </c>
+      <c r="P61" s="15">
+        <f t="shared" si="114"/>
+        <v>10167</v>
+      </c>
+      <c r="Q61" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R61" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="62" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C62" s="24">
+        <v>10552</v>
+      </c>
+      <c r="D62" s="24">
+        <v>9460</v>
+      </c>
+      <c r="E62" s="24">
         <v>6094</v>
       </c>
-      <c r="O61" s="15">
-        <f t="shared" si="110"/>
+      <c r="F62" s="24">
         <v>6748</v>
       </c>
-      <c r="P61" s="15">
-        <f t="shared" si="111"/>
+      <c r="G62" s="24">
         <v>10004</v>
       </c>
-      <c r="Q61" s="15" t="e">
-[...38 lines deleted...]
-        <v>5393</v>
+      <c r="H62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="24">
+        <v>6989</v>
+      </c>
+      <c r="K62" s="24">
+        <v>5920</v>
+      </c>
+      <c r="L62" s="26">
+        <v>5428</v>
       </c>
       <c r="M62"/>
       <c r="N62" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6094</v>
+      </c>
+      <c r="O62" s="15">
+        <f t="shared" si="113"/>
+        <v>6748</v>
+      </c>
+      <c r="P62" s="15">
+        <f t="shared" si="114"/>
+        <v>10004</v>
+      </c>
+      <c r="Q62" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R62" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="63" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C63" s="4">
+        <v>10539</v>
+      </c>
+      <c r="D63" s="4">
+        <v>9406</v>
+      </c>
+      <c r="E63" s="4">
         <v>6170</v>
       </c>
-      <c r="O62" s="15">
-        <f t="shared" si="110"/>
+      <c r="F63" s="4">
         <v>6812</v>
       </c>
-      <c r="P62" s="15">
-        <f t="shared" si="111"/>
+      <c r="G63" s="4">
         <v>10005</v>
       </c>
-      <c r="Q62" s="15" t="e">
-[...38 lines deleted...]
-        <v>5397</v>
+      <c r="H63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="4">
+        <v>6993</v>
+      </c>
+      <c r="K63" s="4">
+        <v>5907</v>
+      </c>
+      <c r="L63" s="5">
+        <v>5393</v>
       </c>
       <c r="M63"/>
       <c r="N63" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6170</v>
+      </c>
+      <c r="O63" s="15">
+        <f t="shared" si="113"/>
+        <v>6812</v>
+      </c>
+      <c r="P63" s="15">
+        <f t="shared" si="114"/>
+        <v>10005</v>
+      </c>
+      <c r="Q63" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R63" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="64" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="C64" s="24">
+        <v>10527</v>
+      </c>
+      <c r="D64" s="24">
+        <v>9358</v>
+      </c>
+      <c r="E64" s="24">
         <v>6237</v>
       </c>
-      <c r="O63" s="15">
-        <f t="shared" si="110"/>
+      <c r="F64" s="24">
         <v>6860</v>
       </c>
-      <c r="P63" s="15">
-        <f t="shared" si="111"/>
+      <c r="G64" s="24">
         <v>10006</v>
       </c>
-      <c r="Q63" s="15" t="e">
-[...38 lines deleted...]
-        <v>5386</v>
+      <c r="H64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="24">
+        <v>6978</v>
+      </c>
+      <c r="K64" s="24">
+        <v>5892</v>
+      </c>
+      <c r="L64" s="26">
+        <v>5397</v>
       </c>
       <c r="M64"/>
       <c r="N64" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6237</v>
+      </c>
+      <c r="O64" s="15">
+        <f t="shared" si="113"/>
+        <v>6860</v>
+      </c>
+      <c r="P64" s="15">
+        <f t="shared" si="114"/>
+        <v>10006</v>
+      </c>
+      <c r="Q64" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R64" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="65" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C65" s="4">
+        <v>10511</v>
+      </c>
+      <c r="D65" s="4">
+        <v>9339</v>
+      </c>
+      <c r="E65" s="4">
         <v>6315</v>
       </c>
-      <c r="O64" s="15">
-        <f t="shared" si="110"/>
+      <c r="F65" s="4">
         <v>6919</v>
       </c>
-      <c r="P64" s="15">
-        <f t="shared" si="111"/>
+      <c r="G65" s="4">
         <v>10005</v>
       </c>
-      <c r="Q64" s="15" t="e">
-[...38 lines deleted...]
-        <v>5194</v>
+      <c r="H65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="4">
+        <v>6977</v>
+      </c>
+      <c r="K65" s="4">
+        <v>5864</v>
+      </c>
+      <c r="L65" s="5">
+        <v>5386</v>
       </c>
       <c r="M65"/>
       <c r="N65" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6315</v>
+      </c>
+      <c r="O65" s="15">
+        <f t="shared" si="113"/>
+        <v>6919</v>
+      </c>
+      <c r="P65" s="15">
+        <f t="shared" si="114"/>
+        <v>10005</v>
+      </c>
+      <c r="Q65" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R65" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="66" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="24">
+        <v>10123</v>
+      </c>
+      <c r="D66" s="24">
+        <v>8989</v>
+      </c>
+      <c r="E66" s="24">
         <v>6140</v>
       </c>
-      <c r="O65" s="15">
-        <f t="shared" si="110"/>
+      <c r="F66" s="24">
         <v>6671</v>
       </c>
-      <c r="P65" s="15">
-        <f t="shared" si="111"/>
+      <c r="G66" s="24">
         <v>9656</v>
       </c>
-      <c r="Q65" s="15" t="e">
-[...38 lines deleted...]
-        <v>5158</v>
+      <c r="H66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="24">
+        <v>6744</v>
+      </c>
+      <c r="K66" s="24">
+        <v>5660</v>
+      </c>
+      <c r="L66" s="26">
+        <v>5194</v>
       </c>
       <c r="M66"/>
       <c r="N66" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6140</v>
+      </c>
+      <c r="O66" s="15">
+        <f t="shared" si="113"/>
+        <v>6671</v>
+      </c>
+      <c r="P66" s="15">
+        <f t="shared" si="114"/>
+        <v>9656</v>
+      </c>
+      <c r="Q66" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R66" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="67" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C67" s="4">
+        <v>10101</v>
+      </c>
+      <c r="D67" s="4">
+        <v>8970</v>
+      </c>
+      <c r="E67" s="4">
         <v>6091</v>
       </c>
-      <c r="O66" s="15">
-        <f t="shared" si="110"/>
+      <c r="F67" s="4">
         <v>6370</v>
       </c>
-      <c r="P66" s="15">
-        <f t="shared" si="111"/>
+      <c r="G67" s="4">
         <v>9665</v>
       </c>
-      <c r="Q66" s="15" t="e">
-[...38 lines deleted...]
-        <v>5162</v>
+      <c r="H67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="4">
+        <v>6748</v>
+      </c>
+      <c r="K67" s="4">
+        <v>5640</v>
+      </c>
+      <c r="L67" s="5">
+        <v>5158</v>
       </c>
       <c r="M67"/>
       <c r="N67" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6091</v>
+      </c>
+      <c r="O67" s="15">
+        <f t="shared" si="113"/>
+        <v>6370</v>
+      </c>
+      <c r="P67" s="15">
+        <f t="shared" si="114"/>
+        <v>9665</v>
+      </c>
+      <c r="Q67" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R67" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="68" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="C68" s="24">
+        <v>10075</v>
+      </c>
+      <c r="D68" s="24">
+        <v>8953</v>
+      </c>
+      <c r="E68" s="24">
         <v>6059</v>
       </c>
-      <c r="O67" s="15">
-        <f t="shared" si="110"/>
+      <c r="F68" s="24">
         <v>6133</v>
       </c>
-      <c r="P67" s="15">
-        <f t="shared" si="111"/>
+      <c r="G68" s="24">
         <v>9669</v>
       </c>
-      <c r="Q67" s="15" t="e">
-[...38 lines deleted...]
-        <v>5154</v>
+      <c r="H68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="24">
+        <v>6738</v>
+      </c>
+      <c r="K68" s="24">
+        <v>5618</v>
+      </c>
+      <c r="L68" s="26">
+        <v>5162</v>
       </c>
       <c r="M68"/>
       <c r="N68" s="15">
-        <f t="shared" si="109"/>
+        <f t="shared" si="112"/>
+        <v>6059</v>
+      </c>
+      <c r="O68" s="15">
+        <f t="shared" si="113"/>
+        <v>6133</v>
+      </c>
+      <c r="P68" s="15">
+        <f t="shared" si="114"/>
+        <v>9669</v>
+      </c>
+      <c r="Q68" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R68" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="69" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C69" s="4">
+        <v>10043</v>
+      </c>
+      <c r="D69" s="4">
+        <v>8932</v>
+      </c>
+      <c r="E69" s="4">
         <v>6067</v>
       </c>
-      <c r="O68" s="15">
-        <f t="shared" si="110"/>
+      <c r="F69" s="4">
         <v>6117</v>
       </c>
-      <c r="P68" s="15">
-        <f t="shared" si="111"/>
+      <c r="G69" s="4">
         <v>9670</v>
       </c>
-      <c r="Q68" s="15" t="e">
-[...7 lines deleted...]
-      <c r="B69" s="29" t="s">
+      <c r="H69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J69" s="4">
+        <v>6740</v>
+      </c>
+      <c r="K69" s="4">
+        <v>5598</v>
+      </c>
+      <c r="L69" s="5">
+        <v>5154</v>
+      </c>
+      <c r="M69"/>
+      <c r="N69" s="15">
+        <f t="shared" si="112"/>
+        <v>6067</v>
+      </c>
+      <c r="O69" s="15">
+        <f t="shared" si="113"/>
+        <v>6117</v>
+      </c>
+      <c r="P69" s="15">
+        <f t="shared" si="114"/>
+        <v>9670</v>
+      </c>
+      <c r="Q69" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R69" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="70" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C70" s="24">
         <v>10045</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D70" s="24">
         <v>8904</v>
       </c>
-      <c r="E69" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H69" s="32">
+      <c r="E70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="32">
         <v>9681</v>
       </c>
-      <c r="I69" s="32">
+      <c r="I70" s="32">
         <v>6076</v>
       </c>
-      <c r="J69" s="24">
+      <c r="J70" s="24">
         <v>6743</v>
       </c>
-      <c r="K69" s="24">
+      <c r="K70" s="24">
         <v>5580</v>
       </c>
-      <c r="L69" s="26">
+      <c r="L70" s="26">
         <v>5145</v>
-      </c>
-[...51 lines deleted...]
-        <v>5121</v>
       </c>
       <c r="M70"/>
       <c r="N70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P70" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q70" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" ref="Q70:Q109" si="115">H70</f>
+        <v>9681</v>
+      </c>
+      <c r="R70" s="15">
+        <f t="shared" ref="R70:R109" si="116">I70</f>
+        <v>6076</v>
+      </c>
+    </row>
+    <row r="71" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C71" s="4">
+        <v>10031</v>
+      </c>
+      <c r="D71" s="4">
+        <v>8881</v>
+      </c>
+      <c r="E71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="18">
         <v>9674</v>
       </c>
-      <c r="R70" s="15">
-        <f t="shared" si="113"/>
+      <c r="I71" s="18">
         <v>6071</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>5129</v>
+      <c r="J71" s="4">
+        <v>6754</v>
+      </c>
+      <c r="K71" s="4">
+        <v>5570</v>
+      </c>
+      <c r="L71" s="5">
+        <v>5121</v>
       </c>
       <c r="M71"/>
       <c r="N71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P71" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q71" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>9674</v>
+      </c>
+      <c r="R71" s="15">
+        <f t="shared" si="116"/>
+        <v>6071</v>
+      </c>
+    </row>
+    <row r="72" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="C72" s="24">
+        <v>10013</v>
+      </c>
+      <c r="D72" s="24">
+        <v>8863</v>
+      </c>
+      <c r="E72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="32">
         <v>9666</v>
       </c>
-      <c r="R71" s="15">
-        <f t="shared" si="113"/>
+      <c r="I72" s="32">
         <v>6067</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>5123</v>
+      <c r="J72" s="24">
+        <v>6755</v>
+      </c>
+      <c r="K72" s="24">
+        <v>5556</v>
+      </c>
+      <c r="L72" s="26">
+        <v>5129</v>
       </c>
       <c r="M72"/>
       <c r="N72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P72" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q72" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>9666</v>
+      </c>
+      <c r="R72" s="15">
+        <f t="shared" si="116"/>
+        <v>6067</v>
+      </c>
+    </row>
+    <row r="73" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C73" s="4">
+        <v>9983</v>
+      </c>
+      <c r="D73" s="4">
+        <v>8840</v>
+      </c>
+      <c r="E73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="18">
         <v>9661</v>
       </c>
-      <c r="R72" s="15">
-        <f t="shared" si="113"/>
+      <c r="I73" s="18">
         <v>6063</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4989</v>
+      <c r="J73" s="4">
+        <v>6765</v>
+      </c>
+      <c r="K73" s="4">
+        <v>5560</v>
+      </c>
+      <c r="L73" s="5">
+        <v>5123</v>
       </c>
       <c r="M73"/>
       <c r="N73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P73" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q73" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>9661</v>
+      </c>
+      <c r="R73" s="15">
+        <f t="shared" si="116"/>
+        <v>6063</v>
+      </c>
+    </row>
+    <row r="74" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C74" s="24">
+        <v>9638</v>
+      </c>
+      <c r="D74" s="24">
+        <v>8538</v>
+      </c>
+      <c r="E74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="32">
         <v>9337</v>
       </c>
-      <c r="R73" s="15">
-        <f t="shared" si="113"/>
+      <c r="I74" s="32">
         <v>5893</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4966</v>
+      <c r="J74" s="24">
+        <v>6577</v>
+      </c>
+      <c r="K74" s="24">
+        <v>5412</v>
+      </c>
+      <c r="L74" s="26">
+        <v>4989</v>
       </c>
       <c r="M74"/>
       <c r="N74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P74" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q74" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>9337</v>
+      </c>
+      <c r="R74" s="15">
+        <f t="shared" si="116"/>
+        <v>5893</v>
+      </c>
+    </row>
+    <row r="75" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C75" s="4">
+        <v>9624</v>
+      </c>
+      <c r="D75" s="4">
+        <v>8528</v>
+      </c>
+      <c r="E75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="18">
         <v>9327</v>
       </c>
-      <c r="R74" s="15">
-        <f t="shared" si="113"/>
+      <c r="I75" s="18">
         <v>5887</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4507</v>
+      <c r="J75" s="4">
+        <v>6588</v>
+      </c>
+      <c r="K75" s="4">
+        <v>5395</v>
+      </c>
+      <c r="L75" s="5">
+        <v>4966</v>
       </c>
       <c r="M75"/>
       <c r="N75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P75" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q75" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>9327</v>
+      </c>
+      <c r="R75" s="15">
+        <f t="shared" si="116"/>
+        <v>5887</v>
+      </c>
+    </row>
+    <row r="76" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="C76" s="24">
+        <v>9137</v>
+      </c>
+      <c r="D76" s="24">
+        <v>8046</v>
+      </c>
+      <c r="E76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="32">
         <v>8850</v>
       </c>
-      <c r="R75" s="15">
-        <f t="shared" si="113"/>
+      <c r="I76" s="32">
         <v>5412</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4499</v>
+      <c r="J76" s="24">
+        <v>6115</v>
+      </c>
+      <c r="K76" s="24">
+        <v>4908</v>
+      </c>
+      <c r="L76" s="26">
+        <v>4507</v>
       </c>
       <c r="M76"/>
       <c r="N76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P76" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q76" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8850</v>
+      </c>
+      <c r="R76" s="15">
+        <f t="shared" si="116"/>
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="77" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C77" s="4">
+        <v>9111</v>
+      </c>
+      <c r="D77" s="4">
+        <v>8032</v>
+      </c>
+      <c r="E77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="18">
         <v>8842</v>
       </c>
-      <c r="R76" s="15">
-        <f t="shared" si="113"/>
+      <c r="I77" s="18">
         <v>5405</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4278</v>
+      <c r="J77" s="4">
+        <v>6127</v>
+      </c>
+      <c r="K77" s="4">
+        <v>4896</v>
+      </c>
+      <c r="L77" s="5">
+        <v>4499</v>
       </c>
       <c r="M77"/>
       <c r="N77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P77" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q77" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8842</v>
+      </c>
+      <c r="R77" s="15">
+        <f t="shared" si="116"/>
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="78" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="C78" s="24">
+        <v>8747</v>
+      </c>
+      <c r="D78" s="24">
+        <v>7699</v>
+      </c>
+      <c r="E78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="32">
         <v>8496</v>
       </c>
-      <c r="R77" s="15">
-        <f t="shared" si="113"/>
+      <c r="I78" s="32">
         <v>5161</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4254</v>
+      <c r="J78" s="24">
+        <v>5875</v>
+      </c>
+      <c r="K78" s="24">
+        <v>4668</v>
+      </c>
+      <c r="L78" s="26">
+        <v>4278</v>
       </c>
       <c r="M78"/>
       <c r="N78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P78" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q78" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8496</v>
+      </c>
+      <c r="R78" s="15">
+        <f t="shared" si="116"/>
+        <v>5161</v>
+      </c>
+    </row>
+    <row r="79" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C79" s="4">
+        <v>8737</v>
+      </c>
+      <c r="D79" s="4">
+        <v>7688</v>
+      </c>
+      <c r="E79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="18">
         <v>8486</v>
       </c>
-      <c r="R78" s="15">
-        <f t="shared" si="113"/>
+      <c r="I79" s="18">
         <v>5156</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4263</v>
+      <c r="J79" s="4">
+        <v>5886</v>
+      </c>
+      <c r="K79" s="4">
+        <v>4655</v>
+      </c>
+      <c r="L79" s="5">
+        <v>4254</v>
       </c>
       <c r="M79"/>
       <c r="N79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P79" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q79" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8486</v>
+      </c>
+      <c r="R79" s="15">
+        <f t="shared" si="116"/>
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="80" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="C80" s="24">
+        <v>8722</v>
+      </c>
+      <c r="D80" s="24">
+        <v>7682</v>
+      </c>
+      <c r="E80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="32">
         <v>8475</v>
       </c>
-      <c r="R79" s="15">
-        <f t="shared" si="113"/>
+      <c r="I80" s="32">
         <v>5152</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>4255</v>
+      <c r="J80" s="24">
+        <v>5885</v>
+      </c>
+      <c r="K80" s="24">
+        <v>4644</v>
+      </c>
+      <c r="L80" s="26">
+        <v>4263</v>
       </c>
       <c r="M80"/>
       <c r="N80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P80" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q80" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8475</v>
+      </c>
+      <c r="R80" s="15">
+        <f t="shared" si="116"/>
+        <v>5152</v>
+      </c>
+    </row>
+    <row r="81" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C81" s="4">
+        <v>8701</v>
+      </c>
+      <c r="D81" s="4">
+        <v>7675</v>
+      </c>
+      <c r="E81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="18">
         <v>8467</v>
       </c>
-      <c r="R80" s="15">
-        <f t="shared" si="113"/>
+      <c r="I81" s="18">
         <v>5148</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3999</v>
+      <c r="J81" s="4">
+        <v>5893</v>
+      </c>
+      <c r="K81" s="4">
+        <v>4634</v>
+      </c>
+      <c r="L81" s="5">
+        <v>4255</v>
       </c>
       <c r="M81"/>
       <c r="N81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P81" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q81" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>8467</v>
+      </c>
+      <c r="R81" s="15">
+        <f t="shared" si="116"/>
+        <v>5148</v>
+      </c>
+    </row>
+    <row r="82" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="C82" s="24">
+        <v>8187</v>
+      </c>
+      <c r="D82" s="24">
+        <v>7241</v>
+      </c>
+      <c r="E82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="32">
         <v>7962</v>
       </c>
-      <c r="R81" s="15">
-        <f t="shared" si="113"/>
+      <c r="I82" s="32">
         <v>4847</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3976</v>
+      <c r="J82" s="24">
+        <v>5546</v>
+      </c>
+      <c r="K82" s="24">
+        <v>4358</v>
+      </c>
+      <c r="L82" s="26">
+        <v>3999</v>
       </c>
       <c r="M82"/>
       <c r="N82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P82" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q82" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7962</v>
+      </c>
+      <c r="R82" s="15">
+        <f t="shared" si="116"/>
+        <v>4847</v>
+      </c>
+    </row>
+    <row r="83" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C83" s="4">
+        <v>8176</v>
+      </c>
+      <c r="D83" s="4">
+        <v>7231</v>
+      </c>
+      <c r="E83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="18">
         <v>7950</v>
       </c>
-      <c r="R82" s="15">
-        <f t="shared" si="113"/>
+      <c r="I83" s="18">
         <v>4844</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3980</v>
+      <c r="J83" s="4">
+        <v>5559</v>
+      </c>
+      <c r="K83" s="4">
+        <v>4346</v>
+      </c>
+      <c r="L83" s="5">
+        <v>3976</v>
       </c>
       <c r="M83"/>
       <c r="N83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P83" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q83" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7950</v>
+      </c>
+      <c r="R83" s="15">
+        <f t="shared" si="116"/>
+        <v>4844</v>
+      </c>
+    </row>
+    <row r="84" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="C84" s="24">
+        <v>8163</v>
+      </c>
+      <c r="D84" s="24">
+        <v>7223</v>
+      </c>
+      <c r="E84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="32">
         <v>7937</v>
       </c>
-      <c r="R83" s="15">
-        <f t="shared" si="113"/>
+      <c r="I84" s="32">
         <v>4839</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3968</v>
+      <c r="J84" s="24">
+        <v>5557</v>
+      </c>
+      <c r="K84" s="24">
+        <v>4335</v>
+      </c>
+      <c r="L84" s="26">
+        <v>3980</v>
       </c>
       <c r="M84"/>
       <c r="N84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P84" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q84" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7937</v>
+      </c>
+      <c r="R84" s="15">
+        <f t="shared" si="116"/>
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="85" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C85" s="4">
+        <v>8138</v>
+      </c>
+      <c r="D85" s="4">
+        <v>7213</v>
+      </c>
+      <c r="E85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="18">
         <v>7924</v>
       </c>
-      <c r="R84" s="15">
-        <f t="shared" si="113"/>
+      <c r="I85" s="18">
         <v>4802</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3780</v>
+      <c r="J85" s="4">
+        <v>5561</v>
+      </c>
+      <c r="K85" s="4">
+        <v>4321</v>
+      </c>
+      <c r="L85" s="5">
+        <v>3968</v>
       </c>
       <c r="M85"/>
       <c r="N85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P85" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q85" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7924</v>
+      </c>
+      <c r="R85" s="15">
+        <f t="shared" si="116"/>
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="86" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="C86" s="24">
+        <v>7744</v>
+      </c>
+      <c r="D86" s="24">
+        <v>6914</v>
+      </c>
+      <c r="E86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="32">
         <v>7537</v>
       </c>
-      <c r="R85" s="15">
-        <f t="shared" si="113"/>
+      <c r="I86" s="32">
         <v>4584</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3761</v>
+      <c r="J86" s="24">
+        <v>5291</v>
+      </c>
+      <c r="K86" s="24">
+        <v>4123</v>
+      </c>
+      <c r="L86" s="26">
+        <v>3780</v>
       </c>
       <c r="M86"/>
       <c r="N86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P86" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q86" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7537</v>
+      </c>
+      <c r="R86" s="15">
+        <f t="shared" si="116"/>
+        <v>4584</v>
+      </c>
+    </row>
+    <row r="87" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C87" s="4">
+        <v>7731</v>
+      </c>
+      <c r="D87" s="4">
+        <v>6913</v>
+      </c>
+      <c r="E87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="18">
         <v>7525</v>
       </c>
-      <c r="R86" s="15">
-        <f t="shared" si="113"/>
+      <c r="I87" s="18">
         <v>4580</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3759</v>
+      <c r="J87" s="4">
+        <v>5302</v>
+      </c>
+      <c r="K87" s="4">
+        <v>4116</v>
+      </c>
+      <c r="L87" s="5">
+        <v>3761</v>
       </c>
       <c r="M87"/>
       <c r="N87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P87" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q87" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7525</v>
+      </c>
+      <c r="R87" s="15">
+        <f t="shared" si="116"/>
+        <v>4580</v>
+      </c>
+    </row>
+    <row r="88" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C88" s="24">
+        <v>7720</v>
+      </c>
+      <c r="D88" s="24">
+        <v>6913</v>
+      </c>
+      <c r="E88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="32">
         <v>7513</v>
       </c>
-      <c r="R87" s="15">
-        <f t="shared" si="113"/>
+      <c r="I88" s="32">
         <v>4582</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3748</v>
+      <c r="J88" s="24">
+        <v>5304</v>
+      </c>
+      <c r="K88" s="24">
+        <v>4107</v>
+      </c>
+      <c r="L88" s="26">
+        <v>3759</v>
       </c>
       <c r="M88"/>
       <c r="N88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P88" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q88" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7513</v>
+      </c>
+      <c r="R88" s="15">
+        <f t="shared" si="116"/>
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="89" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C89" s="4">
+        <v>7698</v>
+      </c>
+      <c r="D89" s="4">
+        <v>6910</v>
+      </c>
+      <c r="E89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="18">
         <v>7501</v>
       </c>
-      <c r="R88" s="15">
-        <f t="shared" si="113"/>
+      <c r="I89" s="18">
         <v>4571</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3530</v>
+      <c r="J89" s="4">
+        <v>5311</v>
+      </c>
+      <c r="K89" s="4">
+        <v>4093</v>
+      </c>
+      <c r="L89" s="5">
+        <v>3748</v>
       </c>
       <c r="M89"/>
       <c r="N89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P89" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q89" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7501</v>
+      </c>
+      <c r="R89" s="15">
+        <f t="shared" si="116"/>
+        <v>4571</v>
+      </c>
+    </row>
+    <row r="90" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="C90" s="24">
+        <v>7270</v>
+      </c>
+      <c r="D90" s="24">
+        <v>6537</v>
+      </c>
+      <c r="E90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="32">
         <v>7088</v>
       </c>
-      <c r="R89" s="15">
-        <f t="shared" si="113"/>
+      <c r="I90" s="32">
         <v>4315</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3515</v>
+      <c r="J90" s="24">
+        <v>5028</v>
+      </c>
+      <c r="K90" s="24">
+        <v>3862</v>
+      </c>
+      <c r="L90" s="26">
+        <v>3530</v>
       </c>
       <c r="M90"/>
       <c r="N90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P90" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q90" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7088</v>
+      </c>
+      <c r="R90" s="15">
+        <f t="shared" si="116"/>
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="91" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C91" s="4">
+        <v>7260</v>
+      </c>
+      <c r="D91" s="4">
+        <v>6545</v>
+      </c>
+      <c r="E91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="18">
         <v>7079</v>
       </c>
-      <c r="R90" s="15">
-        <f t="shared" si="113"/>
+      <c r="I91" s="18">
         <v>4313</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3512</v>
+      <c r="J91" s="4">
+        <v>5039</v>
+      </c>
+      <c r="K91" s="4">
+        <v>3857</v>
+      </c>
+      <c r="L91" s="5">
+        <v>3515</v>
       </c>
       <c r="M91"/>
       <c r="N91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P91" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q91" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7079</v>
+      </c>
+      <c r="R91" s="15">
+        <f t="shared" si="116"/>
+        <v>4313</v>
+      </c>
+    </row>
+    <row r="92" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="C92" s="24">
+        <v>7247</v>
+      </c>
+      <c r="D92" s="24">
+        <v>6551</v>
+      </c>
+      <c r="E92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="32">
         <v>7070</v>
       </c>
-      <c r="R91" s="15">
-        <f t="shared" si="113"/>
+      <c r="I92" s="32">
         <v>4315</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3503</v>
+      <c r="J92" s="24">
+        <v>5038</v>
+      </c>
+      <c r="K92" s="24">
+        <v>3848</v>
+      </c>
+      <c r="L92" s="26">
+        <v>3512</v>
       </c>
       <c r="M92"/>
       <c r="N92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P92" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q92" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7070</v>
+      </c>
+      <c r="R92" s="15">
+        <f t="shared" si="116"/>
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="93" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C93" s="4">
+        <v>7225</v>
+      </c>
+      <c r="D93" s="4">
+        <v>6558</v>
+      </c>
+      <c r="E93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="18">
         <v>7059</v>
       </c>
-      <c r="R92" s="15">
-        <f t="shared" si="113"/>
+      <c r="I93" s="18">
         <v>4316</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3440</v>
+      <c r="J93" s="4">
+        <v>5046</v>
+      </c>
+      <c r="K93" s="4">
+        <v>3841</v>
+      </c>
+      <c r="L93" s="5">
+        <v>3503</v>
       </c>
       <c r="M93"/>
       <c r="N93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P93" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q93" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>7059</v>
+      </c>
+      <c r="R93" s="15">
+        <f t="shared" si="116"/>
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="94" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C94" s="24">
+        <v>7075</v>
+      </c>
+      <c r="D94" s="24">
+        <v>6432</v>
+      </c>
+      <c r="E94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="32">
         <v>6911</v>
       </c>
-      <c r="R93" s="15">
-        <f t="shared" si="113"/>
+      <c r="I94" s="32">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3426</v>
+      <c r="J94" s="24">
+        <v>4963</v>
+      </c>
+      <c r="K94" s="24">
+        <v>3770</v>
+      </c>
+      <c r="L94" s="26">
+        <v>3440</v>
       </c>
       <c r="M94"/>
       <c r="N94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P94" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q94" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6911</v>
+      </c>
+      <c r="R94" s="15">
+        <f t="shared" si="116"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="95" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C95" s="4">
+        <v>7070</v>
+      </c>
+      <c r="D95" s="4">
+        <v>6436</v>
+      </c>
+      <c r="E95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="18">
         <v>6903</v>
       </c>
-      <c r="R94" s="15">
-        <f t="shared" si="113"/>
+      <c r="I95" s="18">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3424</v>
+      <c r="J95" s="4">
+        <v>4976</v>
+      </c>
+      <c r="K95" s="4">
+        <v>3764</v>
+      </c>
+      <c r="L95" s="5">
+        <v>3426</v>
       </c>
       <c r="M95"/>
       <c r="N95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P95" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q95" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6903</v>
+      </c>
+      <c r="R95" s="15">
+        <f t="shared" si="116"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="96" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C96" s="24">
+        <v>7062</v>
+      </c>
+      <c r="D96" s="24">
+        <v>6443</v>
+      </c>
+      <c r="E96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="32">
         <v>6895</v>
       </c>
-      <c r="R95" s="15">
-        <f t="shared" si="113"/>
+      <c r="I96" s="32">
         <v>4250</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3416</v>
+      <c r="J96" s="24">
+        <v>4980</v>
+      </c>
+      <c r="K96" s="24">
+        <v>3755</v>
+      </c>
+      <c r="L96" s="26">
+        <v>3424</v>
       </c>
       <c r="M96"/>
       <c r="N96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P96" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q96" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6895</v>
+      </c>
+      <c r="R96" s="15">
+        <f t="shared" si="116"/>
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="97" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C97" s="4">
+        <v>7054</v>
+      </c>
+      <c r="D97" s="4">
+        <v>6452</v>
+      </c>
+      <c r="E97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="18">
         <v>6886</v>
       </c>
-      <c r="R96" s="15">
-        <f t="shared" si="113"/>
+      <c r="I97" s="18">
         <v>4243</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3328</v>
+      <c r="J97" s="4">
+        <v>4993</v>
+      </c>
+      <c r="K97" s="4">
+        <v>3743</v>
+      </c>
+      <c r="L97" s="5">
+        <v>3416</v>
       </c>
       <c r="M97"/>
       <c r="N97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P97" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q97" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6886</v>
+      </c>
+      <c r="R97" s="15">
+        <f t="shared" si="116"/>
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="98" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="C98" s="24">
+        <v>6833</v>
+      </c>
+      <c r="D98" s="24">
+        <v>6272</v>
+      </c>
+      <c r="E98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="32">
         <v>6666</v>
       </c>
-      <c r="R97" s="15">
-        <f t="shared" si="113"/>
+      <c r="I98" s="32">
         <v>4132</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3314</v>
+      <c r="J98" s="24">
+        <v>4863</v>
+      </c>
+      <c r="K98" s="24">
+        <v>3651</v>
+      </c>
+      <c r="L98" s="26">
+        <v>3328</v>
       </c>
       <c r="M98"/>
       <c r="N98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P98" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q98" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6666</v>
+      </c>
+      <c r="R98" s="15">
+        <f t="shared" si="116"/>
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="99" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C99" s="4">
+        <v>6830</v>
+      </c>
+      <c r="D99" s="4">
+        <v>6277</v>
+      </c>
+      <c r="E99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="18">
         <v>6660</v>
       </c>
-      <c r="R98" s="15">
-        <f t="shared" si="113"/>
+      <c r="I99" s="18">
         <v>4134</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3311</v>
+      <c r="J99" s="4">
+        <v>4873</v>
+      </c>
+      <c r="K99" s="4">
+        <v>3652</v>
+      </c>
+      <c r="L99" s="5">
+        <v>3314</v>
       </c>
       <c r="M99"/>
       <c r="N99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P99" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q99" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6660</v>
+      </c>
+      <c r="R99" s="15">
+        <f t="shared" si="116"/>
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="100" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="C100" s="24">
+        <v>6823</v>
+      </c>
+      <c r="D100" s="24">
+        <v>6278</v>
+      </c>
+      <c r="E100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="32">
         <v>6655</v>
       </c>
-      <c r="R99" s="15">
-        <f t="shared" si="113"/>
+      <c r="I100" s="32">
         <v>4142</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3302</v>
+      <c r="J100" s="24">
+        <v>4878</v>
+      </c>
+      <c r="K100" s="24">
+        <v>3640</v>
+      </c>
+      <c r="L100" s="26">
+        <v>3311</v>
       </c>
       <c r="M100"/>
       <c r="N100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P100" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q100" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6655</v>
+      </c>
+      <c r="R100" s="15">
+        <f t="shared" si="116"/>
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="101" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C101" s="4">
+        <v>6815</v>
+      </c>
+      <c r="D101" s="4">
+        <v>6288</v>
+      </c>
+      <c r="E101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="18">
         <v>6648</v>
       </c>
-      <c r="R100" s="15">
-        <f t="shared" si="113"/>
+      <c r="I101" s="18">
         <v>4146</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3290</v>
+      <c r="J101" s="4">
+        <v>4889</v>
+      </c>
+      <c r="K101" s="4">
+        <v>3632</v>
+      </c>
+      <c r="L101" s="5">
+        <v>3302</v>
       </c>
       <c r="M101"/>
       <c r="N101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P101" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q101" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6648</v>
+      </c>
+      <c r="R101" s="15">
+        <f t="shared" si="116"/>
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="102" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="C102" s="24">
+        <v>6808</v>
+      </c>
+      <c r="D102" s="24">
+        <v>6303</v>
+      </c>
+      <c r="E102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="32">
         <v>6638</v>
       </c>
-      <c r="R101" s="15">
-        <f t="shared" si="113"/>
+      <c r="I102" s="32">
         <v>4147</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3106</v>
+      <c r="J102" s="24">
+        <v>4901</v>
+      </c>
+      <c r="K102" s="24">
+        <v>3620</v>
+      </c>
+      <c r="L102" s="26">
+        <v>3290</v>
       </c>
       <c r="M102"/>
       <c r="N102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P102" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q102" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6638</v>
+      </c>
+      <c r="R102" s="15">
+        <f t="shared" si="116"/>
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="103" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C103" s="4">
+        <v>6310</v>
+      </c>
+      <c r="D103" s="4">
+        <v>5942</v>
+      </c>
+      <c r="E103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="18">
         <v>6149</v>
       </c>
-      <c r="R102" s="15">
-        <f t="shared" si="113"/>
+      <c r="I103" s="18">
         <v>3909</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3102</v>
+      <c r="J103" s="4">
+        <v>4569</v>
+      </c>
+      <c r="K103" s="4">
+        <v>3430</v>
+      </c>
+      <c r="L103" s="5">
+        <v>3106</v>
       </c>
       <c r="M103"/>
       <c r="N103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P103" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q103" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6149</v>
+      </c>
+      <c r="R103" s="15">
+        <f t="shared" si="116"/>
+        <v>3909</v>
+      </c>
+    </row>
+    <row r="104" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C104" s="24">
+        <v>6305</v>
+      </c>
+      <c r="D104" s="24">
+        <v>5948</v>
+      </c>
+      <c r="E104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="32">
         <v>6142</v>
       </c>
-      <c r="R103" s="15">
-        <f t="shared" si="113"/>
+      <c r="I104" s="32">
         <v>3914</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3090</v>
+      <c r="J104" s="24">
+        <v>4571</v>
+      </c>
+      <c r="K104" s="24">
+        <v>3412</v>
+      </c>
+      <c r="L104" s="26">
+        <v>3102</v>
       </c>
       <c r="M104"/>
       <c r="N104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P104" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q104" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6142</v>
+      </c>
+      <c r="R104" s="15">
+        <f t="shared" si="116"/>
+        <v>3914</v>
+      </c>
+    </row>
+    <row r="105" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C105" s="4">
+        <v>6297</v>
+      </c>
+      <c r="D105" s="4">
+        <v>5947</v>
+      </c>
+      <c r="E105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="18">
         <v>6133</v>
       </c>
-      <c r="R104" s="15">
-        <f t="shared" si="113"/>
+      <c r="I105" s="18">
         <v>3908</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>3077</v>
+      <c r="J105" s="4">
+        <v>4578</v>
+      </c>
+      <c r="K105" s="4">
+        <v>3400</v>
+      </c>
+      <c r="L105" s="5">
+        <v>3090</v>
       </c>
       <c r="M105"/>
       <c r="N105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P105" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q105" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6133</v>
+      </c>
+      <c r="R105" s="15">
+        <f t="shared" si="116"/>
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="106" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="29" t="s">
+        <v>74</v>
+      </c>
+      <c r="C106" s="24">
+        <v>6292</v>
+      </c>
+      <c r="D106" s="24">
+        <v>5943</v>
+      </c>
+      <c r="E106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="32">
         <v>6118</v>
       </c>
-      <c r="R105" s="15">
-        <f t="shared" si="113"/>
+      <c r="I106" s="32">
         <v>3905</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2951</v>
+      <c r="J106" s="24">
+        <v>4584</v>
+      </c>
+      <c r="K106" s="24">
+        <v>3378</v>
+      </c>
+      <c r="L106" s="26">
+        <v>3077</v>
       </c>
       <c r="M106"/>
       <c r="N106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P106" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q106" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>6118</v>
+      </c>
+      <c r="R106" s="15">
+        <f t="shared" si="116"/>
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="107" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C107" s="4">
+        <v>5935</v>
+      </c>
+      <c r="D107" s="4">
+        <v>5729</v>
+      </c>
+      <c r="E107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="18">
         <v>5762</v>
       </c>
-      <c r="R106" s="15">
-        <f t="shared" si="113"/>
+      <c r="I107" s="18">
         <v>3741</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2943</v>
+      <c r="J107" s="4">
+        <v>4334</v>
+      </c>
+      <c r="K107" s="4">
+        <v>3247</v>
+      </c>
+      <c r="L107" s="5">
+        <v>2951</v>
       </c>
       <c r="M107"/>
       <c r="N107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P107" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q107" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>5762</v>
+      </c>
+      <c r="R107" s="15">
+        <f t="shared" si="116"/>
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="108" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C108" s="24">
+        <v>5928</v>
+      </c>
+      <c r="D108" s="24">
+        <v>5742</v>
+      </c>
+      <c r="E108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="32">
         <v>5752</v>
       </c>
-      <c r="R107" s="15">
-        <f t="shared" si="113"/>
+      <c r="I108" s="32">
         <v>3744</v>
       </c>
-    </row>
-[...32 lines deleted...]
-        <v>2931</v>
+      <c r="J108" s="24">
+        <v>4335</v>
+      </c>
+      <c r="K108" s="24">
+        <v>3234</v>
+      </c>
+      <c r="L108" s="26">
+        <v>2943</v>
       </c>
       <c r="M108"/>
       <c r="N108" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="O108" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="P108" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q108" s="15">
-        <f t="shared" si="112"/>
+        <f t="shared" si="115"/>
+        <v>5752</v>
+      </c>
+      <c r="R108" s="15">
+        <f t="shared" si="116"/>
+        <v>3744</v>
+      </c>
+    </row>
+    <row r="109" spans="2:18" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B109" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C109" s="6">
+        <v>5920</v>
+      </c>
+      <c r="D109" s="6">
+        <v>5752</v>
+      </c>
+      <c r="E109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H109" s="19">
         <v>5742</v>
       </c>
-      <c r="R108" s="15">
-        <f t="shared" si="113"/>
+      <c r="I109" s="19">
         <v>3742</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B109" s="34" t="s">
+      <c r="J109" s="6">
+        <v>4338</v>
+      </c>
+      <c r="K109" s="6">
+        <v>3222</v>
+      </c>
+      <c r="L109" s="7">
+        <v>2931</v>
+      </c>
+      <c r="M109"/>
+      <c r="N109" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O109" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P109" s="15" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q109" s="15">
+        <f t="shared" si="115"/>
+        <v>5742</v>
+      </c>
+      <c r="R109" s="15">
+        <f t="shared" si="116"/>
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="110" spans="2:18" x14ac:dyDescent="0.2">
+      <c r="B110" s="34" t="s">
         <v>80</v>
-      </c>
-[...5 lines deleted...]
-        <v>146</v>
       </c>
       <c r="N110" s="14"/>
       <c r="O110" s="14"/>
     </row>
     <row r="111" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B111" s="102" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N111" s="14"/>
       <c r="O111" s="14"/>
     </row>
     <row r="112" spans="2:18" x14ac:dyDescent="0.2">
-      <c r="B112" s="110" t="s">
-[...2 lines deleted...]
-      <c r="C112" s="64"/>
+      <c r="B112" s="102" t="s">
+        <v>148</v>
+      </c>
       <c r="N112" s="14"/>
       <c r="O112" s="14"/>
     </row>
-    <row r="113" spans="14:15" x14ac:dyDescent="0.2">
+    <row r="113" spans="2:15" x14ac:dyDescent="0.2">
+      <c r="B113" s="110" t="s">
+        <v>147</v>
+      </c>
+      <c r="C113" s="64"/>
       <c r="N113" s="14"/>
       <c r="O113" s="14"/>
     </row>
-    <row r="114" spans="14:15" x14ac:dyDescent="0.2">
+    <row r="114" spans="2:15" x14ac:dyDescent="0.2">
       <c r="N114" s="14"/>
       <c r="O114" s="14"/>
     </row>
-    <row r="115" spans="14:15" x14ac:dyDescent="0.2">
+    <row r="115" spans="2:15" x14ac:dyDescent="0.2">
       <c r="N115" s="14"/>
       <c r="O115" s="14"/>
+    </row>
+    <row r="116" spans="2:15" x14ac:dyDescent="0.2">
+      <c r="N116" s="14"/>
+      <c r="O116" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="2" orientation="portrait" horizontalDpi="144" verticalDpi="144" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="112" max="12" man="1"/>
+    <brk id="113" max="12" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:L108"/>
+  <dimension ref="B1:L109"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="20.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="8"/>
     </row>
     <row r="4" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="20"/>
-      <c r="C4" s="127" t="s">
+      <c r="C4" s="128" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="127" t="s">
+      <c r="D4" s="128" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="131" t="s">
+      <c r="E4" s="132" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="132"/>
-[...3 lines deleted...]
-      <c r="J4" s="134" t="s">
+      <c r="F4" s="133"/>
+      <c r="G4" s="133"/>
+      <c r="H4" s="133"/>
+      <c r="I4" s="134"/>
+      <c r="J4" s="135" t="s">
         <v>28</v>
       </c>
-      <c r="K4" s="129" t="s">
+      <c r="K4" s="130" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
     </row>
     <row r="5" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
-      <c r="C5" s="128"/>
-      <c r="D5" s="128"/>
+      <c r="C5" s="129"/>
+      <c r="D5" s="129"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="J5" s="135"/>
-      <c r="K5" s="130"/>
+      <c r="J5" s="136"/>
+      <c r="K5" s="131"/>
       <c r="L5"/>
     </row>
     <row r="6" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="140" t="s">
+      <c r="B6" s="141" t="s">
+        <v>165</v>
+      </c>
+      <c r="C6" s="24">
+        <v>22347</v>
+      </c>
+      <c r="D6" s="24">
+        <v>20775</v>
+      </c>
+      <c r="E6" s="24">
+        <v>10413</v>
+      </c>
+      <c r="F6" s="24">
+        <v>12277</v>
+      </c>
+      <c r="G6" s="24">
+        <v>17982</v>
+      </c>
+      <c r="H6" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="24">
+        <v>12145</v>
+      </c>
+      <c r="K6" s="26">
+        <v>10795</v>
+      </c>
+      <c r="L6"/>
+    </row>
+    <row r="7" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="C6" s="59">
+      <c r="C7" s="59">
         <v>22335</v>
       </c>
-      <c r="D6" s="59">
+      <c r="D7" s="59">
         <v>20748</v>
       </c>
-      <c r="E6" s="59">
+      <c r="E7" s="59">
         <v>10440</v>
       </c>
-      <c r="F6" s="59">
+      <c r="F7" s="59">
         <v>12297</v>
       </c>
-      <c r="G6" s="59">
+      <c r="G7" s="59">
         <v>17990</v>
       </c>
-      <c r="H6" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="59">
+      <c r="H7" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="59">
         <v>12099</v>
       </c>
-      <c r="K6" s="61">
+      <c r="K7" s="61">
         <v>10741</v>
       </c>
-      <c r="L6"/>
-[...2 lines deleted...]
-      <c r="B7" s="126" t="s">
+      <c r="L7"/>
+    </row>
+    <row r="8" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="126" t="s">
         <v>163</v>
       </c>
-      <c r="C7" s="24">
+      <c r="C8" s="24">
         <v>22324</v>
       </c>
-      <c r="D7" s="24">
+      <c r="D8" s="24">
         <v>20724</v>
       </c>
-      <c r="E7" s="24">
+      <c r="E8" s="24">
         <v>10470</v>
       </c>
-      <c r="F7" s="24">
+      <c r="F8" s="24">
         <v>12316</v>
       </c>
-      <c r="G7" s="24">
+      <c r="G8" s="24">
         <v>17997</v>
       </c>
-      <c r="H7" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J7" s="24">
+      <c r="H8" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="24">
         <v>12117</v>
       </c>
-      <c r="K7" s="26">
+      <c r="K8" s="26">
         <v>10802</v>
       </c>
-      <c r="L7"/>
-[...2 lines deleted...]
-      <c r="B8" s="125" t="s">
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="125" t="s">
         <v>162</v>
       </c>
-      <c r="C8" s="59">
+      <c r="C9" s="59">
         <v>22320</v>
       </c>
-      <c r="D8" s="59">
+      <c r="D9" s="59">
         <v>20702</v>
       </c>
-      <c r="E8" s="59">
+      <c r="E9" s="59">
         <v>10499</v>
       </c>
-      <c r="F8" s="59">
+      <c r="F9" s="59">
         <v>12330</v>
       </c>
-      <c r="G8" s="59">
+      <c r="G9" s="59">
         <v>18004</v>
       </c>
-      <c r="H8" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J8" s="59">
+      <c r="H9" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="59">
         <v>12136</v>
       </c>
-      <c r="K8" s="61">
+      <c r="K9" s="61">
         <v>10827</v>
       </c>
-      <c r="L8"/>
-[...2 lines deleted...]
-      <c r="B9" s="124" t="s">
+      <c r="L9"/>
+    </row>
+    <row r="10" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="124" t="s">
         <v>161</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C10" s="24">
         <v>21937</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D10" s="24">
         <v>20318</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E10" s="24">
         <v>10229</v>
       </c>
-      <c r="F9" s="24">
+      <c r="F10" s="24">
         <v>12043</v>
       </c>
-      <c r="G9" s="24">
+      <c r="G10" s="24">
         <v>17691</v>
       </c>
-      <c r="H9" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="24">
+      <c r="H10" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="24">
         <v>11847</v>
       </c>
-      <c r="K9" s="26">
+      <c r="K10" s="26">
         <v>10552</v>
       </c>
-      <c r="L9"/>
-[...2 lines deleted...]
-      <c r="B10" s="123" t="s">
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="123" t="s">
         <v>160</v>
       </c>
-      <c r="C10" s="59">
+      <c r="C11" s="59">
         <v>21930</v>
       </c>
-      <c r="D10" s="59">
+      <c r="D11" s="59">
         <v>20288</v>
       </c>
-      <c r="E10" s="59">
+      <c r="E11" s="59">
         <v>10264</v>
       </c>
-      <c r="F10" s="59">
+      <c r="F11" s="59">
         <v>12069</v>
       </c>
-      <c r="G10" s="59">
+      <c r="G11" s="59">
         <v>17707</v>
       </c>
-      <c r="H10" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J10" s="59">
+      <c r="H11" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="59">
         <v>11840</v>
       </c>
-      <c r="K10" s="61">
+      <c r="K11" s="61">
         <v>10518</v>
       </c>
-      <c r="L10"/>
-[...2 lines deleted...]
-      <c r="B11" s="122" t="s">
+      <c r="L11"/>
+    </row>
+    <row r="12" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="122" t="s">
         <v>159</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C12" s="24">
         <v>21914</v>
       </c>
-      <c r="D11" s="24">
+      <c r="D12" s="24">
         <v>20242</v>
       </c>
-      <c r="E11" s="24">
+      <c r="E12" s="24">
         <v>10301</v>
       </c>
-      <c r="F11" s="24">
+      <c r="F12" s="24">
         <v>12096</v>
       </c>
-      <c r="G11" s="24">
+      <c r="G12" s="24">
         <v>17726</v>
       </c>
-      <c r="H11" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J11" s="24">
+      <c r="H12" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="24">
         <v>11877</v>
       </c>
-      <c r="K11" s="26">
+      <c r="K12" s="26">
         <v>10585</v>
       </c>
-      <c r="L11"/>
-[...2 lines deleted...]
-      <c r="B12" s="121" t="s">
+      <c r="L12"/>
+    </row>
+    <row r="13" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="121" t="s">
         <v>158</v>
       </c>
-      <c r="C12" s="59">
+      <c r="C13" s="59">
         <v>21904</v>
       </c>
-      <c r="D12" s="59">
+      <c r="D13" s="59">
         <v>20205</v>
       </c>
-      <c r="E12" s="59">
+      <c r="E13" s="59">
         <v>10347</v>
       </c>
-      <c r="F12" s="59">
+      <c r="F13" s="59">
         <v>12116</v>
       </c>
-      <c r="G12" s="59">
+      <c r="G13" s="59">
         <v>17757</v>
       </c>
-      <c r="H12" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J12" s="59">
+      <c r="H13" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="59">
         <v>11877</v>
       </c>
-      <c r="K12" s="61">
+      <c r="K13" s="61">
         <v>10620</v>
       </c>
-      <c r="L12"/>
-[...2 lines deleted...]
-      <c r="B13" s="120" t="s">
+      <c r="L13"/>
+    </row>
+    <row r="14" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="120" t="s">
         <v>157</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C14" s="24">
         <v>21545</v>
       </c>
-      <c r="D13" s="24">
+      <c r="D14" s="24">
         <v>19799</v>
       </c>
-      <c r="E13" s="24">
+      <c r="E14" s="24">
         <v>10023</v>
       </c>
-      <c r="F13" s="24">
+      <c r="F14" s="24">
         <v>11780</v>
       </c>
-      <c r="G13" s="24">
+      <c r="G14" s="24">
         <v>17415</v>
       </c>
-      <c r="H13" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J13" s="24">
+      <c r="H14" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="24">
         <v>11529</v>
       </c>
-      <c r="K13" s="26">
+      <c r="K14" s="26">
         <v>10269</v>
       </c>
-      <c r="L13"/>
-[...2 lines deleted...]
-      <c r="B14" s="119" t="s">
+      <c r="L14"/>
+    </row>
+    <row r="15" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="C14" s="59">
+      <c r="C15" s="59">
         <v>21539</v>
       </c>
-      <c r="D14" s="59">
+      <c r="D15" s="59">
         <v>19728</v>
       </c>
-      <c r="E14" s="59">
+      <c r="E15" s="59">
         <v>10068</v>
       </c>
-      <c r="F14" s="59">
+      <c r="F15" s="59">
         <v>11804</v>
       </c>
-      <c r="G14" s="59">
+      <c r="G15" s="59">
         <v>17434</v>
       </c>
-      <c r="H14" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="59">
+      <c r="H15" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="59">
         <v>11547</v>
       </c>
-      <c r="K14" s="61">
+      <c r="K15" s="61">
         <v>10260</v>
       </c>
-      <c r="L14"/>
-[...2 lines deleted...]
-      <c r="B15" s="118" t="s">
+      <c r="L15"/>
+    </row>
+    <row r="16" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="118" t="s">
         <v>155</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C16" s="24">
         <v>21520</v>
       </c>
-      <c r="D15" s="24">
+      <c r="D16" s="24">
         <v>19603</v>
       </c>
-      <c r="E15" s="24">
+      <c r="E16" s="24">
         <v>10116</v>
       </c>
-      <c r="F15" s="24">
+      <c r="F16" s="24">
         <v>11843</v>
       </c>
-      <c r="G15" s="24">
+      <c r="G16" s="24">
         <v>17454</v>
       </c>
-      <c r="H15" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="24">
+      <c r="H16" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="24">
         <v>11566</v>
       </c>
-      <c r="K15" s="26">
+      <c r="K16" s="26">
         <v>10308</v>
       </c>
-      <c r="L15"/>
-[...2 lines deleted...]
-      <c r="B16" s="116" t="s">
+      <c r="L16"/>
+    </row>
+    <row r="17" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="116" t="s">
         <v>154</v>
       </c>
-      <c r="C16" s="59">
+      <c r="C17" s="59">
         <v>20723</v>
       </c>
-      <c r="D16" s="59">
+      <c r="D17" s="59">
         <v>18794</v>
       </c>
-      <c r="E16" s="59">
+      <c r="E17" s="59">
         <v>9608</v>
       </c>
-      <c r="F16" s="59">
+      <c r="F17" s="59">
         <v>11292</v>
       </c>
-      <c r="G16" s="59">
+      <c r="G17" s="59">
         <v>16782</v>
       </c>
-      <c r="H16" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J16" s="59">
+      <c r="H17" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="59">
         <v>11023</v>
       </c>
-      <c r="K16" s="61">
+      <c r="K17" s="61">
         <v>9787</v>
       </c>
-      <c r="L16"/>
-[...2 lines deleted...]
-      <c r="B17" s="115" t="s">
+      <c r="L17"/>
+    </row>
+    <row r="18" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="115" t="s">
         <v>153</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C18" s="24">
         <v>19755</v>
       </c>
-      <c r="D17" s="24">
+      <c r="D18" s="24">
         <v>17866</v>
       </c>
-      <c r="E17" s="24">
+      <c r="E18" s="24">
         <v>9220</v>
       </c>
-      <c r="F17" s="24">
+      <c r="F18" s="24">
         <v>10804</v>
       </c>
-      <c r="G17" s="24">
+      <c r="G18" s="24">
         <v>16025</v>
       </c>
-      <c r="H17" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="24">
+      <c r="H18" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="24">
         <v>10537</v>
       </c>
-      <c r="K17" s="26">
+      <c r="K18" s="26">
         <v>9368</v>
       </c>
-      <c r="L17"/>
-[...2 lines deleted...]
-      <c r="B18" s="113" t="s">
+      <c r="L18"/>
+    </row>
+    <row r="19" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="113" t="s">
         <v>152</v>
       </c>
-      <c r="C18" s="59">
+      <c r="C19" s="59">
         <v>19734</v>
       </c>
-      <c r="D18" s="59">
+      <c r="D19" s="59">
         <v>17833</v>
       </c>
-      <c r="E18" s="59">
+      <c r="E19" s="59">
         <v>9247</v>
       </c>
-      <c r="F18" s="59">
+      <c r="F19" s="59">
         <v>10808</v>
       </c>
-      <c r="G18" s="59">
+      <c r="G19" s="59">
         <v>16010</v>
       </c>
-      <c r="H18" s="114" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="59">
+      <c r="H19" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="59">
         <v>10519</v>
       </c>
-      <c r="K18" s="61">
+      <c r="K19" s="61">
         <v>9318</v>
       </c>
-      <c r="L18"/>
-[...2 lines deleted...]
-      <c r="B19" s="98" t="s">
+      <c r="L19"/>
+    </row>
+    <row r="20" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="98" t="s">
         <v>151</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C20" s="24">
         <v>18919</v>
       </c>
-      <c r="D19" s="79">
+      <c r="D20" s="79">
         <v>17116</v>
       </c>
-      <c r="E19" s="24">
+      <c r="E20" s="24">
         <v>9002</v>
       </c>
-      <c r="F19" s="24">
+      <c r="F20" s="24">
         <v>10462</v>
       </c>
-      <c r="G19" s="24">
+      <c r="G20" s="24">
         <v>15400</v>
       </c>
-      <c r="H19" s="111" t="s">
-[...5 lines deleted...]
-      <c r="J19" s="24">
+      <c r="H20" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="111" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="24">
         <v>10192</v>
       </c>
-      <c r="K19" s="26">
+      <c r="K20" s="26">
         <v>9094</v>
       </c>
-      <c r="L19"/>
-[...2 lines deleted...]
-      <c r="B20" s="109" t="s">
+      <c r="L20"/>
+    </row>
+    <row r="21" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="109" t="s">
         <v>150</v>
       </c>
-      <c r="C20" s="107">
+      <c r="C21" s="107">
         <v>17746</v>
       </c>
-      <c r="D20" s="104">
+      <c r="D21" s="104">
         <v>16087</v>
       </c>
-      <c r="E20" s="107">
+      <c r="E21" s="107">
         <v>8633</v>
       </c>
-      <c r="F20" s="107">
+      <c r="F21" s="107">
         <v>9970</v>
       </c>
-      <c r="G20" s="107">
+      <c r="G21" s="107">
         <v>14548</v>
       </c>
-      <c r="H20" s="112" t="s">
-[...5 lines deleted...]
-      <c r="J20" s="107">
+      <c r="H21" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="107">
         <v>9724</v>
       </c>
-      <c r="K20" s="108">
+      <c r="K21" s="108">
         <v>8711</v>
       </c>
-      <c r="L20"/>
-[...2 lines deleted...]
-      <c r="B21" s="98" t="s">
+      <c r="L21"/>
+    </row>
+    <row r="22" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="98" t="s">
         <v>149</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C22" s="24">
         <v>16900</v>
       </c>
-      <c r="D21" s="79">
+      <c r="D22" s="79">
         <v>15252</v>
       </c>
-      <c r="E21" s="24">
+      <c r="E22" s="24">
         <v>7946</v>
       </c>
-      <c r="F21" s="24">
+      <c r="F22" s="24">
         <v>9259</v>
       </c>
-      <c r="G21" s="24">
+      <c r="G22" s="24">
         <v>13778</v>
       </c>
-      <c r="H21" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J21" s="24">
+      <c r="H22" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="24">
         <v>9004</v>
       </c>
-      <c r="K21" s="26">
+      <c r="K22" s="26">
         <v>8008</v>
       </c>
-      <c r="L21"/>
-[...2 lines deleted...]
-      <c r="B22" s="101" t="s">
+      <c r="L22"/>
+    </row>
+    <row r="23" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="101" t="s">
         <v>145</v>
       </c>
-      <c r="C22" s="59">
+      <c r="C23" s="59">
         <v>16890</v>
       </c>
-      <c r="D22" s="85">
+      <c r="D23" s="85">
         <v>15227</v>
       </c>
-      <c r="E22" s="59">
+      <c r="E23" s="59">
         <v>7966</v>
       </c>
-      <c r="F22" s="59">
+      <c r="F23" s="59">
         <v>9263</v>
       </c>
-      <c r="G22" s="59">
+      <c r="G23" s="59">
         <v>13781</v>
       </c>
-      <c r="H22" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J22" s="59">
+      <c r="H23" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="59">
         <v>8990</v>
       </c>
-      <c r="K22" s="61">
+      <c r="K23" s="61">
         <v>7978</v>
       </c>
-      <c r="L22"/>
-[...2 lines deleted...]
-      <c r="B23" s="100" t="s">
+      <c r="L23"/>
+    </row>
+    <row r="24" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="100" t="s">
         <v>144</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C24" s="24">
         <v>16871</v>
       </c>
-      <c r="D23" s="24">
+      <c r="D24" s="24">
         <v>15200</v>
       </c>
-      <c r="E23" s="24">
+      <c r="E24" s="24">
         <v>7988</v>
       </c>
-      <c r="F23" s="24">
+      <c r="F24" s="24">
         <v>9271</v>
       </c>
-      <c r="G23" s="24">
+      <c r="G24" s="24">
         <v>13792</v>
       </c>
-      <c r="H23" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="24">
+      <c r="H24" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="24">
         <v>8990</v>
       </c>
-      <c r="K23" s="26">
+      <c r="K24" s="26">
         <v>7992</v>
       </c>
-      <c r="L23"/>
-[...2 lines deleted...]
-      <c r="B24" s="99" t="s">
+      <c r="L24"/>
+    </row>
+    <row r="25" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="99" t="s">
         <v>143</v>
       </c>
-      <c r="C24" s="59">
+      <c r="C25" s="59">
         <v>16841</v>
       </c>
-      <c r="D24" s="59">
+      <c r="D25" s="59">
         <v>15151</v>
       </c>
-      <c r="E24" s="59">
+      <c r="E25" s="59">
         <v>8007</v>
       </c>
-      <c r="F24" s="59">
+      <c r="F25" s="59">
         <v>9272</v>
       </c>
-      <c r="G24" s="59">
+      <c r="G25" s="59">
         <v>13793</v>
       </c>
-      <c r="H24" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="59">
+      <c r="H25" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="59">
         <v>8974</v>
       </c>
-      <c r="K24" s="61">
+      <c r="K25" s="61">
         <v>7991</v>
       </c>
-      <c r="L24"/>
-[...2 lines deleted...]
-      <c r="B25" s="98" t="s">
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="98" t="s">
         <v>142</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C26" s="24">
         <v>15868</v>
       </c>
-      <c r="D25" s="24">
+      <c r="D26" s="24">
         <v>14269</v>
       </c>
-      <c r="E25" s="24">
+      <c r="E26" s="24">
         <v>7664</v>
       </c>
-      <c r="F25" s="24">
+      <c r="F26" s="24">
         <v>8832</v>
       </c>
-      <c r="G25" s="24">
+      <c r="G26" s="24">
         <v>13059</v>
       </c>
-      <c r="H25" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="24">
+      <c r="H26" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="24">
         <v>8551</v>
       </c>
-      <c r="K25" s="26">
+      <c r="K26" s="26">
         <v>7627</v>
       </c>
-      <c r="L25"/>
-[...2 lines deleted...]
-      <c r="B26" s="97" t="s">
+      <c r="L26"/>
+    </row>
+    <row r="27" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="C26" s="59">
+      <c r="C27" s="59">
         <v>15836</v>
       </c>
-      <c r="D26" s="59">
+      <c r="D27" s="59">
         <v>14235</v>
       </c>
-      <c r="E26" s="59">
+      <c r="E27" s="59">
         <v>7682</v>
       </c>
-      <c r="F26" s="59">
+      <c r="F27" s="59">
         <v>8837</v>
       </c>
-      <c r="G26" s="59">
+      <c r="G27" s="59">
         <v>13064</v>
       </c>
-      <c r="H26" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J26" s="59">
+      <c r="H27" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="59">
         <v>8540</v>
       </c>
-      <c r="K26" s="61">
+      <c r="K27" s="61">
         <v>7604</v>
       </c>
-      <c r="L26"/>
-[...2 lines deleted...]
-      <c r="B27" s="96" t="s">
+      <c r="L27"/>
+    </row>
+    <row r="28" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C27" s="24">
+      <c r="C28" s="24">
         <v>15815</v>
       </c>
-      <c r="D27" s="24">
+      <c r="D28" s="24">
         <v>14210</v>
       </c>
-      <c r="E27" s="24">
+      <c r="E28" s="24">
         <v>7693</v>
       </c>
-      <c r="F27" s="24">
+      <c r="F28" s="24">
         <v>8840</v>
       </c>
-      <c r="G27" s="24">
+      <c r="G28" s="24">
         <v>13060</v>
       </c>
-      <c r="H27" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J27" s="24">
+      <c r="H28" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="24">
         <v>8533</v>
       </c>
-      <c r="K27" s="26">
+      <c r="K28" s="26">
         <v>7624</v>
       </c>
-      <c r="L27"/>
-[...2 lines deleted...]
-      <c r="B28" s="92" t="s">
+      <c r="L28"/>
+    </row>
+    <row r="29" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="92" t="s">
         <v>136</v>
       </c>
-      <c r="C28" s="59">
+      <c r="C29" s="59">
         <v>15781</v>
       </c>
-      <c r="D28" s="59">
+      <c r="D29" s="59">
         <v>14186</v>
       </c>
-      <c r="E28" s="59">
+      <c r="E29" s="59">
         <v>7709</v>
       </c>
-      <c r="F28" s="59">
+      <c r="F29" s="59">
         <v>8842</v>
       </c>
-      <c r="G28" s="59">
+      <c r="G29" s="59">
         <v>13059</v>
       </c>
-      <c r="H28" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="59">
+      <c r="H29" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="59">
         <v>8534</v>
       </c>
-      <c r="K28" s="61">
+      <c r="K29" s="61">
         <v>7628</v>
       </c>
-      <c r="L28"/>
-[...2 lines deleted...]
-      <c r="B29" s="91" t="s">
+      <c r="L29"/>
+    </row>
+    <row r="30" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="91" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="24">
+      <c r="C30" s="24">
         <v>14783</v>
       </c>
-      <c r="D29" s="24">
+      <c r="D30" s="24">
         <v>13263</v>
       </c>
-      <c r="E29" s="24">
+      <c r="E30" s="24">
         <v>7147</v>
       </c>
-      <c r="F29" s="24">
+      <c r="F30" s="24">
         <v>8214</v>
       </c>
-      <c r="G29" s="24">
+      <c r="G30" s="24">
         <v>12226</v>
       </c>
-      <c r="H29" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="24">
+      <c r="H30" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="24">
         <v>7898</v>
       </c>
-      <c r="K29" s="26">
+      <c r="K30" s="26">
         <v>7053</v>
       </c>
-      <c r="L29"/>
-[...2 lines deleted...]
-      <c r="B30" s="90" t="s">
+      <c r="L30"/>
+    </row>
+    <row r="31" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="90" t="s">
         <v>134</v>
       </c>
-      <c r="C30" s="59">
+      <c r="C31" s="59">
         <v>14750</v>
       </c>
-      <c r="D30" s="59">
+      <c r="D31" s="59">
         <v>13234</v>
       </c>
-      <c r="E30" s="59">
+      <c r="E31" s="59">
         <v>7161</v>
       </c>
-      <c r="F30" s="59">
+      <c r="F31" s="59">
         <v>8220</v>
       </c>
-      <c r="G30" s="59">
+      <c r="G31" s="59">
         <v>12234</v>
       </c>
-      <c r="H30" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J30" s="59">
+      <c r="H31" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="59">
         <v>7886</v>
       </c>
-      <c r="K30" s="61">
+      <c r="K31" s="61">
         <v>7009</v>
       </c>
-      <c r="L30"/>
-[...2 lines deleted...]
-      <c r="B31" s="89" t="s">
+      <c r="L31"/>
+    </row>
+    <row r="32" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="89" t="s">
         <v>133</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C32" s="24">
         <v>14725</v>
       </c>
-      <c r="D31" s="24">
+      <c r="D32" s="24">
         <v>13212</v>
       </c>
-      <c r="E31" s="24">
+      <c r="E32" s="24">
         <v>7173</v>
       </c>
-      <c r="F31" s="24">
+      <c r="F32" s="24">
         <v>8215</v>
       </c>
-      <c r="G31" s="24">
+      <c r="G32" s="24">
         <v>12236</v>
       </c>
-      <c r="H31" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J31" s="24">
+      <c r="H32" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="24">
         <v>7883</v>
       </c>
-      <c r="K31" s="26">
+      <c r="K32" s="26">
         <v>7023</v>
       </c>
-      <c r="L31"/>
-[...2 lines deleted...]
-      <c r="B32" s="88" t="s">
+      <c r="L32"/>
+    </row>
+    <row r="33" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="88" t="s">
         <v>132</v>
       </c>
-      <c r="C32" s="59">
+      <c r="C33" s="59">
         <v>14697</v>
       </c>
-      <c r="D32" s="59">
+      <c r="D33" s="59">
         <v>13185</v>
       </c>
-      <c r="E32" s="59">
+      <c r="E33" s="59">
         <v>7187</v>
       </c>
-      <c r="F32" s="59">
+      <c r="F33" s="59">
         <v>8218</v>
       </c>
-      <c r="G32" s="59">
+      <c r="G33" s="59">
         <v>12233</v>
       </c>
-      <c r="H32" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J32" s="59">
+      <c r="H33" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="59">
         <v>7867</v>
       </c>
-      <c r="K32" s="61">
+      <c r="K33" s="61">
         <v>7020</v>
       </c>
-      <c r="L32"/>
-[...2 lines deleted...]
-      <c r="B33" s="83" t="s">
+      <c r="L33"/>
+    </row>
+    <row r="34" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="83" t="s">
         <v>131</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C34" s="24">
         <v>13683</v>
       </c>
-      <c r="D33" s="24">
+      <c r="D34" s="24">
         <v>12263</v>
       </c>
-      <c r="E33" s="24">
+      <c r="E34" s="24">
         <v>6504</v>
       </c>
-      <c r="F33" s="24">
+      <c r="F34" s="24">
         <v>7492</v>
       </c>
-      <c r="G33" s="24">
+      <c r="G34" s="24">
         <v>11378</v>
       </c>
-      <c r="H33" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J33" s="24">
+      <c r="H34" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="24">
         <v>7137</v>
       </c>
-      <c r="K33" s="26">
+      <c r="K34" s="26">
         <v>6332</v>
       </c>
-      <c r="L33"/>
-[...2 lines deleted...]
-      <c r="B34" s="76" t="s">
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="76" t="s">
         <v>130</v>
       </c>
-      <c r="C34" s="59">
+      <c r="C35" s="59">
         <v>13659</v>
       </c>
-      <c r="D34" s="59">
+      <c r="D35" s="59">
         <v>12243</v>
       </c>
-      <c r="E34" s="59">
+      <c r="E35" s="59">
         <v>6524</v>
       </c>
-      <c r="F34" s="59">
+      <c r="F35" s="59">
         <v>7500</v>
       </c>
-      <c r="G34" s="59">
+      <c r="G35" s="59">
         <v>11394</v>
       </c>
-      <c r="H34" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J34" s="59">
+      <c r="H35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="59">
         <v>7119</v>
       </c>
-      <c r="K34" s="61">
+      <c r="K35" s="61">
         <v>6298</v>
       </c>
-      <c r="L34"/>
-[...2 lines deleted...]
-      <c r="B35" s="74" t="s">
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="74" t="s">
         <v>129</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C36" s="24">
         <v>13633</v>
       </c>
-      <c r="D35" s="24">
+      <c r="D36" s="24">
         <v>12229</v>
       </c>
-      <c r="E35" s="24">
+      <c r="E36" s="24">
         <v>6543</v>
       </c>
-      <c r="F35" s="24">
+      <c r="F36" s="24">
         <v>7505</v>
       </c>
-      <c r="G35" s="24">
+      <c r="G36" s="24">
         <v>11403</v>
       </c>
-      <c r="H35" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J35" s="24">
+      <c r="H36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="24">
         <v>7114</v>
       </c>
-      <c r="K35" s="26">
+      <c r="K36" s="26">
         <v>6326</v>
       </c>
-      <c r="L35"/>
-[...2 lines deleted...]
-      <c r="B36" s="73" t="s">
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="73" t="s">
         <v>128</v>
       </c>
-      <c r="C36" s="59">
+      <c r="C37" s="59">
         <v>13615</v>
       </c>
-      <c r="D36" s="59">
+      <c r="D37" s="59">
         <v>12211</v>
       </c>
-      <c r="E36" s="59">
+      <c r="E37" s="59">
         <v>6558</v>
       </c>
-      <c r="F36" s="59">
+      <c r="F37" s="59">
         <v>7512</v>
       </c>
-      <c r="G36" s="59">
+      <c r="G37" s="59">
         <v>11414</v>
       </c>
-      <c r="H36" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J36" s="59">
+      <c r="H37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="59">
         <v>7111</v>
       </c>
-      <c r="K36" s="61">
+      <c r="K37" s="61">
         <v>6334</v>
       </c>
-      <c r="L36"/>
-[...2 lines deleted...]
-      <c r="B37" s="72" t="s">
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="72" t="s">
         <v>127</v>
       </c>
-      <c r="C37" s="24">
+      <c r="C38" s="24">
         <v>13076</v>
       </c>
-      <c r="D37" s="24">
+      <c r="D38" s="24">
         <v>11720</v>
       </c>
-      <c r="E37" s="24">
+      <c r="E38" s="24">
         <v>6294</v>
       </c>
-      <c r="F37" s="24">
+      <c r="F38" s="24">
         <v>7199</v>
       </c>
-      <c r="G37" s="24">
+      <c r="G38" s="24">
         <v>10982</v>
       </c>
-      <c r="H37" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J37" s="24">
+      <c r="H38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="24">
         <v>6815</v>
       </c>
-      <c r="K37" s="26">
+      <c r="K38" s="26">
         <v>6067</v>
       </c>
-      <c r="L37"/>
-[...2 lines deleted...]
-      <c r="B38" s="71" t="s">
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="71" t="s">
         <v>126</v>
       </c>
-      <c r="C38" s="59">
+      <c r="C39" s="59">
         <v>13056</v>
       </c>
-      <c r="D38" s="59">
+      <c r="D39" s="59">
         <v>11705</v>
       </c>
-      <c r="E38" s="59">
+      <c r="E39" s="59">
         <v>6314</v>
       </c>
-      <c r="F38" s="59">
+      <c r="F39" s="59">
         <v>7210</v>
       </c>
-      <c r="G38" s="59">
+      <c r="G39" s="59">
         <v>10993</v>
       </c>
-      <c r="H38" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J38" s="59">
+      <c r="H39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="59">
         <v>6794</v>
       </c>
-      <c r="K38" s="61">
+      <c r="K39" s="61">
         <v>6023</v>
       </c>
-      <c r="L38"/>
-[...2 lines deleted...]
-      <c r="B39" s="70" t="s">
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="70" t="s">
         <v>125</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C40" s="24">
         <v>13033</v>
       </c>
-      <c r="D39" s="24">
+      <c r="D40" s="24">
         <v>11691</v>
       </c>
-      <c r="E39" s="24">
+      <c r="E40" s="24">
         <v>6334</v>
       </c>
-      <c r="F39" s="24">
+      <c r="F40" s="24">
         <v>7218</v>
       </c>
-      <c r="G39" s="24">
+      <c r="G40" s="24">
         <v>11013</v>
       </c>
-      <c r="H39" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J39" s="24">
+      <c r="H40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="24">
         <v>6783</v>
       </c>
-      <c r="K39" s="26">
+      <c r="K40" s="26">
         <v>6052</v>
       </c>
-      <c r="L39"/>
-[...2 lines deleted...]
-      <c r="B40" s="69" t="s">
+      <c r="L40"/>
+    </row>
+    <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="69" t="s">
         <v>124</v>
       </c>
-      <c r="C40" s="59">
+      <c r="C41" s="59">
         <v>13011</v>
       </c>
-      <c r="D40" s="59">
+      <c r="D41" s="59">
         <v>11675</v>
       </c>
-      <c r="E40" s="59">
+      <c r="E41" s="59">
         <v>6356</v>
       </c>
-      <c r="F40" s="59">
+      <c r="F41" s="59">
         <v>7225</v>
       </c>
-      <c r="G40" s="59">
+      <c r="G41" s="59">
         <v>11023</v>
       </c>
-      <c r="H40" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J40" s="59">
+      <c r="H41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="59">
         <v>6768</v>
       </c>
-      <c r="K40" s="61">
+      <c r="K41" s="61">
         <v>6044</v>
       </c>
-      <c r="L40"/>
-[...2 lines deleted...]
-      <c r="B41" s="68" t="s">
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="C41" s="24">
+      <c r="C42" s="24">
         <v>12662</v>
       </c>
-      <c r="D41" s="24">
+      <c r="D42" s="24">
         <v>11349</v>
       </c>
-      <c r="E41" s="24">
+      <c r="E42" s="24">
         <v>6183</v>
       </c>
-      <c r="F41" s="24">
+      <c r="F42" s="24">
         <v>7019</v>
       </c>
-      <c r="G41" s="24">
+      <c r="G42" s="24">
         <v>10736</v>
       </c>
-      <c r="H41" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J41" s="24">
+      <c r="H42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="24">
         <v>6551</v>
       </c>
-      <c r="K41" s="26">
+      <c r="K42" s="26">
         <v>5852</v>
       </c>
-      <c r="L41"/>
-[...2 lines deleted...]
-      <c r="B42" s="65" t="s">
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="65" t="s">
         <v>122</v>
       </c>
-      <c r="C42" s="59">
+      <c r="C43" s="59">
         <v>12643</v>
       </c>
-      <c r="D42" s="59">
+      <c r="D43" s="59">
         <v>11337</v>
       </c>
-      <c r="E42" s="59">
+      <c r="E43" s="59">
         <v>6206</v>
       </c>
-      <c r="F42" s="59">
+      <c r="F43" s="59">
         <v>7028</v>
       </c>
-      <c r="G42" s="59">
+      <c r="G43" s="59">
         <v>10748</v>
       </c>
-      <c r="H42" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="59">
+      <c r="H43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="59">
         <v>6542</v>
       </c>
-      <c r="K42" s="61">
+      <c r="K43" s="61">
         <v>5820</v>
       </c>
-      <c r="L42"/>
-[...2 lines deleted...]
-      <c r="B43" s="63" t="s">
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="63" t="s">
         <v>121</v>
       </c>
-      <c r="C43" s="24">
+      <c r="C44" s="24">
         <v>12625</v>
       </c>
-      <c r="D43" s="24">
+      <c r="D44" s="24">
         <v>11324</v>
       </c>
-      <c r="E43" s="24">
+      <c r="E44" s="24">
         <v>6226</v>
       </c>
-      <c r="F43" s="24">
+      <c r="F44" s="24">
         <v>7040</v>
       </c>
-      <c r="G43" s="24">
+      <c r="G44" s="24">
         <v>10765</v>
       </c>
-      <c r="H43" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J43" s="24">
+      <c r="H44" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="24">
         <v>6536</v>
       </c>
-      <c r="K43" s="26">
+      <c r="K44" s="26">
         <v>5857</v>
       </c>
-      <c r="L43"/>
-[...2 lines deleted...]
-      <c r="B44" s="58" t="s">
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="58" t="s">
         <v>120</v>
       </c>
-      <c r="C44" s="59">
+      <c r="C45" s="59">
         <v>12602</v>
       </c>
-      <c r="D44" s="59">
+      <c r="D45" s="59">
         <v>11311</v>
       </c>
-      <c r="E44" s="59">
+      <c r="E45" s="59">
         <v>6250</v>
       </c>
-      <c r="F44" s="59">
+      <c r="F45" s="59">
         <v>7050</v>
       </c>
-      <c r="G44" s="59">
+      <c r="G45" s="59">
         <v>10782</v>
       </c>
-      <c r="H44" s="60" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="59">
+      <c r="H45" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="59">
         <v>6522</v>
       </c>
-      <c r="K44" s="61">
+      <c r="K45" s="61">
         <v>5864</v>
       </c>
-      <c r="L44"/>
-[...2 lines deleted...]
-      <c r="B45" s="23" t="s">
+      <c r="L45"/>
+    </row>
+    <row r="46" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="C45" s="24">
+      <c r="C46" s="24">
         <v>12551</v>
       </c>
-      <c r="D45" s="24">
+      <c r="D46" s="24">
         <v>11261</v>
       </c>
-      <c r="E45" s="24">
+      <c r="E46" s="24">
         <v>6243</v>
       </c>
-      <c r="F45" s="24">
+      <c r="F46" s="24">
         <v>7030</v>
       </c>
-      <c r="G45" s="24">
+      <c r="G46" s="24">
         <v>10804</v>
       </c>
-      <c r="H45" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J45" s="24">
+      <c r="H46" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="24">
         <v>6477</v>
       </c>
-      <c r="K45" s="26">
+      <c r="K46" s="26">
         <v>5827</v>
       </c>
-      <c r="L45"/>
-[...2 lines deleted...]
-      <c r="B46" s="16" t="s">
+      <c r="L46"/>
+    </row>
+    <row r="47" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="C46" s="4">
+      <c r="C47" s="4">
         <v>12539</v>
       </c>
-      <c r="D46" s="4">
+      <c r="D47" s="4">
         <v>11249</v>
       </c>
-      <c r="E46" s="4">
+      <c r="E47" s="4">
         <v>6268</v>
       </c>
-      <c r="F46" s="4">
+      <c r="F47" s="4">
         <v>7039</v>
       </c>
-      <c r="G46" s="4">
+      <c r="G47" s="4">
         <v>10815</v>
       </c>
-      <c r="H46" s="17" t="s">
-[...5 lines deleted...]
-      <c r="J46" s="4">
+      <c r="H47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="4">
         <v>6470</v>
       </c>
-      <c r="K46" s="5">
+      <c r="K47" s="5">
         <v>5789</v>
       </c>
-      <c r="L46"/>
-[...2 lines deleted...]
-      <c r="B47" s="29" t="s">
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="C47" s="24">
+      <c r="C48" s="24">
         <v>12522</v>
       </c>
-      <c r="D47" s="24">
+      <c r="D48" s="24">
         <v>11240</v>
       </c>
-      <c r="E47" s="24">
+      <c r="E48" s="24">
         <v>6294</v>
       </c>
-      <c r="F47" s="24">
+      <c r="F48" s="24">
         <v>7049</v>
       </c>
-      <c r="G47" s="24">
+      <c r="G48" s="24">
         <v>10827</v>
       </c>
-      <c r="H47" s="28" t="s">
-[...5 lines deleted...]
-      <c r="J47" s="24">
+      <c r="H48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="24">
         <v>6466</v>
       </c>
-      <c r="K47" s="26">
+      <c r="K48" s="26">
         <v>5818</v>
       </c>
-      <c r="L47"/>
-[...2 lines deleted...]
-      <c r="B48" s="2" t="s">
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C48" s="4">
+      <c r="C49" s="4">
         <v>12497</v>
       </c>
-      <c r="D48" s="4">
+      <c r="D49" s="4">
         <v>11227</v>
       </c>
-      <c r="E48" s="4">
+      <c r="E49" s="4">
         <v>6323</v>
       </c>
-      <c r="F48" s="4">
+      <c r="F49" s="4">
         <v>7070</v>
       </c>
-      <c r="G48" s="4">
+      <c r="G49" s="4">
         <v>10843</v>
       </c>
-      <c r="H48" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J48" s="4">
+      <c r="H49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="4">
         <v>6454</v>
       </c>
-      <c r="K48" s="5">
+      <c r="K49" s="5">
         <v>5814</v>
       </c>
-      <c r="L48"/>
-[...2 lines deleted...]
-      <c r="B49" s="29" t="s">
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="C49" s="24">
+      <c r="C50" s="24">
         <v>12259</v>
       </c>
-      <c r="D49" s="24">
+      <c r="D50" s="24">
         <v>11014</v>
       </c>
-      <c r="E49" s="24">
+      <c r="E50" s="24">
         <v>6222</v>
       </c>
-      <c r="F49" s="24">
+      <c r="F50" s="24">
         <v>6945</v>
       </c>
-      <c r="G49" s="24">
+      <c r="G50" s="24">
         <v>10664</v>
       </c>
-      <c r="H49" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J49" s="24">
+      <c r="H50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="24">
         <v>6314</v>
       </c>
-      <c r="K49" s="26">
+      <c r="K50" s="26">
         <v>5693</v>
       </c>
-      <c r="L49"/>
-[...2 lines deleted...]
-      <c r="B50" s="2" t="s">
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C50" s="4">
+      <c r="C51" s="4">
         <v>12251</v>
       </c>
-      <c r="D50" s="4">
+      <c r="D51" s="4">
         <v>11005</v>
       </c>
-      <c r="E50" s="4">
+      <c r="E51" s="4">
         <v>6250</v>
       </c>
-      <c r="F50" s="4">
+      <c r="F51" s="4">
         <v>6949</v>
       </c>
-      <c r="G50" s="4">
+      <c r="G51" s="4">
         <v>10678</v>
       </c>
-      <c r="H50" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J50" s="4">
+      <c r="H51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="4">
         <v>6300</v>
       </c>
-      <c r="K50" s="5">
+      <c r="K51" s="5">
         <v>5657</v>
       </c>
-      <c r="L50"/>
-[...2 lines deleted...]
-      <c r="B51" s="31" t="s">
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C52" s="24">
         <v>12237</v>
       </c>
-      <c r="D51" s="24">
+      <c r="D52" s="24">
         <v>10998</v>
       </c>
-      <c r="E51" s="24">
+      <c r="E52" s="24">
         <v>6280</v>
       </c>
-      <c r="F51" s="24">
+      <c r="F52" s="24">
         <v>6960</v>
       </c>
-      <c r="G51" s="24">
+      <c r="G52" s="24">
         <v>10690</v>
       </c>
-      <c r="H51" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J51" s="24">
+      <c r="H52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="24">
         <v>6284</v>
       </c>
-      <c r="K51" s="26">
+      <c r="K52" s="26">
         <v>5677</v>
       </c>
-      <c r="L51"/>
-[...2 lines deleted...]
-      <c r="B52" s="2" t="s">
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C52" s="4">
+      <c r="C53" s="4">
         <v>12217</v>
       </c>
-      <c r="D52" s="4">
+      <c r="D53" s="4">
         <v>10987</v>
       </c>
-      <c r="E52" s="4">
+      <c r="E53" s="4">
         <v>6309</v>
       </c>
-      <c r="F52" s="4">
+      <c r="F53" s="4">
         <v>6976</v>
       </c>
-      <c r="G52" s="4">
+      <c r="G53" s="4">
         <v>10707</v>
       </c>
-      <c r="H52" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J52" s="4">
+      <c r="H53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="4">
         <v>6274</v>
       </c>
-      <c r="K52" s="5">
+      <c r="K53" s="5">
         <v>5673</v>
       </c>
-      <c r="L52"/>
-[...2 lines deleted...]
-      <c r="B53" s="29" t="s">
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C54" s="24">
         <v>12150</v>
       </c>
-      <c r="D53" s="24">
+      <c r="D54" s="24">
         <v>10929</v>
       </c>
-      <c r="E53" s="24">
+      <c r="E54" s="24">
         <v>6305</v>
       </c>
-      <c r="F53" s="24">
+      <c r="F54" s="24">
         <v>6961</v>
       </c>
-      <c r="G53" s="24">
+      <c r="G54" s="24">
         <v>10676</v>
       </c>
-      <c r="H53" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J53" s="24">
+      <c r="H54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="24">
         <v>6240</v>
       </c>
-      <c r="K53" s="26">
+      <c r="K54" s="26">
         <v>5645</v>
       </c>
-      <c r="L53"/>
-[...2 lines deleted...]
-      <c r="B54" s="2" t="s">
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C54" s="4">
+      <c r="C55" s="4">
         <v>12138</v>
       </c>
-      <c r="D54" s="4">
+      <c r="D55" s="4">
         <v>10923</v>
       </c>
-      <c r="E54" s="4">
+      <c r="E55" s="4">
         <v>6333</v>
       </c>
-      <c r="F54" s="4">
+      <c r="F55" s="4">
         <v>6991</v>
       </c>
-      <c r="G54" s="4">
+      <c r="G55" s="4">
         <v>10691</v>
       </c>
-      <c r="H54" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J54" s="4">
+      <c r="H55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="4">
         <v>6218</v>
       </c>
-      <c r="K54" s="5">
+      <c r="K55" s="5">
         <v>5607</v>
       </c>
-      <c r="L54"/>
-[...2 lines deleted...]
-      <c r="B55" s="29" t="s">
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C56" s="24">
         <v>12129</v>
       </c>
-      <c r="D55" s="24">
+      <c r="D56" s="24">
         <v>10916</v>
       </c>
-      <c r="E55" s="24">
+      <c r="E56" s="24">
         <v>6362</v>
       </c>
-      <c r="F55" s="24">
+      <c r="F56" s="24">
         <v>7023</v>
       </c>
-      <c r="G55" s="24">
+      <c r="G56" s="24">
         <v>10702</v>
       </c>
-      <c r="H55" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J55" s="24">
+      <c r="H56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="24">
         <v>6197</v>
       </c>
-      <c r="K55" s="26">
+      <c r="K56" s="26">
         <v>5630</v>
       </c>
-      <c r="L55"/>
-[...2 lines deleted...]
-      <c r="B56" s="2" t="s">
+      <c r="L56"/>
+    </row>
+    <row r="57" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C56" s="4">
+      <c r="C57" s="4">
         <v>12109</v>
       </c>
-      <c r="D56" s="4">
+      <c r="D57" s="4">
         <v>10908</v>
       </c>
-      <c r="E56" s="4">
+      <c r="E57" s="4">
         <v>6401</v>
       </c>
-      <c r="F56" s="4">
+      <c r="F57" s="4">
         <v>7070</v>
       </c>
-      <c r="G56" s="4">
+      <c r="G57" s="4">
         <v>10713</v>
       </c>
-      <c r="H56" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J56" s="4">
+      <c r="H57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="4">
         <v>6188</v>
       </c>
-      <c r="K56" s="5">
+      <c r="K57" s="5">
         <v>5627</v>
       </c>
-      <c r="L56"/>
-[...2 lines deleted...]
-      <c r="B57" s="29" t="s">
+      <c r="L57"/>
+    </row>
+    <row r="58" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C58" s="24">
         <v>11948</v>
       </c>
-      <c r="D57" s="24">
+      <c r="D58" s="24">
         <v>10762</v>
       </c>
-      <c r="E57" s="24">
+      <c r="E58" s="24">
         <v>6336</v>
       </c>
-      <c r="F57" s="24">
+      <c r="F58" s="24">
         <v>6997</v>
       </c>
-      <c r="G57" s="24">
+      <c r="G58" s="24">
         <v>10597</v>
       </c>
-      <c r="H57" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J57" s="24">
+      <c r="H58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="24">
         <v>6076</v>
       </c>
-      <c r="K57" s="26">
+      <c r="K58" s="26">
         <v>5534</v>
       </c>
-      <c r="L57"/>
-[...2 lines deleted...]
-      <c r="B58" s="2" t="s">
+      <c r="L58"/>
+    </row>
+    <row r="59" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C58" s="4">
+      <c r="C59" s="4">
         <v>11935</v>
       </c>
-      <c r="D58" s="4">
+      <c r="D59" s="4">
         <v>10758</v>
       </c>
-      <c r="E58" s="4">
+      <c r="E59" s="4">
         <v>6375</v>
       </c>
-      <c r="F58" s="4">
+      <c r="F59" s="4">
         <v>7043</v>
       </c>
-      <c r="G58" s="4">
+      <c r="G59" s="4">
         <v>10616</v>
       </c>
-      <c r="H58" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J58" s="4">
+      <c r="H59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="4">
         <v>6061</v>
       </c>
-      <c r="K58" s="5">
+      <c r="K59" s="5">
         <v>5503</v>
       </c>
-      <c r="L58"/>
-[...2 lines deleted...]
-      <c r="B59" s="29" t="s">
+      <c r="L59"/>
+    </row>
+    <row r="60" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C60" s="24">
         <v>11924</v>
       </c>
-      <c r="D59" s="24">
+      <c r="D60" s="24">
         <v>10757</v>
       </c>
-      <c r="E59" s="24">
+      <c r="E60" s="24">
         <v>6410</v>
       </c>
-      <c r="F59" s="24">
+      <c r="F60" s="24">
         <v>7083</v>
       </c>
-      <c r="G59" s="24">
+      <c r="G60" s="24">
         <v>10633</v>
       </c>
-      <c r="H59" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J59" s="24">
+      <c r="H60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="24">
         <v>6053</v>
       </c>
-      <c r="K59" s="26">
+      <c r="K60" s="26">
         <v>5511</v>
       </c>
-      <c r="L59"/>
-[...2 lines deleted...]
-      <c r="B60" s="2" t="s">
+      <c r="L60"/>
+    </row>
+    <row r="61" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C60" s="4">
+      <c r="C61" s="4">
         <v>11908</v>
       </c>
-      <c r="D60" s="4">
+      <c r="D61" s="4">
         <v>10754</v>
       </c>
-      <c r="E60" s="4">
+      <c r="E61" s="4">
         <v>6452</v>
       </c>
-      <c r="F60" s="4">
+      <c r="F61" s="4">
         <v>7112</v>
       </c>
-      <c r="G60" s="4">
+      <c r="G61" s="4">
         <v>10644</v>
       </c>
-      <c r="H60" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J60" s="4">
+      <c r="H61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="4">
         <v>6039</v>
       </c>
-      <c r="K60" s="5">
+      <c r="K61" s="5">
         <v>5508</v>
       </c>
-      <c r="L60"/>
-[...2 lines deleted...]
-      <c r="B61" s="29" t="s">
+      <c r="L61"/>
+    </row>
+    <row r="62" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C62" s="24">
         <v>11700</v>
       </c>
-      <c r="D61" s="24">
+      <c r="D62" s="24">
         <v>10571</v>
       </c>
-      <c r="E61" s="24">
+      <c r="E62" s="24">
         <v>6399</v>
       </c>
-      <c r="F61" s="24">
+      <c r="F62" s="24">
         <v>7036</v>
       </c>
-      <c r="G61" s="24">
+      <c r="G62" s="24">
         <v>10482</v>
       </c>
-      <c r="H61" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J61" s="24">
+      <c r="H62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="24">
         <v>5920</v>
       </c>
-      <c r="K61" s="26">
+      <c r="K62" s="26">
         <v>5414</v>
       </c>
-      <c r="L61"/>
-[...2 lines deleted...]
-      <c r="B62" s="2" t="s">
+      <c r="L62"/>
+    </row>
+    <row r="63" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C62" s="4">
+      <c r="C63" s="4">
         <v>11692</v>
       </c>
-      <c r="D62" s="4">
+      <c r="D63" s="4">
         <v>10527</v>
       </c>
-      <c r="E62" s="4">
+      <c r="E63" s="4">
         <v>6474</v>
       </c>
-      <c r="F62" s="4">
+      <c r="F63" s="4">
         <v>7112</v>
       </c>
-      <c r="G62" s="4">
+      <c r="G63" s="4">
         <v>10489</v>
       </c>
-      <c r="H62" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J62" s="4">
+      <c r="H63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="4">
         <v>5907</v>
       </c>
-      <c r="K62" s="5">
+      <c r="K63" s="5">
         <v>5359</v>
       </c>
-      <c r="L62"/>
-[...2 lines deleted...]
-      <c r="B63" s="29" t="s">
+      <c r="L63"/>
+    </row>
+    <row r="64" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C64" s="24">
         <v>11685</v>
       </c>
-      <c r="D63" s="24">
+      <c r="D64" s="24">
         <v>10483</v>
       </c>
-      <c r="E63" s="24">
+      <c r="E64" s="24">
         <v>6541</v>
       </c>
-      <c r="F63" s="24">
+      <c r="F64" s="24">
         <v>7171</v>
       </c>
-      <c r="G63" s="24">
+      <c r="G64" s="24">
         <v>10497</v>
       </c>
-      <c r="H63" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J63" s="24">
+      <c r="H64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="24">
         <v>5892</v>
       </c>
-      <c r="K63" s="26">
+      <c r="K64" s="26">
         <v>5365</v>
       </c>
-      <c r="L63"/>
-[...2 lines deleted...]
-      <c r="B64" s="2" t="s">
+      <c r="L64"/>
+    </row>
+    <row r="65" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C64" s="4">
+      <c r="C65" s="4">
         <v>11672</v>
       </c>
-      <c r="D64" s="4">
+      <c r="D65" s="4">
         <v>10465</v>
       </c>
-      <c r="E64" s="4">
+      <c r="E65" s="4">
         <v>6617</v>
       </c>
-      <c r="F64" s="4">
+      <c r="F65" s="4">
         <v>7241</v>
       </c>
-      <c r="G64" s="4">
+      <c r="G65" s="4">
         <v>10504</v>
       </c>
-      <c r="H64" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J64" s="4">
+      <c r="H65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="4">
         <v>5864</v>
       </c>
-      <c r="K64" s="5">
+      <c r="K65" s="5">
         <v>5369</v>
       </c>
-      <c r="L64"/>
-[...2 lines deleted...]
-      <c r="B65" s="29" t="s">
+      <c r="L65"/>
+    </row>
+    <row r="66" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C66" s="24">
         <v>11240</v>
       </c>
-      <c r="D65" s="24">
+      <c r="D66" s="24">
         <v>10073</v>
       </c>
-      <c r="E65" s="24">
+      <c r="E66" s="24">
         <v>6432</v>
       </c>
-      <c r="F65" s="24">
+      <c r="F66" s="24">
         <v>6978</v>
       </c>
-      <c r="G65" s="24">
+      <c r="G66" s="24">
         <v>10142</v>
       </c>
-      <c r="H65" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J65" s="24">
+      <c r="H66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="24">
         <v>5660</v>
       </c>
-      <c r="K65" s="26">
+      <c r="K66" s="26">
         <v>5153</v>
       </c>
-      <c r="L65"/>
-[...2 lines deleted...]
-      <c r="B66" s="2" t="s">
+      <c r="L66"/>
+    </row>
+    <row r="67" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C66" s="4">
+      <c r="C67" s="4">
         <v>11216</v>
       </c>
-      <c r="D66" s="4">
+      <c r="D67" s="4">
         <v>10050</v>
       </c>
-      <c r="E66" s="4">
+      <c r="E67" s="4">
         <v>6394</v>
       </c>
-      <c r="F66" s="4">
+      <c r="F67" s="4">
         <v>6662</v>
       </c>
-      <c r="G66" s="4">
+      <c r="G67" s="4">
         <v>10159</v>
       </c>
-      <c r="H66" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J66" s="4">
+      <c r="H67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="4">
         <v>5640</v>
       </c>
-      <c r="K66" s="5">
+      <c r="K67" s="5">
         <v>5133</v>
       </c>
-      <c r="L66"/>
-[...2 lines deleted...]
-      <c r="B67" s="29" t="s">
+      <c r="L67"/>
+    </row>
+    <row r="68" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C68" s="24">
         <v>11192</v>
       </c>
-      <c r="D67" s="24">
+      <c r="D68" s="24">
         <v>10034</v>
       </c>
-      <c r="E67" s="24">
+      <c r="E68" s="24">
         <v>6370</v>
       </c>
-      <c r="F67" s="24">
+      <c r="F68" s="24">
         <v>6413</v>
       </c>
-      <c r="G67" s="24">
+      <c r="G68" s="24">
         <v>10168</v>
       </c>
-      <c r="H67" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J67" s="24">
+      <c r="H68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="24">
         <v>5618</v>
       </c>
-      <c r="K67" s="26">
+      <c r="K68" s="26">
         <v>5141</v>
       </c>
-      <c r="L67"/>
-[...2 lines deleted...]
-      <c r="B68" s="2" t="s">
+      <c r="L68"/>
+    </row>
+    <row r="69" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C68" s="4">
+      <c r="C69" s="4">
         <v>11162</v>
       </c>
-      <c r="D68" s="4">
+      <c r="D69" s="4">
         <v>10014</v>
       </c>
-      <c r="E68" s="4">
+      <c r="E69" s="4">
         <v>6380</v>
       </c>
-      <c r="F68" s="4">
+      <c r="F69" s="4">
         <v>6397</v>
       </c>
-      <c r="G68" s="4">
+      <c r="G69" s="4">
         <v>10171</v>
       </c>
-      <c r="H68" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J68" s="4">
+      <c r="H69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J69" s="4">
         <v>5598</v>
       </c>
-      <c r="K68" s="5">
+      <c r="K69" s="5">
         <v>5140</v>
       </c>
-      <c r="L68"/>
-[...2 lines deleted...]
-      <c r="B69" s="29" t="s">
+      <c r="L69"/>
+    </row>
+    <row r="70" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C70" s="24">
         <v>11175</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D70" s="24">
         <v>9982</v>
       </c>
-      <c r="E69" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H69" s="24">
+      <c r="E70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="24">
         <v>10301</v>
       </c>
-      <c r="I69" s="24">
+      <c r="I70" s="24">
         <v>6384</v>
       </c>
-      <c r="J69" s="24">
+      <c r="J70" s="24">
         <v>5580</v>
       </c>
-      <c r="K69" s="26">
+      <c r="K70" s="26">
         <v>5114</v>
       </c>
-      <c r="L69"/>
-[...2 lines deleted...]
-      <c r="B70" s="2" t="s">
+      <c r="L70"/>
+    </row>
+    <row r="71" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C70" s="4">
+      <c r="C71" s="4">
         <v>11159</v>
       </c>
-      <c r="D70" s="4">
+      <c r="D71" s="4">
         <v>9956</v>
       </c>
-      <c r="E70" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H70" s="4">
+      <c r="E71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="4">
         <v>10298</v>
       </c>
-      <c r="I70" s="4">
+      <c r="I71" s="4">
         <v>6380</v>
       </c>
-      <c r="J70" s="4">
+      <c r="J71" s="4">
         <v>5570</v>
       </c>
-      <c r="K70" s="5">
+      <c r="K71" s="5">
         <v>5097</v>
       </c>
-      <c r="L70"/>
-[...2 lines deleted...]
-      <c r="B71" s="29" t="s">
+      <c r="L71"/>
+    </row>
+    <row r="72" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C72" s="24">
         <v>11137</v>
       </c>
-      <c r="D71" s="24">
+      <c r="D72" s="24">
         <v>9935</v>
       </c>
-      <c r="E71" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H71" s="24">
+      <c r="E72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="24">
         <v>10294</v>
       </c>
-      <c r="I71" s="24">
+      <c r="I72" s="24">
         <v>6377</v>
       </c>
-      <c r="J71" s="24">
+      <c r="J72" s="24">
         <v>5556</v>
       </c>
-      <c r="K71" s="26">
+      <c r="K72" s="26">
         <v>5107</v>
       </c>
-      <c r="L71"/>
-[...2 lines deleted...]
-      <c r="B72" s="2" t="s">
+      <c r="L72"/>
+    </row>
+    <row r="73" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="4">
+      <c r="C73" s="4">
         <v>11107</v>
       </c>
-      <c r="D72" s="4">
+      <c r="D73" s="4">
         <v>9914</v>
       </c>
-      <c r="E72" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H72" s="4">
+      <c r="E73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="4">
         <v>10291</v>
       </c>
-      <c r="I72" s="4">
+      <c r="I73" s="4">
         <v>6374</v>
       </c>
-      <c r="J72" s="4">
+      <c r="J73" s="4">
         <v>5560</v>
       </c>
-      <c r="K72" s="5">
+      <c r="K73" s="5">
         <v>5111</v>
       </c>
-      <c r="L72"/>
-[...2 lines deleted...]
-      <c r="B73" s="29" t="s">
+      <c r="L73"/>
+    </row>
+    <row r="74" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C74" s="24">
         <v>10715</v>
       </c>
-      <c r="D73" s="24">
+      <c r="D74" s="24">
         <v>9565</v>
       </c>
-      <c r="E73" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H73" s="24">
+      <c r="E74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="24">
         <v>9943</v>
       </c>
-      <c r="I73" s="24">
+      <c r="I74" s="24">
         <v>6193</v>
       </c>
-      <c r="J73" s="24">
+      <c r="J74" s="24">
         <v>5412</v>
       </c>
-      <c r="K73" s="26">
+      <c r="K74" s="26">
         <v>4960</v>
       </c>
-      <c r="L73"/>
-[...2 lines deleted...]
-      <c r="B74" s="2" t="s">
+      <c r="L74"/>
+    </row>
+    <row r="75" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C74" s="4">
+      <c r="C75" s="4">
         <v>10701</v>
       </c>
-      <c r="D74" s="4">
+      <c r="D75" s="4">
         <v>9554</v>
       </c>
-      <c r="E74" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H74" s="4">
+      <c r="E75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="4">
         <v>9936</v>
       </c>
-      <c r="I74" s="4">
+      <c r="I75" s="4">
         <v>6188</v>
       </c>
-      <c r="J74" s="4">
+      <c r="J75" s="4">
         <v>5395</v>
       </c>
-      <c r="K74" s="5">
+      <c r="K75" s="5">
         <v>4949</v>
       </c>
-      <c r="L74"/>
-[...2 lines deleted...]
-      <c r="B75" s="29" t="s">
+      <c r="L75"/>
+    </row>
+    <row r="76" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C76" s="24">
         <v>10211</v>
       </c>
-      <c r="D75" s="24">
+      <c r="D76" s="24">
         <v>9070</v>
       </c>
-      <c r="E75" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H75" s="24">
+      <c r="E76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="24">
         <v>9461</v>
       </c>
-      <c r="I75" s="24">
+      <c r="I76" s="24">
         <v>5714</v>
       </c>
-      <c r="J75" s="24">
+      <c r="J76" s="24">
         <v>4908</v>
       </c>
-      <c r="K75" s="26">
+      <c r="K76" s="26">
         <v>4494</v>
       </c>
-      <c r="L75"/>
-[...2 lines deleted...]
-      <c r="B76" s="2" t="s">
+      <c r="L76"/>
+    </row>
+    <row r="77" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C76" s="4">
+      <c r="C77" s="4">
         <v>10181</v>
       </c>
-      <c r="D76" s="4">
+      <c r="D77" s="4">
         <v>9051</v>
       </c>
-      <c r="E76" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H76" s="4">
+      <c r="E77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="4">
         <v>9456</v>
       </c>
-      <c r="I76" s="4">
+      <c r="I77" s="4">
         <v>5709</v>
       </c>
-      <c r="J76" s="4">
+      <c r="J77" s="4">
         <v>4896</v>
       </c>
-      <c r="K76" s="5">
+      <c r="K77" s="5">
         <v>4492</v>
       </c>
-      <c r="L76"/>
-[...2 lines deleted...]
-      <c r="B77" s="29" t="s">
+      <c r="L77"/>
+    </row>
+    <row r="78" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="C77" s="24">
+      <c r="C78" s="24">
         <v>9784</v>
       </c>
-      <c r="D77" s="24">
+      <c r="D78" s="24">
         <v>8687</v>
       </c>
-      <c r="E77" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H77" s="24">
+      <c r="E78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="24">
         <v>9094</v>
       </c>
-      <c r="I77" s="24">
+      <c r="I78" s="24">
         <v>5457</v>
       </c>
-      <c r="J77" s="24">
+      <c r="J78" s="24">
         <v>4668</v>
       </c>
-      <c r="K77" s="26">
+      <c r="K78" s="26">
         <v>4254</v>
       </c>
-      <c r="L77"/>
-[...2 lines deleted...]
-      <c r="B78" s="2" t="s">
+      <c r="L78"/>
+    </row>
+    <row r="79" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C78" s="4">
+      <c r="C79" s="4">
         <v>9775</v>
       </c>
-      <c r="D78" s="4">
+      <c r="D79" s="4">
         <v>8679</v>
       </c>
-      <c r="E78" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H78" s="4">
+      <c r="E79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="4">
         <v>9088</v>
       </c>
-      <c r="I78" s="4">
+      <c r="I79" s="4">
         <v>5454</v>
       </c>
-      <c r="J78" s="4">
+      <c r="J79" s="4">
         <v>4655</v>
       </c>
-      <c r="K78" s="5">
+      <c r="K79" s="5">
         <v>4239</v>
       </c>
-      <c r="L78"/>
-[...2 lines deleted...]
-      <c r="B79" s="29" t="s">
+      <c r="L79"/>
+    </row>
+    <row r="80" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="C79" s="24">
+      <c r="C80" s="24">
         <v>9759</v>
       </c>
-      <c r="D79" s="24">
+      <c r="D80" s="24">
         <v>8672</v>
       </c>
-      <c r="E79" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H79" s="24">
+      <c r="E80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="24">
         <v>9081</v>
       </c>
-      <c r="I79" s="24">
+      <c r="I80" s="24">
         <v>5452</v>
       </c>
-      <c r="J79" s="24">
+      <c r="J80" s="24">
         <v>4644</v>
       </c>
-      <c r="K79" s="26">
+      <c r="K80" s="26">
         <v>4253</v>
       </c>
-      <c r="L79"/>
-[...2 lines deleted...]
-      <c r="B80" s="2" t="s">
+      <c r="L80"/>
+    </row>
+    <row r="81" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C80" s="4">
+      <c r="C81" s="4">
         <v>9733</v>
       </c>
-      <c r="D80" s="4">
+      <c r="D81" s="4">
         <v>8660</v>
       </c>
-      <c r="E80" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H80" s="4">
+      <c r="E81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="4">
         <v>9075</v>
       </c>
-      <c r="I80" s="4">
+      <c r="I81" s="4">
         <v>5450</v>
       </c>
-      <c r="J80" s="4">
+      <c r="J81" s="4">
         <v>4634</v>
       </c>
-      <c r="K80" s="5">
+      <c r="K81" s="5">
         <v>4250</v>
       </c>
-      <c r="L80"/>
-[...2 lines deleted...]
-      <c r="B81" s="29" t="s">
+      <c r="L81"/>
+    </row>
+    <row r="82" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="C81" s="24">
+      <c r="C82" s="24">
         <v>9157</v>
       </c>
-      <c r="D81" s="24">
+      <c r="D82" s="24">
         <v>8170</v>
       </c>
-      <c r="E81" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H81" s="24">
+      <c r="E82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="24">
         <v>8538</v>
       </c>
-      <c r="I81" s="24">
+      <c r="I82" s="24">
         <v>5133</v>
       </c>
-      <c r="J81" s="24">
+      <c r="J82" s="24">
         <v>4358</v>
       </c>
-      <c r="K81" s="26">
+      <c r="K82" s="26">
         <v>3977</v>
       </c>
-      <c r="L81"/>
-[...2 lines deleted...]
-      <c r="B82" s="2" t="s">
+      <c r="L82"/>
+    </row>
+    <row r="83" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C82" s="4">
+      <c r="C83" s="4">
         <v>9141</v>
       </c>
-      <c r="D82" s="4">
+      <c r="D83" s="4">
         <v>8159</v>
       </c>
-      <c r="E82" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H82" s="4">
+      <c r="E83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="4">
         <v>8528</v>
       </c>
-      <c r="I82" s="4">
+      <c r="I83" s="4">
         <v>5130</v>
       </c>
-      <c r="J82" s="4">
+      <c r="J83" s="4">
         <v>4346</v>
       </c>
-      <c r="K82" s="5">
+      <c r="K83" s="5">
         <v>3960</v>
       </c>
-      <c r="L82"/>
-[...2 lines deleted...]
-      <c r="B83" s="29" t="s">
+      <c r="L83"/>
+    </row>
+    <row r="84" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="C83" s="24">
+      <c r="C84" s="24">
         <v>9129</v>
       </c>
-      <c r="D83" s="24">
+      <c r="D84" s="24">
         <v>8154</v>
       </c>
-      <c r="E83" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H83" s="24">
+      <c r="E84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="24">
         <v>8517</v>
       </c>
-      <c r="I83" s="24">
+      <c r="I84" s="24">
         <v>5127</v>
       </c>
-      <c r="J83" s="24">
+      <c r="J84" s="24">
         <v>4335</v>
       </c>
-      <c r="K83" s="26">
+      <c r="K84" s="26">
         <v>3969</v>
       </c>
-      <c r="L83"/>
-[...2 lines deleted...]
-      <c r="B84" s="2" t="s">
+      <c r="L84"/>
+    </row>
+    <row r="85" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C84" s="4">
+      <c r="C85" s="4">
         <v>9104</v>
       </c>
-      <c r="D84" s="4">
+      <c r="D85" s="4">
         <v>8143</v>
       </c>
-      <c r="E84" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H84" s="4">
+      <c r="E85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="4">
         <v>8507</v>
       </c>
-      <c r="I84" s="4">
+      <c r="I85" s="4">
         <v>5093</v>
       </c>
-      <c r="J84" s="4">
+      <c r="J85" s="4">
         <v>4321</v>
       </c>
-      <c r="K84" s="5">
+      <c r="K85" s="5">
         <v>3962</v>
       </c>
-      <c r="L84"/>
-[...2 lines deleted...]
-      <c r="B85" s="29" t="s">
+      <c r="L85"/>
+    </row>
+    <row r="86" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="C85" s="24">
+      <c r="C86" s="24">
         <v>8662</v>
       </c>
-      <c r="D85" s="24">
+      <c r="D86" s="24">
         <v>7802</v>
       </c>
-      <c r="E85" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H85" s="24">
+      <c r="E86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="24">
         <v>8096</v>
       </c>
-      <c r="I85" s="24">
+      <c r="I86" s="24">
         <v>4861</v>
       </c>
-      <c r="J85" s="24">
+      <c r="J86" s="24">
         <v>4123</v>
       </c>
-      <c r="K85" s="26">
+      <c r="K86" s="26">
         <v>3761</v>
       </c>
-      <c r="L85"/>
-[...2 lines deleted...]
-      <c r="B86" s="2" t="s">
+      <c r="L86"/>
+    </row>
+    <row r="87" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C86" s="4">
+      <c r="C87" s="4">
         <v>8646</v>
       </c>
-      <c r="D86" s="4">
+      <c r="D87" s="4">
         <v>7799</v>
       </c>
-      <c r="E86" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H86" s="4">
+      <c r="E87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="4">
         <v>8087</v>
       </c>
-      <c r="I86" s="4">
+      <c r="I87" s="4">
         <v>4859</v>
       </c>
-      <c r="J86" s="4">
+      <c r="J87" s="4">
         <v>4116</v>
       </c>
-      <c r="K86" s="5">
+      <c r="K87" s="5">
         <v>3747</v>
       </c>
-      <c r="L86"/>
-[...2 lines deleted...]
-      <c r="B87" s="29" t="s">
+      <c r="L87"/>
+    </row>
+    <row r="88" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="29" t="s">
         <v>56</v>
       </c>
-      <c r="C87" s="24">
+      <c r="C88" s="24">
         <v>8632</v>
       </c>
-      <c r="D87" s="24">
+      <c r="D88" s="24">
         <v>7798</v>
       </c>
-      <c r="E87" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H87" s="24">
+      <c r="E88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="24">
         <v>8078</v>
       </c>
-      <c r="I87" s="24">
+      <c r="I88" s="24">
         <v>4864</v>
       </c>
-      <c r="J87" s="24">
+      <c r="J88" s="24">
         <v>4107</v>
       </c>
-      <c r="K87" s="26">
+      <c r="K88" s="26">
         <v>3746</v>
       </c>
-      <c r="L87"/>
-[...2 lines deleted...]
-      <c r="B88" s="2" t="s">
+      <c r="L88"/>
+    </row>
+    <row r="89" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C88" s="4">
+      <c r="C89" s="4">
         <v>8608</v>
       </c>
-      <c r="D88" s="4">
+      <c r="D89" s="4">
         <v>7798</v>
       </c>
-      <c r="E88" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H88" s="4">
+      <c r="E89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="4">
         <v>8068</v>
       </c>
-      <c r="I88" s="4">
+      <c r="I89" s="4">
         <v>4848</v>
       </c>
-      <c r="J88" s="4">
+      <c r="J89" s="4">
         <v>4093</v>
       </c>
-      <c r="K88" s="5">
+      <c r="K89" s="5">
         <v>3741</v>
       </c>
-      <c r="L88"/>
-[...2 lines deleted...]
-      <c r="B89" s="29" t="s">
+      <c r="L89"/>
+    </row>
+    <row r="90" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="C89" s="24">
+      <c r="C90" s="24">
         <v>8133</v>
       </c>
-      <c r="D89" s="24">
+      <c r="D90" s="24">
         <v>7379</v>
       </c>
-      <c r="E89" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H89" s="24">
+      <c r="E90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="24">
         <v>7628</v>
       </c>
-      <c r="I89" s="24">
+      <c r="I90" s="24">
         <v>4579</v>
       </c>
-      <c r="J89" s="24">
+      <c r="J90" s="24">
         <v>3862</v>
       </c>
-      <c r="K89" s="26">
+      <c r="K90" s="26">
         <v>3512</v>
       </c>
-      <c r="L89"/>
-[...2 lines deleted...]
-      <c r="B90" s="2" t="s">
+      <c r="L90"/>
+    </row>
+    <row r="91" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C90" s="4">
+      <c r="C91" s="4">
         <v>8119</v>
       </c>
-      <c r="D90" s="4">
+      <c r="D91" s="4">
         <v>7380</v>
       </c>
-      <c r="E90" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H90" s="4">
+      <c r="E91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="4">
         <v>7622</v>
       </c>
-      <c r="I90" s="4">
+      <c r="I91" s="4">
         <v>4578</v>
       </c>
-      <c r="J90" s="4">
+      <c r="J91" s="4">
         <v>3857</v>
       </c>
-      <c r="K90" s="5">
+      <c r="K91" s="5">
         <v>3503</v>
       </c>
-      <c r="L90"/>
-[...2 lines deleted...]
-      <c r="B91" s="29" t="s">
+      <c r="L91"/>
+    </row>
+    <row r="92" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="29" t="s">
         <v>60</v>
       </c>
-      <c r="C91" s="24">
+      <c r="C92" s="24">
         <v>8104</v>
       </c>
-      <c r="D91" s="24">
+      <c r="D92" s="24">
         <v>7384</v>
       </c>
-      <c r="E91" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H91" s="24">
+      <c r="E92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="24">
         <v>7616</v>
       </c>
-      <c r="I91" s="24">
+      <c r="I92" s="24">
         <v>4585</v>
       </c>
-      <c r="J91" s="24">
+      <c r="J92" s="24">
         <v>3848</v>
       </c>
-      <c r="K91" s="26">
+      <c r="K92" s="26">
         <v>3502</v>
       </c>
-      <c r="L91"/>
-[...2 lines deleted...]
-      <c r="B92" s="2" t="s">
+      <c r="L92"/>
+    </row>
+    <row r="93" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C92" s="4">
+      <c r="C93" s="4">
         <v>8074</v>
       </c>
-      <c r="D92" s="4">
+      <c r="D93" s="4">
         <v>7386</v>
       </c>
-      <c r="E92" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H92" s="4">
+      <c r="E93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="4">
         <v>7608</v>
       </c>
-      <c r="I92" s="4">
+      <c r="I93" s="4">
         <v>4581</v>
       </c>
-      <c r="J92" s="4">
+      <c r="J93" s="4">
         <v>3841</v>
       </c>
-      <c r="K92" s="5">
+      <c r="K93" s="5">
         <v>3497</v>
       </c>
-      <c r="L92"/>
-[...2 lines deleted...]
-      <c r="B93" s="29" t="s">
+      <c r="L93"/>
+    </row>
+    <row r="94" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="C93" s="24">
+      <c r="C94" s="24">
         <v>7902</v>
       </c>
-      <c r="D93" s="24">
+      <c r="D94" s="24">
         <v>7241</v>
       </c>
-      <c r="E93" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H93" s="24">
+      <c r="E94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="24">
         <v>7449</v>
       </c>
-      <c r="I93" s="24">
+      <c r="I94" s="24">
         <v>4501</v>
       </c>
-      <c r="J93" s="24">
+      <c r="J94" s="24">
         <v>3770</v>
       </c>
-      <c r="K93" s="26">
+      <c r="K94" s="26">
         <v>3426</v>
       </c>
-      <c r="L93"/>
-[...2 lines deleted...]
-      <c r="B94" s="2" t="s">
+      <c r="L94"/>
+    </row>
+    <row r="95" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C94" s="4">
+      <c r="C95" s="4">
         <v>7897</v>
       </c>
-      <c r="D94" s="4">
+      <c r="D95" s="4">
         <v>7246</v>
       </c>
-      <c r="E94" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H94" s="4">
+      <c r="E95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="4">
         <v>7443</v>
       </c>
-      <c r="I94" s="4">
+      <c r="I95" s="4">
         <v>4503</v>
       </c>
-      <c r="J94" s="4">
+      <c r="J95" s="4">
         <v>3764</v>
       </c>
-      <c r="K94" s="5">
+      <c r="K95" s="5">
         <v>3414</v>
       </c>
-      <c r="L94"/>
-[...2 lines deleted...]
-      <c r="B95" s="29" t="s">
+      <c r="L95"/>
+    </row>
+    <row r="96" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="C95" s="24">
+      <c r="C96" s="24">
         <v>7888</v>
       </c>
-      <c r="D95" s="24">
+      <c r="D96" s="24">
         <v>7249</v>
       </c>
-      <c r="E95" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H95" s="24">
+      <c r="E96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="24">
         <v>7438</v>
       </c>
-      <c r="I95" s="24">
+      <c r="I96" s="24">
         <v>4512</v>
       </c>
-      <c r="J95" s="24">
+      <c r="J96" s="24">
         <v>3755</v>
       </c>
-      <c r="K95" s="26">
+      <c r="K96" s="26">
         <v>3414</v>
       </c>
-      <c r="L95"/>
-[...2 lines deleted...]
-      <c r="B96" s="2" t="s">
+      <c r="L96"/>
+    </row>
+    <row r="97" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C96" s="4">
+      <c r="C97" s="4">
         <v>7877</v>
       </c>
-      <c r="D96" s="4">
+      <c r="D97" s="4">
         <v>7257</v>
       </c>
-      <c r="E96" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H96" s="4">
+      <c r="E97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="4">
         <v>7431</v>
       </c>
-      <c r="I96" s="4">
+      <c r="I97" s="4">
         <v>4503</v>
       </c>
-      <c r="J96" s="4">
+      <c r="J97" s="4">
         <v>3743</v>
       </c>
-      <c r="K96" s="5">
+      <c r="K97" s="5">
         <v>3410</v>
       </c>
-      <c r="L96"/>
-[...2 lines deleted...]
-      <c r="B97" s="29" t="s">
+      <c r="L97"/>
+    </row>
+    <row r="98" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="29" t="s">
         <v>66</v>
       </c>
-      <c r="C97" s="24">
+      <c r="C98" s="24">
         <v>7622</v>
       </c>
-      <c r="D97" s="24">
+      <c r="D98" s="24">
         <v>7044</v>
       </c>
-      <c r="E97" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H97" s="24">
+      <c r="E98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="24">
         <v>7192</v>
       </c>
-      <c r="I97" s="24">
+      <c r="I98" s="24">
         <v>4382</v>
       </c>
-      <c r="J97" s="24">
+      <c r="J98" s="24">
         <v>3651</v>
       </c>
-      <c r="K97" s="26">
+      <c r="K98" s="26">
         <v>3313</v>
       </c>
-      <c r="L97"/>
-[...2 lines deleted...]
-      <c r="B98" s="2" t="s">
+      <c r="L98"/>
+    </row>
+    <row r="99" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C98" s="4">
+      <c r="C99" s="4">
         <v>7618</v>
       </c>
-      <c r="D98" s="4">
+      <c r="D99" s="4">
         <v>7051</v>
       </c>
-      <c r="E98" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H98" s="4">
+      <c r="E99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="4">
         <v>7188</v>
       </c>
-      <c r="I98" s="4">
+      <c r="I99" s="4">
         <v>4384</v>
       </c>
-      <c r="J98" s="4">
+      <c r="J99" s="4">
         <v>3652</v>
       </c>
-      <c r="K98" s="5">
+      <c r="K99" s="5">
         <v>3306</v>
       </c>
-      <c r="L98"/>
-[...2 lines deleted...]
-      <c r="B99" s="29" t="s">
+      <c r="L99"/>
+    </row>
+    <row r="100" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="29" t="s">
         <v>68</v>
       </c>
-      <c r="C99" s="24">
+      <c r="C100" s="24">
         <v>7610</v>
       </c>
-      <c r="D99" s="24">
+      <c r="D100" s="24">
         <v>7054</v>
       </c>
-      <c r="E99" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H99" s="24">
+      <c r="E100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="24">
         <v>7184</v>
       </c>
-      <c r="I99" s="24">
+      <c r="I100" s="24">
         <v>4396</v>
       </c>
-      <c r="J99" s="24">
+      <c r="J100" s="24">
         <v>3640</v>
       </c>
-      <c r="K99" s="26">
+      <c r="K100" s="26">
         <v>3301</v>
       </c>
-      <c r="L99"/>
-[...2 lines deleted...]
-      <c r="B100" s="2" t="s">
+      <c r="L100"/>
+    </row>
+    <row r="101" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C100" s="4">
+      <c r="C101" s="4">
         <v>7600</v>
       </c>
-      <c r="D100" s="4">
+      <c r="D101" s="4">
         <v>7062</v>
       </c>
-      <c r="E100" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H100" s="4">
+      <c r="E101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="4">
         <v>7180</v>
       </c>
-      <c r="I100" s="4">
+      <c r="I101" s="4">
         <v>4398</v>
       </c>
-      <c r="J100" s="4">
+      <c r="J101" s="4">
         <v>3632</v>
       </c>
-      <c r="K100" s="5">
+      <c r="K101" s="5">
         <v>3297</v>
       </c>
-      <c r="L100"/>
-[...2 lines deleted...]
-      <c r="B101" s="29" t="s">
+      <c r="L101"/>
+    </row>
+    <row r="102" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="C101" s="24">
+      <c r="C102" s="24">
         <v>7590</v>
       </c>
-      <c r="D101" s="24">
+      <c r="D102" s="24">
         <v>7074</v>
       </c>
-      <c r="E101" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H101" s="24">
+      <c r="E102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="24">
         <v>7172</v>
       </c>
-      <c r="I101" s="24">
+      <c r="I102" s="24">
         <v>4399</v>
       </c>
-      <c r="J101" s="24">
+      <c r="J102" s="24">
         <v>3620</v>
       </c>
-      <c r="K101" s="26">
+      <c r="K102" s="26">
         <v>3274</v>
       </c>
-      <c r="L101"/>
-[...2 lines deleted...]
-      <c r="B102" s="2" t="s">
+      <c r="L102"/>
+    </row>
+    <row r="103" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C102" s="4">
+      <c r="C103" s="4">
         <v>7017</v>
       </c>
-      <c r="D102" s="4">
+      <c r="D103" s="4">
         <v>6652</v>
       </c>
-      <c r="E102" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H102" s="4">
+      <c r="E103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="4">
         <v>6638</v>
       </c>
-      <c r="I102" s="4">
+      <c r="I103" s="4">
         <v>4135</v>
       </c>
-      <c r="J102" s="4">
+      <c r="J103" s="4">
         <v>3430</v>
       </c>
-      <c r="K102" s="5">
+      <c r="K103" s="5">
         <v>3096</v>
       </c>
-      <c r="L102"/>
-[...2 lines deleted...]
-      <c r="B103" s="29" t="s">
+      <c r="L103"/>
+    </row>
+    <row r="104" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="C103" s="24">
+      <c r="C104" s="24">
         <v>7010</v>
       </c>
-      <c r="D103" s="24">
+      <c r="D104" s="24">
         <v>6656</v>
       </c>
-      <c r="E103" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H103" s="24">
+      <c r="E104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="24">
         <v>6632</v>
       </c>
-      <c r="I103" s="24">
+      <c r="I104" s="24">
         <v>4142</v>
       </c>
-      <c r="J103" s="24">
+      <c r="J104" s="24">
         <v>3412</v>
       </c>
-      <c r="K103" s="26">
+      <c r="K104" s="26">
         <v>3096</v>
       </c>
-      <c r="L103"/>
-[...2 lines deleted...]
-      <c r="B104" s="2" t="s">
+      <c r="L104"/>
+    </row>
+    <row r="105" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C104" s="4">
+      <c r="C105" s="4">
         <v>7001</v>
       </c>
-      <c r="D104" s="4">
+      <c r="D105" s="4">
         <v>6657</v>
       </c>
-      <c r="E104" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H104" s="4">
+      <c r="E105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="4">
         <v>6625</v>
       </c>
-      <c r="I104" s="4">
+      <c r="I105" s="4">
         <v>4133</v>
       </c>
-      <c r="J104" s="4">
+      <c r="J105" s="4">
         <v>3400</v>
       </c>
-      <c r="K104" s="5">
+      <c r="K105" s="5">
         <v>3086</v>
       </c>
-      <c r="L104"/>
-[...2 lines deleted...]
-      <c r="B105" s="29" t="s">
+      <c r="L105"/>
+    </row>
+    <row r="106" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="C105" s="24">
+      <c r="C106" s="24">
         <v>6995</v>
       </c>
-      <c r="D105" s="24">
+      <c r="D106" s="24">
         <v>6650</v>
       </c>
-      <c r="E105" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H105" s="24">
+      <c r="E106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="24">
         <v>6611</v>
       </c>
-      <c r="I105" s="24">
+      <c r="I106" s="24">
         <v>4132</v>
       </c>
-      <c r="J105" s="24">
+      <c r="J106" s="24">
         <v>3378</v>
       </c>
-      <c r="K105" s="26">
+      <c r="K106" s="26">
         <v>3064</v>
       </c>
-      <c r="L105"/>
-[...2 lines deleted...]
-      <c r="B106" s="2" t="s">
+      <c r="L106"/>
+    </row>
+    <row r="107" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C106" s="4">
+      <c r="C107" s="4">
         <v>6585</v>
       </c>
-      <c r="D106" s="4">
+      <c r="D107" s="4">
         <v>6397</v>
       </c>
-      <c r="E106" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H106" s="4">
+      <c r="E107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="4">
         <v>6222</v>
       </c>
-      <c r="I106" s="4">
+      <c r="I107" s="4">
         <v>3948</v>
       </c>
-      <c r="J106" s="4">
+      <c r="J107" s="4">
         <v>3247</v>
       </c>
-      <c r="K106" s="5">
+      <c r="K107" s="5">
         <v>2942</v>
       </c>
-      <c r="L106"/>
-[...2 lines deleted...]
-      <c r="B107" s="29" t="s">
+      <c r="L107"/>
+    </row>
+    <row r="108" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="C107" s="24">
+      <c r="C108" s="24">
         <v>6577</v>
       </c>
-      <c r="D107" s="24">
+      <c r="D108" s="24">
         <v>6402</v>
       </c>
-      <c r="E107" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H107" s="24">
+      <c r="E108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="24">
         <v>6213</v>
       </c>
-      <c r="I107" s="24">
+      <c r="I108" s="24">
         <v>3953</v>
       </c>
-      <c r="J107" s="24">
+      <c r="J108" s="24">
         <v>3234</v>
       </c>
-      <c r="K107" s="26">
+      <c r="K108" s="26">
         <v>2935</v>
       </c>
-      <c r="L107"/>
-[...2 lines deleted...]
-      <c r="B108" s="3" t="s">
+      <c r="L108"/>
+    </row>
+    <row r="109" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B109" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C108" s="6">
+      <c r="C109" s="6">
         <v>6566</v>
       </c>
-      <c r="D108" s="6">
+      <c r="D109" s="6">
         <v>6400</v>
       </c>
-      <c r="E108" s="13" t="s">
-[...8 lines deleted...]
-      <c r="H108" s="6">
+      <c r="E109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H109" s="6">
         <v>6203</v>
       </c>
-      <c r="I108" s="6">
+      <c r="I109" s="6">
         <v>3949</v>
       </c>
-      <c r="J108" s="6">
+      <c r="J109" s="6">
         <v>3222</v>
       </c>
-      <c r="K108" s="7">
+      <c r="K109" s="7">
         <v>2928</v>
       </c>
-      <c r="L108"/>
+      <c r="L109"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:L108"/>
+  <dimension ref="B1:L109"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A14" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="20.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="9" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="8"/>
     </row>
     <row r="4" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="20"/>
-      <c r="C4" s="127" t="s">
+      <c r="C4" s="128" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="127" t="s">
+      <c r="D4" s="128" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="131" t="s">
+      <c r="E4" s="132" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="132"/>
-[...3 lines deleted...]
-      <c r="J4" s="134" t="s">
+      <c r="F4" s="133"/>
+      <c r="G4" s="133"/>
+      <c r="H4" s="133"/>
+      <c r="I4" s="134"/>
+      <c r="J4" s="135" t="s">
         <v>27</v>
       </c>
-      <c r="K4" s="129" t="s">
+      <c r="K4" s="130" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
     </row>
     <row r="5" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="21"/>
-      <c r="C5" s="128"/>
-      <c r="D5" s="128"/>
+      <c r="C5" s="129"/>
+      <c r="D5" s="129"/>
       <c r="E5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="J5" s="135"/>
-      <c r="K5" s="130"/>
+      <c r="J5" s="136"/>
+      <c r="K5" s="131"/>
       <c r="L5"/>
     </row>
     <row r="6" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="140" t="s">
+      <c r="B6" s="141" t="s">
+        <v>165</v>
+      </c>
+      <c r="C6" s="24">
+        <v>19912</v>
+      </c>
+      <c r="D6" s="24">
+        <v>18426</v>
+      </c>
+      <c r="E6" s="24">
+        <v>9867</v>
+      </c>
+      <c r="F6" s="24">
+        <v>11654</v>
+      </c>
+      <c r="G6" s="24">
+        <v>17224</v>
+      </c>
+      <c r="H6" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="24">
+        <v>13281</v>
+      </c>
+      <c r="K6" s="26">
+        <v>10802</v>
+      </c>
+      <c r="L6"/>
+    </row>
+    <row r="7" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="C6" s="59">
+      <c r="C7" s="59">
         <v>19892</v>
       </c>
-      <c r="D6" s="59">
+      <c r="D7" s="59">
         <v>18397</v>
       </c>
-      <c r="E6" s="59">
+      <c r="E7" s="59">
         <v>9886</v>
       </c>
-      <c r="F6" s="59">
+      <c r="F7" s="59">
         <v>11667</v>
       </c>
-      <c r="G6" s="59">
+      <c r="G7" s="59">
         <v>17228</v>
       </c>
-      <c r="H6" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="59">
+      <c r="H7" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="59">
         <v>13272</v>
       </c>
-      <c r="K6" s="61">
+      <c r="K7" s="61">
         <v>10739</v>
       </c>
-      <c r="L6"/>
-[...2 lines deleted...]
-      <c r="B7" s="126" t="s">
+      <c r="L7"/>
+    </row>
+    <row r="8" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="126" t="s">
         <v>163</v>
       </c>
-      <c r="C7" s="24">
+      <c r="C8" s="24">
         <v>19870</v>
       </c>
-      <c r="D7" s="24">
+      <c r="D8" s="24">
         <v>18367</v>
       </c>
-      <c r="E7" s="24">
+      <c r="E8" s="24">
         <v>9906</v>
       </c>
-      <c r="F7" s="24">
+      <c r="F8" s="24">
         <v>11678</v>
       </c>
-      <c r="G7" s="24">
+      <c r="G8" s="24">
         <v>17214</v>
       </c>
-      <c r="H7" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J7" s="24">
+      <c r="H8" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="24">
         <v>13307</v>
       </c>
-      <c r="K7" s="26">
+      <c r="K8" s="26">
         <v>10797</v>
       </c>
-      <c r="L7"/>
-[...2 lines deleted...]
-      <c r="B8" s="125" t="s">
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="125" t="s">
         <v>162</v>
       </c>
-      <c r="C8" s="59">
+      <c r="C9" s="59">
         <v>19852</v>
       </c>
-      <c r="D8" s="59">
+      <c r="D9" s="59">
         <v>18338</v>
       </c>
-      <c r="E8" s="59">
+      <c r="E9" s="59">
         <v>9931</v>
       </c>
-      <c r="F8" s="59">
+      <c r="F9" s="59">
         <v>11686</v>
       </c>
-      <c r="G8" s="59">
+      <c r="G9" s="59">
         <v>17222</v>
       </c>
-      <c r="H8" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J8" s="59">
+      <c r="H9" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="59">
         <v>13334</v>
       </c>
-      <c r="K8" s="61">
+      <c r="K9" s="61">
         <v>10818</v>
       </c>
-      <c r="L8"/>
-[...2 lines deleted...]
-      <c r="B9" s="124" t="s">
+      <c r="L9"/>
+    </row>
+    <row r="10" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="124" t="s">
         <v>161</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C10" s="24">
         <v>19493</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D10" s="24">
         <v>17979</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E10" s="24">
         <v>9656</v>
       </c>
-      <c r="F9" s="24">
+      <c r="F10" s="24">
         <v>11389</v>
       </c>
-      <c r="G9" s="24">
+      <c r="G10" s="24">
         <v>16889</v>
       </c>
-      <c r="H9" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J9" s="24">
+      <c r="H10" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="24">
         <v>13044</v>
       </c>
-      <c r="K9" s="26">
+      <c r="K10" s="26">
         <v>10555</v>
       </c>
-      <c r="L9"/>
-[...2 lines deleted...]
-      <c r="B10" s="123" t="s">
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="123" t="s">
         <v>160</v>
       </c>
-      <c r="C10" s="59">
+      <c r="C11" s="59">
         <v>19488</v>
       </c>
-      <c r="D10" s="59">
+      <c r="D11" s="59">
         <v>17966</v>
       </c>
-      <c r="E10" s="59">
+      <c r="E11" s="59">
         <v>9678</v>
       </c>
-      <c r="F10" s="59">
+      <c r="F11" s="59">
         <v>11391</v>
       </c>
-      <c r="G10" s="59">
+      <c r="G11" s="59">
         <v>16884</v>
       </c>
-      <c r="H10" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J10" s="59">
+      <c r="H11" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="59">
         <v>13028</v>
       </c>
-      <c r="K10" s="61">
+      <c r="K11" s="61">
         <v>10518</v>
       </c>
-      <c r="L10"/>
-[...2 lines deleted...]
-      <c r="B11" s="122" t="s">
+      <c r="L11"/>
+    </row>
+    <row r="12" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="122" t="s">
         <v>159</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C12" s="24">
         <v>19470</v>
       </c>
-      <c r="D11" s="24">
+      <c r="D12" s="24">
         <v>17918</v>
       </c>
-      <c r="E11" s="24">
+      <c r="E12" s="24">
         <v>9708</v>
       </c>
-      <c r="F11" s="24">
+      <c r="F12" s="24">
         <v>11399</v>
       </c>
-      <c r="G11" s="24">
+      <c r="G12" s="24">
         <v>16884</v>
       </c>
-      <c r="H11" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J11" s="24">
+      <c r="H12" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="24">
         <v>13045</v>
       </c>
-      <c r="K11" s="26">
+      <c r="K12" s="26">
         <v>10578</v>
       </c>
-      <c r="L11"/>
-[...2 lines deleted...]
-      <c r="B12" s="121" t="s">
+      <c r="L12"/>
+    </row>
+    <row r="13" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="121" t="s">
         <v>158</v>
       </c>
-      <c r="C12" s="59">
+      <c r="C13" s="59">
         <v>19443</v>
       </c>
-      <c r="D12" s="59">
+      <c r="D13" s="59">
         <v>17849</v>
       </c>
-      <c r="E12" s="59">
+      <c r="E13" s="59">
         <v>9746</v>
       </c>
-      <c r="F12" s="59">
+      <c r="F13" s="59">
         <v>11414</v>
       </c>
-      <c r="G12" s="59">
+      <c r="G13" s="59">
         <v>16896</v>
       </c>
-      <c r="H12" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J12" s="59">
+      <c r="H13" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="59">
         <v>13062</v>
       </c>
-      <c r="K12" s="61">
+      <c r="K13" s="61">
         <v>10611</v>
       </c>
-      <c r="L12"/>
-[...2 lines deleted...]
-      <c r="B13" s="120" t="s">
+      <c r="L13"/>
+    </row>
+    <row r="14" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="120" t="s">
         <v>157</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C14" s="24">
         <v>19063</v>
       </c>
-      <c r="D13" s="24">
+      <c r="D14" s="24">
         <v>17401</v>
       </c>
-      <c r="E13" s="24">
+      <c r="E14" s="24">
         <v>9419</v>
       </c>
-      <c r="F13" s="24">
+      <c r="F14" s="24">
         <v>11068</v>
       </c>
-      <c r="G13" s="24">
+      <c r="G14" s="24">
         <v>16532</v>
       </c>
-      <c r="H13" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J13" s="24">
+      <c r="H14" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="24">
         <v>12724</v>
       </c>
-      <c r="K13" s="26">
+      <c r="K14" s="26">
         <v>10267</v>
       </c>
-      <c r="L13"/>
-[...2 lines deleted...]
-      <c r="B14" s="119" t="s">
+      <c r="L14"/>
+    </row>
+    <row r="15" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="C14" s="59">
+      <c r="C15" s="59">
         <v>19054</v>
       </c>
-      <c r="D14" s="59">
+      <c r="D15" s="59">
         <v>17347</v>
       </c>
-      <c r="E14" s="59">
+      <c r="E15" s="59">
         <v>9453</v>
       </c>
-      <c r="F14" s="59">
+      <c r="F15" s="59">
         <v>11085</v>
       </c>
-      <c r="G14" s="59">
+      <c r="G15" s="59">
         <v>16540</v>
       </c>
-      <c r="H14" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="59">
+      <c r="H15" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="59">
         <v>12757</v>
       </c>
-      <c r="K14" s="61">
+      <c r="K15" s="61">
         <v>10244</v>
       </c>
-      <c r="L14"/>
-[...2 lines deleted...]
-      <c r="B15" s="118" t="s">
+      <c r="L15"/>
+    </row>
+    <row r="16" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="118" t="s">
         <v>155</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C16" s="24">
         <v>19038</v>
       </c>
-      <c r="D15" s="24">
+      <c r="D16" s="24">
         <v>17284</v>
       </c>
-      <c r="E15" s="24">
+      <c r="E16" s="24">
         <v>9489</v>
       </c>
-      <c r="F15" s="24">
+      <c r="F16" s="24">
         <v>11101</v>
       </c>
-      <c r="G15" s="24">
+      <c r="G16" s="24">
         <v>16556</v>
       </c>
-      <c r="H15" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="24">
+      <c r="H16" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="24">
         <v>12787</v>
       </c>
-      <c r="K15" s="26">
+      <c r="K16" s="26">
         <v>10306</v>
       </c>
-      <c r="L15"/>
-[...2 lines deleted...]
-      <c r="B16" s="116" t="s">
+      <c r="L16"/>
+    </row>
+    <row r="17" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="116" t="s">
         <v>154</v>
       </c>
-      <c r="C16" s="59">
+      <c r="C17" s="59">
         <v>18290</v>
       </c>
-      <c r="D16" s="59">
+      <c r="D17" s="59">
         <v>16531</v>
       </c>
-      <c r="E16" s="59">
+      <c r="E17" s="59">
         <v>8990</v>
       </c>
-      <c r="F16" s="59">
+      <c r="F17" s="59">
         <v>10559</v>
       </c>
-      <c r="G16" s="59">
+      <c r="G17" s="59">
         <v>15896</v>
       </c>
-      <c r="H16" s="117" t="s">
-[...5 lines deleted...]
-      <c r="J16" s="59">
+      <c r="H17" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="59">
         <v>12215</v>
       </c>
-      <c r="K16" s="61">
+      <c r="K17" s="61">
         <v>9786</v>
       </c>
-      <c r="L16"/>
-[...2 lines deleted...]
-      <c r="B17" s="115" t="s">
+      <c r="L17"/>
+    </row>
+    <row r="18" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="115" t="s">
         <v>153</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C18" s="24">
         <v>16484</v>
       </c>
-      <c r="D17" s="24">
+      <c r="D18" s="24">
         <v>14760</v>
       </c>
-      <c r="E17" s="24">
+      <c r="E18" s="24">
         <v>8620</v>
       </c>
-      <c r="F17" s="24">
+      <c r="F18" s="24">
         <v>10101</v>
       </c>
-      <c r="G17" s="24">
+      <c r="G18" s="24">
         <v>15166</v>
       </c>
-      <c r="H17" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="24">
+      <c r="H18" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="24">
         <v>11681</v>
       </c>
-      <c r="K17" s="26">
+      <c r="K18" s="26">
         <v>9362</v>
       </c>
-      <c r="L17"/>
-[...2 lines deleted...]
-      <c r="B18" s="113" t="s">
+      <c r="L18"/>
+    </row>
+    <row r="19" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="113" t="s">
         <v>152</v>
       </c>
-      <c r="C18" s="59">
+      <c r="C19" s="59">
         <v>16447</v>
       </c>
-      <c r="D18" s="59">
+      <c r="D19" s="59">
         <v>14727</v>
       </c>
-      <c r="E18" s="59">
+      <c r="E19" s="59">
         <v>8640</v>
       </c>
-      <c r="F18" s="59">
+      <c r="F19" s="59">
         <v>10105</v>
       </c>
-      <c r="G18" s="59">
+      <c r="G19" s="59">
         <v>15151</v>
       </c>
-      <c r="H18" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="59">
+      <c r="H19" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="59">
         <v>11679</v>
       </c>
-      <c r="K18" s="61">
+      <c r="K19" s="61">
         <v>9323</v>
       </c>
-      <c r="L18"/>
-[...2 lines deleted...]
-      <c r="B19" s="98" t="s">
+      <c r="L19"/>
+    </row>
+    <row r="20" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="98" t="s">
         <v>151</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C20" s="24">
         <v>15788</v>
       </c>
-      <c r="D19" s="79">
+      <c r="D20" s="79">
         <v>14164</v>
       </c>
-      <c r="E19" s="24">
+      <c r="E20" s="24">
         <v>8415</v>
       </c>
-      <c r="F19" s="24">
+      <c r="F20" s="24">
         <v>9798</v>
       </c>
-      <c r="G19" s="24">
+      <c r="G20" s="24">
         <v>14582</v>
       </c>
-      <c r="H19" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J19" s="24">
+      <c r="H20" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="24">
         <v>11291</v>
       </c>
-      <c r="K19" s="26">
+      <c r="K20" s="26">
         <v>9090</v>
       </c>
-      <c r="L19"/>
-[...2 lines deleted...]
-      <c r="B20" s="109" t="s">
+      <c r="L20"/>
+    </row>
+    <row r="21" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="109" t="s">
         <v>150</v>
       </c>
-      <c r="C20" s="107">
+      <c r="C21" s="107">
         <v>14859</v>
       </c>
-      <c r="D20" s="104">
+      <c r="D21" s="104">
         <v>13364</v>
       </c>
-      <c r="E20" s="107">
+      <c r="E21" s="107">
         <v>8083</v>
       </c>
-      <c r="F20" s="107">
+      <c r="F21" s="107">
         <v>9351</v>
       </c>
-      <c r="G20" s="107">
+      <c r="G21" s="107">
         <v>13775</v>
       </c>
-      <c r="H20" s="112" t="s">
-[...5 lines deleted...]
-      <c r="J20" s="107">
+      <c r="H21" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="107">
         <v>10741</v>
       </c>
-      <c r="K20" s="108">
+      <c r="K21" s="108">
         <v>8703</v>
       </c>
-      <c r="L20"/>
-[...2 lines deleted...]
-      <c r="B21" s="98" t="s">
+      <c r="L21"/>
+    </row>
+    <row r="22" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="98" t="s">
         <v>149</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C22" s="24">
         <v>14060</v>
       </c>
-      <c r="D21" s="79">
+      <c r="D22" s="79">
         <v>12562</v>
       </c>
-      <c r="E21" s="24">
+      <c r="E22" s="24">
         <v>7392</v>
       </c>
-      <c r="F21" s="24">
+      <c r="F22" s="24">
         <v>8638</v>
       </c>
-      <c r="G21" s="24">
+      <c r="G22" s="24">
         <v>13000</v>
       </c>
-      <c r="H21" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J21" s="24">
+      <c r="H22" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="24">
         <v>10024</v>
       </c>
-      <c r="K21" s="26">
+      <c r="K22" s="26">
         <v>8000</v>
       </c>
-      <c r="L21"/>
-[...2 lines deleted...]
-      <c r="B22" s="101" t="s">
+      <c r="L22"/>
+    </row>
+    <row r="23" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="101" t="s">
         <v>145</v>
       </c>
-      <c r="C22" s="59">
+      <c r="C23" s="59">
         <v>14048</v>
       </c>
-      <c r="D22" s="59">
+      <c r="D23" s="59">
         <v>12535</v>
       </c>
-      <c r="E22" s="59">
+      <c r="E23" s="59">
         <v>7400</v>
       </c>
-      <c r="F22" s="59">
+      <c r="F23" s="59">
         <v>8634</v>
       </c>
-      <c r="G22" s="59">
+      <c r="G23" s="59">
         <v>13002</v>
       </c>
-      <c r="H22" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J22" s="59">
+      <c r="H23" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="59">
         <v>10034</v>
       </c>
-      <c r="K22" s="61">
+      <c r="K23" s="61">
         <v>7962</v>
       </c>
-      <c r="L22"/>
-[...2 lines deleted...]
-      <c r="B23" s="100" t="s">
+      <c r="L23"/>
+    </row>
+    <row r="24" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="100" t="s">
         <v>144</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C24" s="24">
         <v>14022</v>
       </c>
-      <c r="D23" s="24">
+      <c r="D24" s="24">
         <v>12508</v>
       </c>
-      <c r="E23" s="24">
+      <c r="E24" s="24">
         <v>7414</v>
       </c>
-      <c r="F23" s="24">
+      <c r="F24" s="24">
         <v>8637</v>
       </c>
-      <c r="G23" s="24">
+      <c r="G24" s="24">
         <v>13010</v>
       </c>
-      <c r="H23" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="24">
+      <c r="H24" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="24">
         <v>10022</v>
       </c>
-      <c r="K23" s="26">
+      <c r="K24" s="26">
         <v>8000</v>
       </c>
-      <c r="L23"/>
-[...2 lines deleted...]
-      <c r="B24" s="99" t="s">
+      <c r="L24"/>
+    </row>
+    <row r="25" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="99" t="s">
         <v>143</v>
       </c>
-      <c r="C24" s="59">
+      <c r="C25" s="59">
         <v>13985</v>
       </c>
-      <c r="D24" s="59">
+      <c r="D25" s="59">
         <v>12463</v>
       </c>
-      <c r="E24" s="59">
+      <c r="E25" s="59">
         <v>7426</v>
       </c>
-      <c r="F24" s="59">
+      <c r="F25" s="59">
         <v>8633</v>
       </c>
-      <c r="G24" s="59">
+      <c r="G25" s="59">
         <v>13017</v>
       </c>
-      <c r="H24" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="59">
+      <c r="H25" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="59">
         <v>10014</v>
       </c>
-      <c r="K24" s="61">
+      <c r="K25" s="61">
         <v>8010</v>
       </c>
-      <c r="L24"/>
-[...2 lines deleted...]
-      <c r="B25" s="98" t="s">
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="98" t="s">
         <v>142</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C26" s="24">
         <v>13204</v>
       </c>
-      <c r="D25" s="24">
+      <c r="D26" s="24">
         <v>11768</v>
       </c>
-      <c r="E25" s="24">
+      <c r="E26" s="24">
         <v>7116</v>
       </c>
-      <c r="F25" s="24">
+      <c r="F26" s="24">
         <v>8237</v>
       </c>
-      <c r="G25" s="24">
+      <c r="G26" s="24">
         <v>12331</v>
       </c>
-      <c r="H25" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="24">
+      <c r="H26" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="24">
         <v>9529</v>
       </c>
-      <c r="K25" s="26">
+      <c r="K26" s="26">
         <v>7644</v>
       </c>
-      <c r="L25"/>
-[...2 lines deleted...]
-      <c r="B26" s="97" t="s">
+      <c r="L26"/>
+    </row>
+    <row r="27" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="C26" s="59">
+      <c r="C27" s="59">
         <v>13173</v>
       </c>
-      <c r="D26" s="59">
+      <c r="D27" s="59">
         <v>11743</v>
       </c>
-      <c r="E26" s="59">
+      <c r="E27" s="59">
         <v>7124</v>
       </c>
-      <c r="F26" s="59">
+      <c r="F27" s="59">
         <v>8238</v>
       </c>
-      <c r="G26" s="59">
+      <c r="G27" s="59">
         <v>12328</v>
       </c>
-      <c r="H26" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J26" s="59">
+      <c r="H27" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="59">
         <v>9536</v>
       </c>
-      <c r="K26" s="61">
+      <c r="K27" s="61">
         <v>7610</v>
       </c>
-      <c r="L26"/>
-[...2 lines deleted...]
-      <c r="B27" s="96" t="s">
+      <c r="L27"/>
+    </row>
+    <row r="28" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C27" s="24">
+      <c r="C28" s="24">
         <v>13159</v>
       </c>
-      <c r="D27" s="24">
+      <c r="D28" s="24">
         <v>11718</v>
       </c>
-      <c r="E27" s="24">
+      <c r="E28" s="24">
         <v>7127</v>
       </c>
-      <c r="F27" s="24">
+      <c r="F28" s="24">
         <v>8235</v>
       </c>
-      <c r="G27" s="24">
+      <c r="G28" s="24">
         <v>12329</v>
       </c>
-      <c r="H27" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J27" s="24">
+      <c r="H28" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="24">
         <v>9518</v>
       </c>
-      <c r="K27" s="26">
+      <c r="K28" s="26">
         <v>7631</v>
       </c>
-      <c r="L27"/>
-[...2 lines deleted...]
-      <c r="B28" s="92" t="s">
+      <c r="L28"/>
+    </row>
+    <row r="29" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="92" t="s">
         <v>136</v>
       </c>
-      <c r="C28" s="59">
+      <c r="C29" s="59">
         <v>13141</v>
       </c>
-      <c r="D28" s="59">
+      <c r="D29" s="59">
         <v>11698</v>
       </c>
-      <c r="E28" s="59">
+      <c r="E29" s="59">
         <v>7133</v>
       </c>
-      <c r="F28" s="59">
+      <c r="F29" s="59">
         <v>8229</v>
       </c>
-      <c r="G28" s="59">
+      <c r="G29" s="59">
         <v>12326</v>
       </c>
-      <c r="H28" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="59">
+      <c r="H29" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="59">
         <v>9525</v>
       </c>
-      <c r="K28" s="61">
+      <c r="K29" s="61">
         <v>7640</v>
       </c>
-      <c r="L28"/>
-[...2 lines deleted...]
-      <c r="B29" s="91" t="s">
+      <c r="L29"/>
+    </row>
+    <row r="30" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="91" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="24">
+      <c r="C30" s="24">
         <v>12277</v>
       </c>
-      <c r="D29" s="24">
+      <c r="D30" s="24">
         <v>10908</v>
       </c>
-      <c r="E29" s="24">
+      <c r="E30" s="24">
         <v>6592</v>
       </c>
-      <c r="F29" s="24">
+      <c r="F30" s="24">
         <v>7628</v>
       </c>
-      <c r="G29" s="24">
+      <c r="G30" s="24">
         <v>11526</v>
       </c>
-      <c r="H29" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="24">
+      <c r="H30" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="24">
         <v>8866</v>
       </c>
-      <c r="K29" s="26">
+      <c r="K30" s="26">
         <v>7062</v>
       </c>
-      <c r="L29"/>
-[...2 lines deleted...]
-      <c r="B30" s="90" t="s">
+      <c r="L30"/>
+    </row>
+    <row r="31" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="90" t="s">
         <v>134</v>
       </c>
-      <c r="C30" s="59">
+      <c r="C31" s="59">
         <v>12248</v>
       </c>
-      <c r="D30" s="59">
+      <c r="D31" s="59">
         <v>10888</v>
       </c>
-      <c r="E30" s="59">
+      <c r="E31" s="59">
         <v>6599</v>
       </c>
-      <c r="F30" s="59">
+      <c r="F31" s="59">
         <v>7629</v>
       </c>
-      <c r="G30" s="59">
+      <c r="G31" s="59">
         <v>11525</v>
       </c>
-      <c r="H30" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J30" s="59">
+      <c r="H31" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="59">
         <v>8856</v>
       </c>
-      <c r="K30" s="61">
+      <c r="K31" s="61">
         <v>7033</v>
       </c>
-      <c r="L30"/>
-[...2 lines deleted...]
-      <c r="B31" s="89" t="s">
+      <c r="L31"/>
+    </row>
+    <row r="32" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="89" t="s">
         <v>133</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C32" s="24">
         <v>12216</v>
       </c>
-      <c r="D31" s="24">
+      <c r="D32" s="24">
         <v>10872</v>
       </c>
-      <c r="E31" s="24">
+      <c r="E32" s="24">
         <v>6605</v>
       </c>
-      <c r="F31" s="24">
+      <c r="F32" s="24">
         <v>7628</v>
       </c>
-      <c r="G31" s="24">
+      <c r="G32" s="24">
         <v>11526</v>
       </c>
-      <c r="H31" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J31" s="24">
+      <c r="H32" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="24">
         <v>8839</v>
       </c>
-      <c r="K31" s="26">
+      <c r="K32" s="26">
         <v>7055</v>
       </c>
-      <c r="L31"/>
-[...2 lines deleted...]
-      <c r="B32" s="88" t="s">
+      <c r="L32"/>
+    </row>
+    <row r="33" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="88" t="s">
         <v>132</v>
       </c>
-      <c r="C32" s="59">
+      <c r="C33" s="59">
         <v>12182</v>
       </c>
-      <c r="D32" s="59">
+      <c r="D33" s="59">
         <v>10854</v>
       </c>
-      <c r="E32" s="59">
+      <c r="E33" s="59">
         <v>6614</v>
       </c>
-      <c r="F32" s="59">
+      <c r="F33" s="59">
         <v>7626</v>
       </c>
-      <c r="G32" s="59">
+      <c r="G33" s="59">
         <v>11521</v>
       </c>
-      <c r="H32" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J32" s="59">
+      <c r="H33" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="59">
         <v>8831</v>
       </c>
-      <c r="K32" s="61">
+      <c r="K33" s="61">
         <v>7060</v>
       </c>
-      <c r="L32"/>
-[...2 lines deleted...]
-      <c r="B33" s="82" t="s">
+      <c r="L33"/>
+    </row>
+    <row r="34" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="82" t="s">
         <v>131</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C34" s="24">
         <v>11281</v>
       </c>
-      <c r="D33" s="24">
+      <c r="D34" s="24">
         <v>10011</v>
       </c>
-      <c r="E33" s="24">
+      <c r="E34" s="24">
         <v>5940</v>
       </c>
-      <c r="F33" s="24">
+      <c r="F34" s="24">
         <v>6908</v>
       </c>
-      <c r="G33" s="24">
+      <c r="G34" s="24">
         <v>10682</v>
       </c>
-      <c r="H33" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J33" s="24">
+      <c r="H34" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="24">
         <v>8029</v>
       </c>
-      <c r="K33" s="26">
+      <c r="K34" s="26">
         <v>6369</v>
       </c>
-      <c r="L33"/>
-[...2 lines deleted...]
-      <c r="B34" s="76" t="s">
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="76" t="s">
         <v>130</v>
       </c>
-      <c r="C34" s="59">
+      <c r="C35" s="59">
         <v>11270</v>
       </c>
-      <c r="D34" s="59">
+      <c r="D35" s="59">
         <v>9994</v>
       </c>
-      <c r="E34" s="59">
+      <c r="E35" s="59">
         <v>5948</v>
       </c>
-      <c r="F34" s="59">
+      <c r="F35" s="59">
         <v>6909</v>
       </c>
-      <c r="G34" s="59">
+      <c r="G35" s="59">
         <v>10685</v>
       </c>
-      <c r="H34" s="77" t="s">
-[...5 lines deleted...]
-      <c r="J34" s="59">
+      <c r="H35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="59">
         <v>8035</v>
       </c>
-      <c r="K34" s="61">
+      <c r="K35" s="61">
         <v>6326</v>
       </c>
-      <c r="L34"/>
-[...2 lines deleted...]
-      <c r="B35" s="74" t="s">
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="74" t="s">
         <v>129</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C36" s="24">
         <v>11247</v>
       </c>
-      <c r="D35" s="24">
+      <c r="D36" s="24">
         <v>9979</v>
       </c>
-      <c r="E35" s="24">
+      <c r="E36" s="24">
         <v>5960</v>
       </c>
-      <c r="F35" s="24">
+      <c r="F36" s="24">
         <v>6910</v>
       </c>
-      <c r="G35" s="24">
+      <c r="G36" s="24">
         <v>10683</v>
       </c>
-      <c r="H35" s="75" t="s">
-[...5 lines deleted...]
-      <c r="J35" s="24">
+      <c r="H36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I36" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="24">
         <v>8013</v>
       </c>
-      <c r="K35" s="26">
+      <c r="K36" s="26">
         <v>6361</v>
       </c>
-      <c r="L35"/>
-[...2 lines deleted...]
-      <c r="B36" s="73" t="s">
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="73" t="s">
         <v>128</v>
       </c>
-      <c r="C36" s="59">
+      <c r="C37" s="59">
         <v>11219</v>
       </c>
-      <c r="D36" s="59">
+      <c r="D37" s="59">
         <v>9966</v>
       </c>
-      <c r="E36" s="59">
+      <c r="E37" s="59">
         <v>5973</v>
       </c>
-      <c r="F36" s="59">
+      <c r="F37" s="59">
         <v>6918</v>
       </c>
-      <c r="G36" s="59">
+      <c r="G37" s="59">
         <v>10687</v>
       </c>
-      <c r="H36" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J36" s="59">
+      <c r="H37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="59">
         <v>8007</v>
       </c>
-      <c r="K36" s="61">
+      <c r="K37" s="61">
         <v>6364</v>
       </c>
-      <c r="L36"/>
-[...2 lines deleted...]
-      <c r="B37" s="72" t="s">
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="72" t="s">
         <v>127</v>
       </c>
-      <c r="C37" s="24">
+      <c r="C38" s="24">
         <v>10758</v>
       </c>
-      <c r="D37" s="24">
+      <c r="D38" s="24">
         <v>9558</v>
       </c>
-      <c r="E37" s="24">
+      <c r="E38" s="24">
         <v>5724</v>
       </c>
-      <c r="F37" s="24">
+      <c r="F38" s="24">
         <v>6627</v>
       </c>
-      <c r="G37" s="24">
+      <c r="G38" s="24">
         <v>10266</v>
       </c>
-      <c r="H37" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J37" s="24">
+      <c r="H38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="24">
         <v>7677</v>
       </c>
-      <c r="K37" s="26">
+      <c r="K38" s="26">
         <v>6089</v>
       </c>
-      <c r="L37"/>
-[...2 lines deleted...]
-      <c r="B38" s="71" t="s">
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="71" t="s">
         <v>126</v>
       </c>
-      <c r="C38" s="59">
+      <c r="C39" s="59">
         <v>10738</v>
       </c>
-      <c r="D38" s="59">
+      <c r="D39" s="59">
         <v>9545</v>
       </c>
-      <c r="E38" s="59">
+      <c r="E39" s="59">
         <v>5738</v>
       </c>
-      <c r="F38" s="59">
+      <c r="F39" s="59">
         <v>6634</v>
       </c>
-      <c r="G38" s="59">
+      <c r="G39" s="59">
         <v>10264</v>
       </c>
-      <c r="H38" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J38" s="59">
+      <c r="H39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="59">
         <v>7686</v>
       </c>
-      <c r="K38" s="61">
+      <c r="K39" s="61">
         <v>6047</v>
       </c>
-      <c r="L38"/>
-[...2 lines deleted...]
-      <c r="B39" s="70" t="s">
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="70" t="s">
         <v>125</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C40" s="24">
         <v>10728</v>
       </c>
-      <c r="D39" s="24">
+      <c r="D40" s="24">
         <v>9528</v>
       </c>
-      <c r="E39" s="24">
+      <c r="E40" s="24">
         <v>5748</v>
       </c>
-      <c r="F39" s="24">
+      <c r="F40" s="24">
         <v>6634</v>
       </c>
-      <c r="G39" s="24">
+      <c r="G40" s="24">
         <v>10263</v>
       </c>
-      <c r="H39" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J39" s="24">
+      <c r="H40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I40" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="24">
         <v>7670</v>
       </c>
-      <c r="K39" s="26">
+      <c r="K40" s="26">
         <v>6082</v>
       </c>
-      <c r="L39"/>
-[...2 lines deleted...]
-      <c r="B40" s="69" t="s">
+      <c r="L40"/>
+    </row>
+    <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="69" t="s">
         <v>124</v>
       </c>
-      <c r="C40" s="59">
+      <c r="C41" s="59">
         <v>10707</v>
       </c>
-      <c r="D40" s="59">
+      <c r="D41" s="59">
         <v>9515</v>
       </c>
-      <c r="E40" s="59">
+      <c r="E41" s="59">
         <v>5764</v>
       </c>
-      <c r="F40" s="59">
+      <c r="F41" s="59">
         <v>6637</v>
       </c>
-      <c r="G40" s="59">
+      <c r="G41" s="59">
         <v>10264</v>
       </c>
-      <c r="H40" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J40" s="59">
+      <c r="H41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="59">
         <v>7664</v>
       </c>
-      <c r="K40" s="61">
+      <c r="K41" s="61">
         <v>6082</v>
       </c>
-      <c r="L40"/>
-[...2 lines deleted...]
-      <c r="B41" s="68" t="s">
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="C41" s="24">
+      <c r="C42" s="24">
         <v>10402</v>
       </c>
-      <c r="D41" s="24">
+      <c r="D42" s="24">
         <v>9241</v>
       </c>
-      <c r="E41" s="24">
+      <c r="E42" s="24">
         <v>5597</v>
       </c>
-      <c r="F41" s="24">
+      <c r="F42" s="24">
         <v>6444</v>
       </c>
-      <c r="G41" s="24">
+      <c r="G42" s="24">
         <v>9988</v>
       </c>
-      <c r="H41" s="67" t="s">
-[...5 lines deleted...]
-      <c r="J41" s="24">
+      <c r="H42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I42" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="24">
         <v>7446</v>
       </c>
-      <c r="K41" s="26">
+      <c r="K42" s="26">
         <v>5894</v>
       </c>
-      <c r="L41"/>
-[...2 lines deleted...]
-      <c r="B42" s="65" t="s">
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="65" t="s">
         <v>122</v>
       </c>
-      <c r="C42" s="59">
+      <c r="C43" s="59">
         <v>10383</v>
       </c>
-      <c r="D42" s="59">
+      <c r="D43" s="59">
         <v>9231</v>
       </c>
-      <c r="E42" s="59">
+      <c r="E43" s="59">
         <v>5614</v>
       </c>
-      <c r="F42" s="59">
+      <c r="F43" s="59">
         <v>6454</v>
       </c>
-      <c r="G42" s="59">
+      <c r="G43" s="59">
         <v>9987</v>
       </c>
-      <c r="H42" s="66" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="59">
+      <c r="H43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I43" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="59">
         <v>7451</v>
       </c>
-      <c r="K42" s="61">
+      <c r="K43" s="61">
         <v>5852</v>
       </c>
-      <c r="L42"/>
-[...2 lines deleted...]
-      <c r="B43" s="63" t="s">
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="63" t="s">
         <v>121</v>
       </c>
-      <c r="C43" s="24">
+      <c r="C44" s="24">
         <v>10365</v>
       </c>
-      <c r="D43" s="24">
+      <c r="D44" s="24">
         <v>9219</v>
       </c>
-      <c r="E43" s="24">
+      <c r="E44" s="24">
         <v>5630</v>
       </c>
-      <c r="F43" s="24">
+      <c r="F44" s="24">
         <v>6461</v>
       </c>
-      <c r="G43" s="24">
+      <c r="G44" s="24">
         <v>9988</v>
       </c>
-      <c r="H43" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J43" s="24">
+      <c r="H44" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="24">
         <v>7434</v>
       </c>
-      <c r="K43" s="26">
+      <c r="K44" s="26">
         <v>5884</v>
       </c>
-      <c r="L43"/>
-[...2 lines deleted...]
-      <c r="B44" s="58" t="s">
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="58" t="s">
         <v>120</v>
       </c>
-      <c r="C44" s="59">
+      <c r="C45" s="59">
         <v>10351</v>
       </c>
-      <c r="D44" s="59">
+      <c r="D45" s="59">
         <v>9206</v>
       </c>
-      <c r="E44" s="59">
+      <c r="E45" s="59">
         <v>5647</v>
       </c>
-      <c r="F44" s="59">
+      <c r="F45" s="59">
         <v>6465</v>
       </c>
-      <c r="G44" s="59">
+      <c r="G45" s="59">
         <v>9990</v>
       </c>
-      <c r="H44" s="60" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="59">
+      <c r="H45" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="I45" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="59">
         <v>7434</v>
       </c>
-      <c r="K44" s="61">
+      <c r="K45" s="61">
         <v>5885</v>
       </c>
-      <c r="L44"/>
-[...2 lines deleted...]
-      <c r="B45" s="23" t="s">
+      <c r="L45"/>
+    </row>
+    <row r="46" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="C45" s="24">
+      <c r="C46" s="24">
         <v>10302</v>
       </c>
-      <c r="D45" s="24">
+      <c r="D46" s="24">
         <v>9153</v>
       </c>
-      <c r="E45" s="24">
+      <c r="E46" s="24">
         <v>5626</v>
       </c>
-      <c r="F45" s="24">
+      <c r="F46" s="24">
         <v>6434</v>
       </c>
-      <c r="G45" s="24">
+      <c r="G46" s="24">
         <v>9972</v>
       </c>
-      <c r="H45" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J45" s="24">
+      <c r="H46" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I46" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="24">
         <v>7395</v>
       </c>
-      <c r="K45" s="26">
+      <c r="K46" s="26">
         <v>5842</v>
       </c>
-      <c r="L45"/>
-[...2 lines deleted...]
-      <c r="B46" s="16" t="s">
+      <c r="L46"/>
+    </row>
+    <row r="47" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="C46" s="4">
+      <c r="C47" s="4">
         <v>10286</v>
       </c>
-      <c r="D46" s="4">
+      <c r="D47" s="4">
         <v>9142</v>
       </c>
-      <c r="E46" s="4">
+      <c r="E47" s="4">
         <v>5647</v>
       </c>
-      <c r="F46" s="4">
+      <c r="F47" s="4">
         <v>6439</v>
       </c>
-      <c r="G46" s="4">
+      <c r="G47" s="4">
         <v>9973</v>
       </c>
-      <c r="H46" s="17" t="s">
-[...5 lines deleted...]
-      <c r="J46" s="4">
+      <c r="H47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="4">
         <v>7400</v>
       </c>
-      <c r="K46" s="5">
+      <c r="K47" s="5">
         <v>5802</v>
       </c>
-      <c r="L46"/>
-[...2 lines deleted...]
-      <c r="B47" s="29" t="s">
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="C47" s="24">
+      <c r="C48" s="24">
         <v>10268</v>
       </c>
-      <c r="D47" s="24">
+      <c r="D48" s="24">
         <v>9132</v>
       </c>
-      <c r="E47" s="24">
+      <c r="E48" s="24">
         <v>5667</v>
       </c>
-      <c r="F47" s="24">
+      <c r="F48" s="24">
         <v>6449</v>
       </c>
-      <c r="G47" s="24">
+      <c r="G48" s="24">
         <v>9970</v>
       </c>
-      <c r="H47" s="28" t="s">
-[...5 lines deleted...]
-      <c r="J47" s="24">
+      <c r="H48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="24">
         <v>7389</v>
       </c>
-      <c r="K47" s="26">
+      <c r="K48" s="26">
         <v>5835</v>
       </c>
-      <c r="L47"/>
-[...2 lines deleted...]
-      <c r="B48" s="2" t="s">
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C48" s="4">
+      <c r="C49" s="4">
         <v>10246</v>
       </c>
-      <c r="D48" s="4">
+      <c r="D49" s="4">
         <v>9124</v>
       </c>
-      <c r="E48" s="4">
+      <c r="E49" s="4">
         <v>5692</v>
       </c>
-      <c r="F48" s="4">
+      <c r="F49" s="4">
         <v>6458</v>
       </c>
-      <c r="G48" s="4">
+      <c r="G49" s="4">
         <v>9966</v>
       </c>
-      <c r="H48" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J48" s="4">
+      <c r="H49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="4">
         <v>7390</v>
       </c>
-      <c r="K48" s="5">
+      <c r="K49" s="5">
         <v>5834</v>
       </c>
-      <c r="L48"/>
-[...2 lines deleted...]
-      <c r="B49" s="29" t="s">
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="C49" s="24">
+      <c r="C50" s="24">
         <v>10050</v>
       </c>
-      <c r="D49" s="24">
+      <c r="D50" s="24">
         <v>8947</v>
       </c>
-      <c r="E49" s="24">
+      <c r="E50" s="24">
         <v>5598</v>
       </c>
-      <c r="F49" s="24">
+      <c r="F50" s="24">
         <v>6338</v>
       </c>
-      <c r="G49" s="24">
+      <c r="G50" s="24">
         <v>9784</v>
       </c>
-      <c r="H49" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J49" s="24">
+      <c r="H50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="24">
         <v>7250</v>
       </c>
-      <c r="K49" s="26">
+      <c r="K50" s="26">
         <v>5713</v>
       </c>
-      <c r="L49"/>
-[...2 lines deleted...]
-      <c r="B50" s="2" t="s">
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C50" s="4">
+      <c r="C51" s="4">
         <v>10044</v>
       </c>
-      <c r="D50" s="4">
+      <c r="D51" s="4">
         <v>8935</v>
       </c>
-      <c r="E50" s="4">
+      <c r="E51" s="4">
         <v>5615</v>
       </c>
-      <c r="F50" s="4">
+      <c r="F51" s="4">
         <v>6339</v>
       </c>
-      <c r="G50" s="4">
+      <c r="G51" s="4">
         <v>9781</v>
       </c>
-      <c r="H50" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J50" s="4">
+      <c r="H51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I51" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="4">
         <v>7256</v>
       </c>
-      <c r="K50" s="5">
+      <c r="K51" s="5">
         <v>5676</v>
       </c>
-      <c r="L50"/>
-[...2 lines deleted...]
-      <c r="B51" s="31" t="s">
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C52" s="24">
         <v>10028</v>
       </c>
-      <c r="D51" s="24">
+      <c r="D52" s="24">
         <v>8923</v>
       </c>
-      <c r="E51" s="24">
+      <c r="E52" s="24">
         <v>5638</v>
       </c>
-      <c r="F51" s="24">
+      <c r="F52" s="24">
         <v>6348</v>
       </c>
-      <c r="G51" s="24">
+      <c r="G52" s="24">
         <v>9778</v>
       </c>
-      <c r="H51" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J51" s="24">
+      <c r="H52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I52" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="24">
         <v>7247</v>
       </c>
-      <c r="K51" s="26">
+      <c r="K52" s="26">
         <v>5692</v>
       </c>
-      <c r="L51"/>
-[...2 lines deleted...]
-      <c r="B52" s="2" t="s">
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C52" s="4">
+      <c r="C53" s="4">
         <v>10009</v>
       </c>
-      <c r="D52" s="4">
+      <c r="D53" s="4">
         <v>8913</v>
       </c>
-      <c r="E52" s="4">
+      <c r="E53" s="4">
         <v>5663</v>
       </c>
-      <c r="F52" s="4">
+      <c r="F53" s="4">
         <v>6356</v>
       </c>
-      <c r="G52" s="4">
+      <c r="G53" s="4">
         <v>9773</v>
       </c>
-      <c r="H52" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J52" s="4">
+      <c r="H53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I53" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="4">
         <v>7243</v>
       </c>
-      <c r="K52" s="5">
+      <c r="K53" s="5">
         <v>5691</v>
       </c>
-      <c r="L52"/>
-[...2 lines deleted...]
-      <c r="B53" s="29" t="s">
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C54" s="24">
         <v>9955</v>
       </c>
-      <c r="D53" s="24">
+      <c r="D54" s="24">
         <v>8868</v>
       </c>
-      <c r="E53" s="24">
+      <c r="E54" s="24">
         <v>5659</v>
       </c>
-      <c r="F53" s="24">
+      <c r="F54" s="24">
         <v>6338</v>
       </c>
-      <c r="G53" s="24">
+      <c r="G54" s="24">
         <v>9730</v>
       </c>
-      <c r="H53" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J53" s="24">
+      <c r="H54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I54" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="24">
         <v>7216</v>
       </c>
-      <c r="K53" s="26">
+      <c r="K54" s="26">
         <v>5668</v>
       </c>
-      <c r="L53"/>
-[...2 lines deleted...]
-      <c r="B54" s="2" t="s">
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C54" s="4">
+      <c r="C55" s="4">
         <v>9944</v>
       </c>
-      <c r="D54" s="4">
+      <c r="D55" s="4">
         <v>8861</v>
       </c>
-      <c r="E54" s="4">
+      <c r="E55" s="4">
         <v>5685</v>
       </c>
-      <c r="F54" s="4">
+      <c r="F55" s="4">
         <v>6366</v>
       </c>
-      <c r="G54" s="4">
+      <c r="G55" s="4">
         <v>9729</v>
       </c>
-      <c r="H54" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J54" s="4">
+      <c r="H55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I55" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="4">
         <v>7216</v>
       </c>
-      <c r="K54" s="5">
+      <c r="K55" s="5">
         <v>5631</v>
       </c>
-      <c r="L54"/>
-[...2 lines deleted...]
-      <c r="B55" s="29" t="s">
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C56" s="24">
         <v>9937</v>
       </c>
-      <c r="D55" s="24">
+      <c r="D56" s="24">
         <v>8852</v>
       </c>
-      <c r="E55" s="24">
+      <c r="E56" s="24">
         <v>5711</v>
       </c>
-      <c r="F55" s="24">
+      <c r="F56" s="24">
         <v>6399</v>
       </c>
-      <c r="G55" s="24">
+      <c r="G56" s="24">
         <v>9725</v>
       </c>
-      <c r="H55" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J55" s="24">
+      <c r="H56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I56" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="24">
         <v>7207</v>
       </c>
-      <c r="K55" s="26">
+      <c r="K56" s="26">
         <v>5647</v>
       </c>
-      <c r="L55"/>
-[...2 lines deleted...]
-      <c r="B56" s="2" t="s">
+      <c r="L56"/>
+    </row>
+    <row r="57" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C56" s="4">
+      <c r="C57" s="4">
         <v>9923</v>
       </c>
-      <c r="D56" s="4">
+      <c r="D57" s="4">
         <v>8843</v>
       </c>
-      <c r="E56" s="4">
+      <c r="E57" s="4">
         <v>5744</v>
       </c>
-      <c r="F56" s="4">
+      <c r="F57" s="4">
         <v>6443</v>
       </c>
-      <c r="G56" s="4">
+      <c r="G57" s="4">
         <v>9724</v>
       </c>
-      <c r="H56" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J56" s="4">
+      <c r="H57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="4">
         <v>7207</v>
       </c>
-      <c r="K56" s="5">
+      <c r="K57" s="5">
         <v>5642</v>
       </c>
-      <c r="L56"/>
-[...2 lines deleted...]
-      <c r="B57" s="29" t="s">
+      <c r="L57"/>
+    </row>
+    <row r="58" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C58" s="24">
         <v>9782</v>
       </c>
-      <c r="D57" s="24">
+      <c r="D58" s="24">
         <v>8718</v>
       </c>
-      <c r="E57" s="24">
+      <c r="E58" s="24">
         <v>5683</v>
       </c>
-      <c r="F57" s="24">
+      <c r="F58" s="24">
         <v>6375</v>
       </c>
-      <c r="G57" s="24">
+      <c r="G58" s="24">
         <v>9596</v>
       </c>
-      <c r="H57" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J57" s="24">
+      <c r="H58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J58" s="24">
         <v>7104</v>
       </c>
-      <c r="K57" s="26">
+      <c r="K58" s="26">
         <v>5554</v>
       </c>
-      <c r="L57"/>
-[...2 lines deleted...]
-      <c r="B58" s="2" t="s">
+      <c r="L58"/>
+    </row>
+    <row r="59" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C58" s="4">
+      <c r="C59" s="4">
         <v>9771</v>
       </c>
-      <c r="D58" s="4">
+      <c r="D59" s="4">
         <v>8714</v>
       </c>
-      <c r="E58" s="4">
+      <c r="E59" s="4">
         <v>5719</v>
       </c>
-      <c r="F58" s="4">
+      <c r="F59" s="4">
         <v>6419</v>
       </c>
-      <c r="G58" s="4">
+      <c r="G59" s="4">
         <v>9599</v>
       </c>
-      <c r="H58" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J58" s="4">
+      <c r="H59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I59" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J59" s="4">
         <v>7112</v>
       </c>
-      <c r="K58" s="5">
+      <c r="K59" s="5">
         <v>5534</v>
       </c>
-      <c r="L58"/>
-[...2 lines deleted...]
-      <c r="B59" s="29" t="s">
+      <c r="L59"/>
+    </row>
+    <row r="60" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C60" s="24">
         <v>9759</v>
       </c>
-      <c r="D59" s="24">
+      <c r="D60" s="24">
         <v>8712</v>
       </c>
-      <c r="E59" s="24">
+      <c r="E60" s="24">
         <v>5760</v>
       </c>
-      <c r="F59" s="24">
+      <c r="F60" s="24">
         <v>6448</v>
       </c>
-      <c r="G59" s="24">
+      <c r="G60" s="24">
         <v>9603</v>
       </c>
-      <c r="H59" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J59" s="24">
+      <c r="H60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I60" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" s="24">
         <v>7101</v>
       </c>
-      <c r="K59" s="26">
+      <c r="K60" s="26">
         <v>5539</v>
       </c>
-      <c r="L59"/>
-[...2 lines deleted...]
-      <c r="B60" s="2" t="s">
+      <c r="L60"/>
+    </row>
+    <row r="61" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C60" s="4">
+      <c r="C61" s="4">
         <v>9750</v>
       </c>
-      <c r="D60" s="4">
+      <c r="D61" s="4">
         <v>8710</v>
       </c>
-      <c r="E60" s="4">
+      <c r="E61" s="4">
         <v>5801</v>
       </c>
-      <c r="F60" s="4">
+      <c r="F61" s="4">
         <v>6484</v>
       </c>
-      <c r="G60" s="4">
+      <c r="G61" s="4">
         <v>9600</v>
       </c>
-      <c r="H60" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J60" s="4">
+      <c r="H61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I61" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="4">
         <v>7104</v>
       </c>
-      <c r="K60" s="5">
+      <c r="K61" s="5">
         <v>5543</v>
       </c>
-      <c r="L60"/>
-[...2 lines deleted...]
-      <c r="B61" s="29" t="s">
+      <c r="L61"/>
+    </row>
+    <row r="62" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C62" s="24">
         <v>9584</v>
       </c>
-      <c r="D61" s="24">
+      <c r="D62" s="24">
         <v>8559</v>
       </c>
-      <c r="E61" s="24">
+      <c r="E62" s="24">
         <v>5752</v>
       </c>
-      <c r="F61" s="24">
+      <c r="F62" s="24">
         <v>6405</v>
       </c>
-      <c r="G61" s="24">
+      <c r="G62" s="24">
         <v>9435</v>
       </c>
-      <c r="H61" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J61" s="24">
+      <c r="H62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I62" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J62" s="24">
         <v>6989</v>
       </c>
-      <c r="K61" s="26">
+      <c r="K62" s="26">
         <v>5440</v>
       </c>
-      <c r="L61"/>
-[...2 lines deleted...]
-      <c r="B62" s="2" t="s">
+      <c r="L62"/>
+    </row>
+    <row r="63" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C62" s="4">
+      <c r="C63" s="4">
         <v>9572</v>
       </c>
-      <c r="D62" s="4">
+      <c r="D63" s="4">
         <v>8517</v>
       </c>
-      <c r="E62" s="4">
+      <c r="E63" s="4">
         <v>5826</v>
       </c>
-      <c r="F62" s="4">
+      <c r="F63" s="4">
         <v>6457</v>
       </c>
-      <c r="G62" s="4">
+      <c r="G63" s="4">
         <v>9427</v>
       </c>
-      <c r="H62" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J62" s="4">
+      <c r="H63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" s="4">
         <v>6993</v>
       </c>
-      <c r="K62" s="5">
+      <c r="K63" s="5">
         <v>5422</v>
       </c>
-      <c r="L62"/>
-[...2 lines deleted...]
-      <c r="B63" s="29" t="s">
+      <c r="L63"/>
+    </row>
+    <row r="64" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C64" s="24">
         <v>9558</v>
       </c>
-      <c r="D63" s="24">
+      <c r="D64" s="24">
         <v>8478</v>
       </c>
-      <c r="E63" s="24">
+      <c r="E64" s="24">
         <v>5891</v>
       </c>
-      <c r="F63" s="24">
+      <c r="F64" s="24">
         <v>6492</v>
       </c>
-      <c r="G63" s="24">
+      <c r="G64" s="24">
         <v>9420</v>
       </c>
-      <c r="H63" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J63" s="24">
+      <c r="H64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I64" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="24">
         <v>6978</v>
       </c>
-      <c r="K63" s="26">
+      <c r="K64" s="26">
         <v>5425</v>
       </c>
-      <c r="L63"/>
-[...2 lines deleted...]
-      <c r="B64" s="2" t="s">
+      <c r="L64"/>
+    </row>
+    <row r="65" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C64" s="4">
+      <c r="C65" s="4">
         <v>9537</v>
       </c>
-      <c r="D64" s="4">
+      <c r="D65" s="4">
         <v>8466</v>
       </c>
-      <c r="E64" s="4">
+      <c r="E65" s="4">
         <v>5972</v>
       </c>
-      <c r="F64" s="4">
+      <c r="F65" s="4">
         <v>6541</v>
       </c>
-      <c r="G64" s="4">
+      <c r="G65" s="4">
         <v>9410</v>
       </c>
-      <c r="H64" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J64" s="4">
+      <c r="H65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I65" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J65" s="4">
         <v>6977</v>
       </c>
-      <c r="K64" s="5">
+      <c r="K65" s="5">
         <v>5402</v>
       </c>
-      <c r="L64"/>
-[...2 lines deleted...]
-      <c r="B65" s="29" t="s">
+      <c r="L65"/>
+    </row>
+    <row r="66" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C66" s="24">
         <v>9189</v>
       </c>
-      <c r="D65" s="24">
+      <c r="D66" s="24">
         <v>8154</v>
       </c>
-      <c r="E65" s="24">
+      <c r="E66" s="24">
         <v>5806</v>
       </c>
-      <c r="F65" s="24">
+      <c r="F66" s="24">
         <v>6310</v>
       </c>
-      <c r="G65" s="24">
+      <c r="G66" s="24">
         <v>9075</v>
       </c>
-      <c r="H65" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J65" s="24">
+      <c r="H66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" s="24">
         <v>6744</v>
       </c>
-      <c r="K65" s="26">
+      <c r="K66" s="26">
         <v>5226</v>
       </c>
-      <c r="L65"/>
-[...2 lines deleted...]
-      <c r="B66" s="2" t="s">
+      <c r="L66"/>
+    </row>
+    <row r="67" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C66" s="4">
+      <c r="C67" s="4">
         <v>9178</v>
       </c>
-      <c r="D66" s="4">
+      <c r="D67" s="4">
         <v>8142</v>
       </c>
-      <c r="E66" s="4">
+      <c r="E67" s="4">
         <v>5740</v>
       </c>
-      <c r="F66" s="4">
+      <c r="F67" s="4">
         <v>6030</v>
       </c>
-      <c r="G66" s="4">
+      <c r="G67" s="4">
         <v>9076</v>
       </c>
-      <c r="H66" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J66" s="4">
+      <c r="H67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I67" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J67" s="4">
         <v>6748</v>
       </c>
-      <c r="K66" s="5">
+      <c r="K67" s="5">
         <v>5179</v>
       </c>
-      <c r="L66"/>
-[...2 lines deleted...]
-      <c r="B67" s="29" t="s">
+      <c r="L67"/>
+    </row>
+    <row r="68" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C68" s="24">
         <v>9154</v>
       </c>
-      <c r="D67" s="24">
+      <c r="D68" s="24">
         <v>8129</v>
       </c>
-      <c r="E67" s="24">
+      <c r="E68" s="24">
         <v>5694</v>
       </c>
-      <c r="F67" s="24">
+      <c r="F68" s="24">
         <v>5811</v>
       </c>
-      <c r="G67" s="24">
+      <c r="G68" s="24">
         <v>9073</v>
       </c>
-      <c r="H67" s="30" t="s">
-[...5 lines deleted...]
-      <c r="J67" s="24">
+      <c r="H68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J68" s="24">
         <v>6738</v>
       </c>
-      <c r="K67" s="26">
+      <c r="K68" s="26">
         <v>5180</v>
       </c>
-      <c r="L67"/>
-[...2 lines deleted...]
-      <c r="B68" s="2" t="s">
+      <c r="L68"/>
+    </row>
+    <row r="69" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C68" s="4">
+      <c r="C69" s="4">
         <v>9119</v>
       </c>
-      <c r="D68" s="4">
+      <c r="D69" s="4">
         <v>8115</v>
       </c>
-      <c r="E68" s="4">
+      <c r="E69" s="4">
         <v>5701</v>
       </c>
-      <c r="F68" s="4">
+      <c r="F69" s="4">
         <v>5797</v>
       </c>
-      <c r="G68" s="4">
+      <c r="G69" s="4">
         <v>9070</v>
       </c>
-      <c r="H68" s="12" t="s">
-[...5 lines deleted...]
-      <c r="J68" s="4">
+      <c r="H69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I69" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J69" s="4">
         <v>6740</v>
       </c>
-      <c r="K68" s="5">
+      <c r="K69" s="5">
         <v>5167</v>
       </c>
-      <c r="L68"/>
-[...2 lines deleted...]
-      <c r="B69" s="29" t="s">
+      <c r="L69"/>
+    </row>
+    <row r="70" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C70" s="24">
         <v>9133</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D70" s="24">
         <v>8096</v>
       </c>
-      <c r="E69" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H69" s="24">
+      <c r="E70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G70" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" s="24">
         <v>8925</v>
       </c>
-      <c r="I69" s="24">
+      <c r="I70" s="24">
         <v>5718</v>
       </c>
-      <c r="J69" s="24">
+      <c r="J70" s="24">
         <v>6743</v>
       </c>
-      <c r="K69" s="26">
+      <c r="K70" s="26">
         <v>5169</v>
       </c>
-      <c r="L69"/>
-[...2 lines deleted...]
-      <c r="B70" s="2" t="s">
+      <c r="L70"/>
+    </row>
+    <row r="71" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C70" s="4">
+      <c r="C71" s="4">
         <v>9124</v>
       </c>
-      <c r="D70" s="4">
+      <c r="D71" s="4">
         <v>8080</v>
       </c>
-      <c r="E70" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H70" s="4">
+      <c r="E71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" s="4">
         <v>8912</v>
       </c>
-      <c r="I70" s="4">
+      <c r="I71" s="4">
         <v>5711</v>
       </c>
-      <c r="J70" s="4">
+      <c r="J71" s="4">
         <v>6754</v>
       </c>
-      <c r="K70" s="5">
+      <c r="K71" s="5">
         <v>5142</v>
       </c>
-      <c r="L70"/>
-[...2 lines deleted...]
-      <c r="B71" s="29" t="s">
+      <c r="L71"/>
+    </row>
+    <row r="72" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C72" s="24">
         <v>9117</v>
       </c>
-      <c r="D71" s="24">
+      <c r="D72" s="24">
         <v>8063</v>
       </c>
-      <c r="E71" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H71" s="24">
+      <c r="E72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H72" s="24">
         <v>8897</v>
       </c>
-      <c r="I71" s="24">
+      <c r="I72" s="24">
         <v>5702</v>
       </c>
-      <c r="J71" s="24">
+      <c r="J72" s="24">
         <v>6755</v>
       </c>
-      <c r="K71" s="26">
+      <c r="K72" s="26">
         <v>5149</v>
       </c>
-      <c r="L71"/>
-[...2 lines deleted...]
-      <c r="B72" s="2" t="s">
+      <c r="L72"/>
+    </row>
+    <row r="73" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="4">
+      <c r="C73" s="4">
         <v>9092</v>
       </c>
-      <c r="D72" s="4">
+      <c r="D73" s="4">
         <v>8043</v>
       </c>
-      <c r="E72" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H72" s="4">
+      <c r="E73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H73" s="4">
         <v>8885</v>
       </c>
-      <c r="I72" s="4">
+      <c r="I73" s="4">
         <v>5694</v>
       </c>
-      <c r="J72" s="4">
+      <c r="J73" s="4">
         <v>6765</v>
       </c>
-      <c r="K72" s="5">
+      <c r="K73" s="5">
         <v>5134</v>
       </c>
-      <c r="L72"/>
-[...2 lines deleted...]
-      <c r="B73" s="29" t="s">
+      <c r="L73"/>
+    </row>
+    <row r="74" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C74" s="24">
         <v>8784</v>
       </c>
-      <c r="D73" s="24">
+      <c r="D74" s="24">
         <v>7783</v>
       </c>
-      <c r="E73" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H73" s="24">
+      <c r="E74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G74" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" s="24">
         <v>8588</v>
       </c>
-      <c r="I73" s="24">
+      <c r="I74" s="24">
         <v>5535</v>
       </c>
-      <c r="J73" s="24">
+      <c r="J74" s="24">
         <v>6577</v>
       </c>
-      <c r="K73" s="26">
+      <c r="K74" s="26">
         <v>5013</v>
       </c>
-      <c r="L73"/>
-[...2 lines deleted...]
-      <c r="B74" s="2" t="s">
+      <c r="L74"/>
+    </row>
+    <row r="75" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C74" s="4">
+      <c r="C75" s="4">
         <v>8770</v>
       </c>
-      <c r="D74" s="4">
+      <c r="D75" s="4">
         <v>7777</v>
       </c>
-      <c r="E74" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H74" s="4">
+      <c r="E75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G75" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" s="4">
         <v>8574</v>
       </c>
-      <c r="I74" s="4">
+      <c r="I75" s="4">
         <v>5526</v>
       </c>
-      <c r="J74" s="4">
+      <c r="J75" s="4">
         <v>6588</v>
       </c>
-      <c r="K74" s="5">
+      <c r="K75" s="5">
         <v>4981</v>
       </c>
-      <c r="L74"/>
-[...2 lines deleted...]
-      <c r="B75" s="29" t="s">
+      <c r="L75"/>
+    </row>
+    <row r="76" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C76" s="24">
         <v>8287</v>
       </c>
-      <c r="D75" s="24">
+      <c r="D76" s="24">
         <v>7297</v>
       </c>
-      <c r="E75" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H75" s="24">
+      <c r="E76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" s="24">
         <v>8094</v>
       </c>
-      <c r="I75" s="24">
+      <c r="I76" s="24">
         <v>5047</v>
       </c>
-      <c r="J75" s="24">
+      <c r="J76" s="24">
         <v>6115</v>
       </c>
-      <c r="K75" s="26">
+      <c r="K76" s="26">
         <v>4519</v>
       </c>
-      <c r="L75"/>
-[...2 lines deleted...]
-      <c r="B76" s="2" t="s">
+      <c r="L76"/>
+    </row>
+    <row r="77" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C76" s="4">
+      <c r="C77" s="4">
         <v>8273</v>
       </c>
-      <c r="D76" s="4">
+      <c r="D77" s="4">
         <v>7288</v>
       </c>
-      <c r="E76" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H76" s="4">
+      <c r="E77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G77" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H77" s="4">
         <v>8079</v>
       </c>
-      <c r="I76" s="4">
+      <c r="I77" s="4">
         <v>5036</v>
       </c>
-      <c r="J76" s="4">
+      <c r="J77" s="4">
         <v>6127</v>
       </c>
-      <c r="K76" s="5">
+      <c r="K77" s="5">
         <v>4506</v>
       </c>
-      <c r="L76"/>
-[...2 lines deleted...]
-      <c r="B77" s="29" t="s">
+      <c r="L77"/>
+    </row>
+    <row r="78" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="C77" s="24">
+      <c r="C78" s="24">
         <v>7938</v>
       </c>
-      <c r="D77" s="24">
+      <c r="D78" s="24">
         <v>6985</v>
       </c>
-      <c r="E77" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H77" s="24">
+      <c r="E78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G78" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78" s="24">
         <v>7750</v>
       </c>
-      <c r="I77" s="24">
+      <c r="I78" s="24">
         <v>4800</v>
       </c>
-      <c r="J77" s="24">
+      <c r="J78" s="24">
         <v>5875</v>
       </c>
-      <c r="K77" s="26">
+      <c r="K78" s="26">
         <v>4298</v>
       </c>
-      <c r="L77"/>
-[...2 lines deleted...]
-      <c r="B78" s="2" t="s">
+      <c r="L78"/>
+    </row>
+    <row r="79" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C78" s="4">
+      <c r="C79" s="4">
         <v>7926</v>
       </c>
-      <c r="D78" s="4">
+      <c r="D79" s="4">
         <v>6980</v>
       </c>
-      <c r="E78" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H78" s="4">
+      <c r="E79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G79" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H79" s="4">
         <v>7735</v>
       </c>
-      <c r="I78" s="4">
+      <c r="I79" s="4">
         <v>4791</v>
       </c>
-      <c r="J78" s="4">
+      <c r="J79" s="4">
         <v>5886</v>
       </c>
-      <c r="K78" s="5">
+      <c r="K79" s="5">
         <v>4268</v>
       </c>
-      <c r="L78"/>
-[...2 lines deleted...]
-      <c r="B79" s="29" t="s">
+      <c r="L79"/>
+    </row>
+    <row r="80" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="C79" s="24">
+      <c r="C80" s="24">
         <v>7911</v>
       </c>
-      <c r="D79" s="24">
+      <c r="D80" s="24">
         <v>6981</v>
       </c>
-      <c r="E79" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H79" s="24">
+      <c r="E80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H80" s="24">
         <v>7720</v>
       </c>
-      <c r="I79" s="24">
+      <c r="I80" s="24">
         <v>4783</v>
       </c>
-      <c r="J79" s="24">
+      <c r="J80" s="24">
         <v>5885</v>
       </c>
-      <c r="K79" s="26">
+      <c r="K80" s="26">
         <v>4272</v>
       </c>
-      <c r="L79"/>
-[...2 lines deleted...]
-      <c r="B80" s="2" t="s">
+      <c r="L80"/>
+    </row>
+    <row r="81" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C80" s="4">
+      <c r="C81" s="4">
         <v>7894</v>
       </c>
-      <c r="D80" s="4">
+      <c r="D81" s="4">
         <v>6980</v>
       </c>
-      <c r="E80" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H80" s="4">
+      <c r="E81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="4">
         <v>7708</v>
       </c>
-      <c r="I80" s="4">
+      <c r="I81" s="4">
         <v>4774</v>
       </c>
-      <c r="J80" s="4">
+      <c r="J81" s="4">
         <v>5893</v>
       </c>
-      <c r="K80" s="5">
+      <c r="K81" s="5">
         <v>4259</v>
       </c>
-      <c r="L80"/>
-[...2 lines deleted...]
-      <c r="B81" s="29" t="s">
+      <c r="L81"/>
+    </row>
+    <row r="82" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="C81" s="24">
+      <c r="C82" s="24">
         <v>7431</v>
       </c>
-      <c r="D81" s="24">
+      <c r="D82" s="24">
         <v>6586</v>
       </c>
-      <c r="E81" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H81" s="24">
+      <c r="E82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H82" s="24">
         <v>7243</v>
       </c>
-      <c r="I81" s="24">
+      <c r="I82" s="24">
         <v>4492</v>
       </c>
-      <c r="J81" s="24">
+      <c r="J82" s="24">
         <v>5546</v>
       </c>
-      <c r="K81" s="26">
+      <c r="K82" s="26">
         <v>4016</v>
       </c>
-      <c r="L81"/>
-[...2 lines deleted...]
-      <c r="B82" s="2" t="s">
+      <c r="L82"/>
+    </row>
+    <row r="83" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C82" s="4">
+      <c r="C83" s="4">
         <v>7427</v>
       </c>
-      <c r="D82" s="4">
+      <c r="D83" s="4">
         <v>6581</v>
       </c>
-      <c r="E82" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H82" s="4">
+      <c r="E83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83" s="4">
         <v>7229</v>
       </c>
-      <c r="I82" s="4">
+      <c r="I83" s="4">
         <v>4485</v>
       </c>
-      <c r="J82" s="4">
+      <c r="J83" s="4">
         <v>5559</v>
       </c>
-      <c r="K82" s="5">
+      <c r="K83" s="5">
         <v>3989</v>
       </c>
-      <c r="L82"/>
-[...2 lines deleted...]
-      <c r="B83" s="29" t="s">
+      <c r="L83"/>
+    </row>
+    <row r="84" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="C83" s="24">
+      <c r="C84" s="24">
         <v>7412</v>
       </c>
-      <c r="D83" s="24">
+      <c r="D84" s="24">
         <v>6575</v>
       </c>
-      <c r="E83" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H83" s="24">
+      <c r="E84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H84" s="24">
         <v>7213</v>
       </c>
-      <c r="I83" s="24">
+      <c r="I84" s="24">
         <v>4478</v>
       </c>
-      <c r="J83" s="24">
+      <c r="J84" s="24">
         <v>5557</v>
       </c>
-      <c r="K83" s="26">
+      <c r="K84" s="26">
         <v>3989</v>
       </c>
-      <c r="L83"/>
-[...2 lines deleted...]
-      <c r="B84" s="2" t="s">
+      <c r="L84"/>
+    </row>
+    <row r="85" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C84" s="4">
+      <c r="C85" s="4">
         <v>7388</v>
       </c>
-      <c r="D84" s="4">
+      <c r="D85" s="4">
         <v>6572</v>
       </c>
-      <c r="E84" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H84" s="4">
+      <c r="E85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H85" s="4">
         <v>7197</v>
       </c>
-      <c r="I84" s="4">
+      <c r="I85" s="4">
         <v>4435</v>
       </c>
-      <c r="J84" s="4">
+      <c r="J85" s="4">
         <v>5561</v>
       </c>
-      <c r="K84" s="5">
+      <c r="K85" s="5">
         <v>3974</v>
       </c>
-      <c r="L84"/>
-[...2 lines deleted...]
-      <c r="B85" s="29" t="s">
+      <c r="L85"/>
+    </row>
+    <row r="86" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="C85" s="24">
+      <c r="C86" s="24">
         <v>7030</v>
       </c>
-      <c r="D85" s="24">
+      <c r="D86" s="24">
         <v>6302</v>
       </c>
-      <c r="E85" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H85" s="24">
+      <c r="E86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H86" s="24">
         <v>6840</v>
       </c>
-      <c r="I85" s="24">
+      <c r="I86" s="24">
         <v>4235</v>
       </c>
-      <c r="J85" s="24">
+      <c r="J86" s="24">
         <v>5291</v>
       </c>
-      <c r="K85" s="26">
+      <c r="K86" s="26">
         <v>3796</v>
       </c>
-      <c r="L85"/>
-[...2 lines deleted...]
-      <c r="B86" s="2" t="s">
+      <c r="L86"/>
+    </row>
+    <row r="87" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C86" s="4">
+      <c r="C87" s="4">
         <v>7020</v>
       </c>
-      <c r="D86" s="4">
+      <c r="D87" s="4">
         <v>6303</v>
       </c>
-      <c r="E86" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H86" s="4">
+      <c r="E87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H87" s="4">
         <v>6826</v>
       </c>
-      <c r="I86" s="4">
+      <c r="I87" s="4">
         <v>4228</v>
       </c>
-      <c r="J86" s="4">
+      <c r="J87" s="4">
         <v>5302</v>
       </c>
-      <c r="K86" s="5">
+      <c r="K87" s="5">
         <v>3774</v>
       </c>
-      <c r="L86"/>
-[...2 lines deleted...]
-      <c r="B87" s="29" t="s">
+      <c r="L87"/>
+    </row>
+    <row r="88" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="29" t="s">
         <v>56</v>
       </c>
-      <c r="C87" s="24">
+      <c r="C88" s="24">
         <v>7013</v>
       </c>
-      <c r="D87" s="24">
+      <c r="D88" s="24">
         <v>6303</v>
       </c>
-      <c r="E87" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H87" s="24">
+      <c r="E88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G88" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H88" s="24">
         <v>6810</v>
       </c>
-      <c r="I87" s="24">
+      <c r="I88" s="24">
         <v>4225</v>
       </c>
-      <c r="J87" s="24">
+      <c r="J88" s="24">
         <v>5304</v>
       </c>
-      <c r="K87" s="26">
+      <c r="K88" s="26">
         <v>3770</v>
       </c>
-      <c r="L87"/>
-[...2 lines deleted...]
-      <c r="B88" s="2" t="s">
+      <c r="L88"/>
+    </row>
+    <row r="89" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C88" s="4">
+      <c r="C89" s="4">
         <v>6991</v>
       </c>
-      <c r="D88" s="4">
+      <c r="D89" s="4">
         <v>6302</v>
       </c>
-      <c r="E88" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H88" s="4">
+      <c r="E89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H89" s="4">
         <v>6795</v>
       </c>
-      <c r="I88" s="4">
+      <c r="I89" s="4">
         <v>4217</v>
       </c>
-      <c r="J88" s="4">
+      <c r="J89" s="4">
         <v>5311</v>
       </c>
-      <c r="K88" s="5">
+      <c r="K89" s="5">
         <v>3754</v>
       </c>
-      <c r="L88"/>
-[...2 lines deleted...]
-      <c r="B89" s="29" t="s">
+      <c r="L89"/>
+    </row>
+    <row r="90" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="C89" s="24">
+      <c r="C90" s="24">
         <v>6600</v>
       </c>
-      <c r="D89" s="24">
+      <c r="D90" s="24">
         <v>5963</v>
       </c>
-      <c r="E89" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H89" s="24">
+      <c r="E90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90" s="24">
         <v>6415</v>
       </c>
-      <c r="I89" s="24">
+      <c r="I90" s="24">
         <v>3975</v>
       </c>
-      <c r="J89" s="24">
+      <c r="J90" s="24">
         <v>5028</v>
       </c>
-      <c r="K89" s="26">
+      <c r="K90" s="26">
         <v>3544</v>
       </c>
-      <c r="L89"/>
-[...2 lines deleted...]
-      <c r="B90" s="2" t="s">
+      <c r="L90"/>
+    </row>
+    <row r="91" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C90" s="4">
+      <c r="C91" s="4">
         <v>6590</v>
       </c>
-      <c r="D90" s="4">
+      <c r="D91" s="4">
         <v>5972</v>
       </c>
-      <c r="E90" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H90" s="4">
+      <c r="E91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H91" s="4">
         <v>6402</v>
       </c>
-      <c r="I90" s="4">
+      <c r="I91" s="4">
         <v>3970</v>
       </c>
-      <c r="J90" s="4">
+      <c r="J91" s="4">
         <v>5039</v>
       </c>
-      <c r="K90" s="5">
+      <c r="K91" s="5">
         <v>3526</v>
       </c>
-      <c r="L90"/>
-[...2 lines deleted...]
-      <c r="B91" s="29" t="s">
+      <c r="L91"/>
+    </row>
+    <row r="92" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="29" t="s">
         <v>60</v>
       </c>
-      <c r="C91" s="24">
+      <c r="C92" s="24">
         <v>6578</v>
       </c>
-      <c r="D91" s="24">
+      <c r="D92" s="24">
         <v>5980</v>
       </c>
-      <c r="E91" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H91" s="24">
+      <c r="E92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H92" s="24">
         <v>6389</v>
       </c>
-      <c r="I91" s="24">
+      <c r="I92" s="24">
         <v>3969</v>
       </c>
-      <c r="J91" s="24">
+      <c r="J92" s="24">
         <v>5038</v>
       </c>
-      <c r="K91" s="26">
+      <c r="K92" s="26">
         <v>3521</v>
       </c>
-      <c r="L91"/>
-[...2 lines deleted...]
-      <c r="B92" s="2" t="s">
+      <c r="L92"/>
+    </row>
+    <row r="93" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C92" s="4">
+      <c r="C93" s="4">
         <v>6562</v>
       </c>
-      <c r="D92" s="4">
+      <c r="D93" s="4">
         <v>5989</v>
       </c>
-      <c r="E92" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H92" s="4">
+      <c r="E93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H93" s="4">
         <v>6375</v>
       </c>
-      <c r="I92" s="4">
+      <c r="I93" s="4">
         <v>3972</v>
       </c>
-      <c r="J92" s="4">
+      <c r="J93" s="4">
         <v>5046</v>
       </c>
-      <c r="K92" s="5">
+      <c r="K93" s="5">
         <v>3510</v>
       </c>
-      <c r="L92"/>
-[...2 lines deleted...]
-      <c r="B93" s="29" t="s">
+      <c r="L93"/>
+    </row>
+    <row r="94" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="C93" s="24">
+      <c r="C94" s="24">
         <v>6429</v>
       </c>
-      <c r="D93" s="24">
+      <c r="D94" s="24">
         <v>5879</v>
       </c>
-      <c r="E93" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H93" s="24">
+      <c r="E94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H94" s="24">
         <v>6243</v>
       </c>
-      <c r="I93" s="24">
+      <c r="I94" s="24">
         <v>3905</v>
       </c>
-      <c r="J93" s="24">
+      <c r="J94" s="24">
         <v>4963</v>
       </c>
-      <c r="K93" s="26">
+      <c r="K94" s="26">
         <v>3452</v>
       </c>
-      <c r="L93"/>
-[...2 lines deleted...]
-      <c r="B94" s="2" t="s">
+      <c r="L94"/>
+    </row>
+    <row r="95" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C94" s="4">
+      <c r="C95" s="4">
         <v>6423</v>
       </c>
-      <c r="D94" s="4">
+      <c r="D95" s="4">
         <v>5884</v>
       </c>
-      <c r="E94" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H94" s="4">
+      <c r="E95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G95" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95" s="4">
         <v>6232</v>
       </c>
-      <c r="I94" s="4">
+      <c r="I95" s="4">
         <v>3903</v>
       </c>
-      <c r="J94" s="4">
+      <c r="J95" s="4">
         <v>4976</v>
       </c>
-      <c r="K94" s="5">
+      <c r="K95" s="5">
         <v>3437</v>
       </c>
-      <c r="L94"/>
-[...2 lines deleted...]
-      <c r="B95" s="29" t="s">
+      <c r="L95"/>
+    </row>
+    <row r="96" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="C95" s="24">
+      <c r="C96" s="24">
         <v>6415</v>
       </c>
-      <c r="D95" s="24">
+      <c r="D96" s="24">
         <v>5893</v>
       </c>
-      <c r="E95" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H95" s="24">
+      <c r="E96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H96" s="24">
         <v>6222</v>
       </c>
-      <c r="I95" s="24">
+      <c r="I96" s="24">
         <v>3908</v>
       </c>
-      <c r="J95" s="24">
+      <c r="J96" s="24">
         <v>4980</v>
       </c>
-      <c r="K95" s="26">
+      <c r="K96" s="26">
         <v>3434</v>
       </c>
-      <c r="L95"/>
-[...2 lines deleted...]
-      <c r="B96" s="2" t="s">
+      <c r="L96"/>
+    </row>
+    <row r="97" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C96" s="4">
+      <c r="C97" s="4">
         <v>6407</v>
       </c>
-      <c r="D96" s="4">
+      <c r="D97" s="4">
         <v>5903</v>
       </c>
-      <c r="E96" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H96" s="4">
+      <c r="E97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G97" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H97" s="4">
         <v>6211</v>
       </c>
-      <c r="I96" s="4">
+      <c r="I97" s="4">
         <v>3903</v>
       </c>
-      <c r="J96" s="4">
+      <c r="J97" s="4">
         <v>4993</v>
       </c>
-      <c r="K96" s="5">
+      <c r="K97" s="5">
         <v>3422</v>
       </c>
-      <c r="L96"/>
-[...2 lines deleted...]
-      <c r="B97" s="29" t="s">
+      <c r="L97"/>
+    </row>
+    <row r="98" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="29" t="s">
         <v>66</v>
       </c>
-      <c r="C97" s="24">
+      <c r="C98" s="24">
         <v>6213</v>
       </c>
-      <c r="D97" s="24">
+      <c r="D98" s="24">
         <v>5744</v>
       </c>
-      <c r="E97" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H97" s="24">
+      <c r="E98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G98" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H98" s="24">
         <v>6015</v>
       </c>
-      <c r="I97" s="24">
+      <c r="I98" s="24">
         <v>3803</v>
       </c>
-      <c r="J97" s="24">
+      <c r="J98" s="24">
         <v>4863</v>
       </c>
-      <c r="K97" s="26">
+      <c r="K98" s="26">
         <v>3340</v>
       </c>
-      <c r="L97"/>
-[...2 lines deleted...]
-      <c r="B98" s="2" t="s">
+      <c r="L98"/>
+    </row>
+    <row r="99" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C98" s="4">
+      <c r="C99" s="4">
         <v>6210</v>
       </c>
-      <c r="D98" s="4">
+      <c r="D99" s="4">
         <v>5749</v>
       </c>
-      <c r="E98" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H98" s="4">
+      <c r="E99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G99" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99" s="4">
         <v>6006</v>
       </c>
-      <c r="I98" s="4">
+      <c r="I99" s="4">
         <v>3802</v>
       </c>
-      <c r="J98" s="4">
+      <c r="J99" s="4">
         <v>4873</v>
       </c>
-      <c r="K98" s="5">
+      <c r="K99" s="5">
         <v>3321</v>
       </c>
-      <c r="L98"/>
-[...2 lines deleted...]
-      <c r="B99" s="29" t="s">
+      <c r="L99"/>
+    </row>
+    <row r="100" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="29" t="s">
         <v>68</v>
       </c>
-      <c r="C99" s="24">
+      <c r="C100" s="24">
         <v>6202</v>
       </c>
-      <c r="D99" s="24">
+      <c r="D100" s="24">
         <v>5751</v>
       </c>
-      <c r="E99" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H99" s="24">
+      <c r="E100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100" s="24">
         <v>5998</v>
       </c>
-      <c r="I99" s="24">
+      <c r="I100" s="24">
         <v>3806</v>
       </c>
-      <c r="J99" s="24">
+      <c r="J100" s="24">
         <v>4878</v>
       </c>
-      <c r="K99" s="26">
+      <c r="K100" s="26">
         <v>3320</v>
       </c>
-      <c r="L99"/>
-[...2 lines deleted...]
-      <c r="B100" s="2" t="s">
+      <c r="L100"/>
+    </row>
+    <row r="101" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C100" s="4">
+      <c r="C101" s="4">
         <v>6195</v>
       </c>
-      <c r="D100" s="4">
+      <c r="D101" s="4">
         <v>5762</v>
       </c>
-      <c r="E100" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H100" s="4">
+      <c r="E101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G101" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H101" s="4">
         <v>5989</v>
       </c>
-      <c r="I100" s="4">
+      <c r="I101" s="4">
         <v>3812</v>
       </c>
-      <c r="J100" s="4">
+      <c r="J101" s="4">
         <v>4889</v>
       </c>
-      <c r="K100" s="5">
+      <c r="K101" s="5">
         <v>3307</v>
       </c>
-      <c r="L100"/>
-[...2 lines deleted...]
-      <c r="B101" s="29" t="s">
+      <c r="L101"/>
+    </row>
+    <row r="102" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="C101" s="24">
+      <c r="C102" s="24">
         <v>6188</v>
       </c>
-      <c r="D101" s="24">
+      <c r="D102" s="24">
         <v>5778</v>
       </c>
-      <c r="E101" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H101" s="24">
+      <c r="E102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G102" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H102" s="24">
         <v>5977</v>
       </c>
-      <c r="I101" s="24">
+      <c r="I102" s="24">
         <v>3809</v>
       </c>
-      <c r="J101" s="24">
+      <c r="J102" s="24">
         <v>4901</v>
       </c>
-      <c r="K101" s="26">
+      <c r="K102" s="26">
         <v>3303</v>
       </c>
-      <c r="L101"/>
-[...2 lines deleted...]
-      <c r="B102" s="2" t="s">
+      <c r="L102"/>
+    </row>
+    <row r="103" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C102" s="4">
+      <c r="C103" s="4">
         <v>5748</v>
       </c>
-      <c r="D102" s="4">
+      <c r="D103" s="4">
         <v>5456</v>
       </c>
-      <c r="E102" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H102" s="4">
+      <c r="E103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G103" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H103" s="4">
         <v>5543</v>
       </c>
-      <c r="I102" s="4">
+      <c r="I103" s="4">
         <v>3604</v>
       </c>
-      <c r="J102" s="4">
+      <c r="J103" s="4">
         <v>4569</v>
       </c>
-      <c r="K102" s="5">
+      <c r="K103" s="5">
         <v>3115</v>
       </c>
-      <c r="L102"/>
-[...2 lines deleted...]
-      <c r="B103" s="29" t="s">
+      <c r="L103"/>
+    </row>
+    <row r="104" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="29" t="s">
         <v>72</v>
       </c>
-      <c r="C103" s="24">
+      <c r="C104" s="24">
         <v>5744</v>
       </c>
-      <c r="D103" s="24">
+      <c r="D104" s="24">
         <v>5462</v>
       </c>
-      <c r="E103" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H103" s="24">
+      <c r="E104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H104" s="24">
         <v>5535</v>
       </c>
-      <c r="I103" s="24">
+      <c r="I104" s="24">
         <v>3608</v>
       </c>
-      <c r="J103" s="24">
+      <c r="J104" s="24">
         <v>4571</v>
       </c>
-      <c r="K103" s="26">
+      <c r="K104" s="26">
         <v>3109</v>
       </c>
-      <c r="L103"/>
-[...2 lines deleted...]
-      <c r="B104" s="2" t="s">
+      <c r="L104"/>
+    </row>
+    <row r="105" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C104" s="4">
+      <c r="C105" s="4">
         <v>5736</v>
       </c>
-      <c r="D104" s="4">
+      <c r="D105" s="4">
         <v>5462</v>
       </c>
-      <c r="E104" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H104" s="4">
+      <c r="E105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H105" s="4">
         <v>5525</v>
       </c>
-      <c r="I104" s="4">
+      <c r="I105" s="4">
         <v>3602</v>
       </c>
-      <c r="J104" s="4">
+      <c r="J105" s="4">
         <v>4578</v>
       </c>
-      <c r="K104" s="5">
+      <c r="K105" s="5">
         <v>3094</v>
       </c>
-      <c r="L104"/>
-[...2 lines deleted...]
-      <c r="B105" s="29" t="s">
+      <c r="L105"/>
+    </row>
+    <row r="106" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="C105" s="24">
+      <c r="C106" s="24">
         <v>5729</v>
       </c>
-      <c r="D105" s="24">
+      <c r="D106" s="24">
         <v>5459</v>
       </c>
-      <c r="E105" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H105" s="24">
+      <c r="E106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G106" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="24">
         <v>5510</v>
       </c>
-      <c r="I105" s="24">
+      <c r="I106" s="24">
         <v>3598</v>
       </c>
-      <c r="J105" s="24">
+      <c r="J106" s="24">
         <v>4584</v>
       </c>
-      <c r="K105" s="26">
+      <c r="K106" s="26">
         <v>3089</v>
       </c>
-      <c r="L105"/>
-[...2 lines deleted...]
-      <c r="B106" s="2" t="s">
+      <c r="L106"/>
+    </row>
+    <row r="107" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C106" s="4">
+      <c r="C107" s="4">
         <v>5412</v>
       </c>
-      <c r="D106" s="4">
+      <c r="D107" s="4">
         <v>5269</v>
       </c>
-      <c r="E106" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H106" s="4">
+      <c r="E107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H107" s="4">
         <v>5196</v>
       </c>
-      <c r="I106" s="4">
+      <c r="I107" s="4">
         <v>3463</v>
       </c>
-      <c r="J106" s="4">
+      <c r="J107" s="4">
         <v>4334</v>
       </c>
-      <c r="K106" s="5">
+      <c r="K107" s="5">
         <v>2960</v>
       </c>
-      <c r="L106"/>
-[...2 lines deleted...]
-      <c r="B107" s="29" t="s">
+      <c r="L107"/>
+    </row>
+    <row r="108" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="C107" s="24">
+      <c r="C108" s="24">
         <v>5402</v>
       </c>
-      <c r="D107" s="24">
+      <c r="D108" s="24">
         <v>5278</v>
       </c>
-      <c r="E107" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H107" s="24">
+      <c r="E108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H108" s="24">
         <v>5185</v>
       </c>
-      <c r="I107" s="24">
+      <c r="I108" s="24">
         <v>3464</v>
       </c>
-      <c r="J107" s="24">
+      <c r="J108" s="24">
         <v>4335</v>
       </c>
-      <c r="K107" s="26">
+      <c r="K108" s="26">
         <v>2950</v>
       </c>
-      <c r="L107"/>
-[...2 lines deleted...]
-      <c r="B108" s="3" t="s">
+      <c r="L108"/>
+    </row>
+    <row r="109" spans="2:12" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B109" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C108" s="6">
+      <c r="C109" s="6">
         <v>5396</v>
       </c>
-      <c r="D108" s="6">
+      <c r="D109" s="6">
         <v>5287</v>
       </c>
-      <c r="E108" s="13" t="s">
-[...8 lines deleted...]
-      <c r="H108" s="6">
+      <c r="E109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G109" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H109" s="6">
         <v>5174</v>
       </c>
-      <c r="I108" s="6">
+      <c r="I109" s="6">
         <v>3460</v>
       </c>
-      <c r="J108" s="6">
+      <c r="J109" s="6">
         <v>4338</v>
       </c>
-      <c r="K108" s="7">
+      <c r="K109" s="7">
         <v>2928</v>
       </c>
-      <c r="L108"/>
+      <c r="L109"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="E4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="1.3779527559055118" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1" scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
     <firstHeader>&amp;L&amp;G</firstHeader>
     <firstFooter>&amp;C&amp;P</firstFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:P45"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="34" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" style="55" customWidth="1"/>
     <col min="3" max="5" width="14.28515625" style="34" customWidth="1"/>
     <col min="6" max="8" width="11.42578125" style="34" customWidth="1"/>
     <col min="9" max="10" width="10.7109375" style="34" customWidth="1"/>
     <col min="11" max="11" width="14.28515625" style="34" customWidth="1"/>
     <col min="12" max="13" width="16" style="34" customWidth="1"/>
     <col min="14" max="14" width="16.28515625" style="34" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="34"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
@@ -22266,82 +22454,82 @@
         <v>87</v>
       </c>
       <c r="J8" s="43"/>
       <c r="K8" s="43"/>
       <c r="L8" s="44"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="10"/>
     </row>
     <row r="9" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="34"/>
       <c r="N9" s="10"/>
       <c r="O9" s="10"/>
       <c r="P9" s="10"/>
     </row>
     <row r="10" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="34"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
       <c r="P10" s="10"/>
     </row>
     <row r="11" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="45" t="s">
         <v>88</v>
       </c>
-      <c r="C11" s="136" t="s">
+      <c r="C11" s="137" t="s">
         <v>89</v>
       </c>
-      <c r="D11" s="136"/>
-[...7 lines deleted...]
-      <c r="L11" s="137"/>
+      <c r="D11" s="137"/>
+      <c r="E11" s="137"/>
+      <c r="F11" s="137"/>
+      <c r="G11" s="137"/>
+      <c r="H11" s="137"/>
+      <c r="I11" s="137"/>
+      <c r="J11" s="137"/>
+      <c r="K11" s="137"/>
+      <c r="L11" s="138"/>
       <c r="N11" s="10"/>
       <c r="O11" s="10"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="C12" s="138" t="s">
+      <c r="C12" s="139" t="s">
         <v>91</v>
       </c>
-      <c r="D12" s="138"/>
-[...7 lines deleted...]
-      <c r="L12" s="139"/>
+      <c r="D12" s="139"/>
+      <c r="E12" s="139"/>
+      <c r="F12" s="139"/>
+      <c r="G12" s="139"/>
+      <c r="H12" s="139"/>
+      <c r="I12" s="139"/>
+      <c r="J12" s="139"/>
+      <c r="K12" s="139"/>
+      <c r="L12" s="140"/>
       <c r="N12" s="10"/>
       <c r="O12" s="10"/>
       <c r="P12" s="10"/>
     </row>
     <row r="13" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="34"/>
     </row>
     <row r="14" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="34"/>
     </row>
     <row r="15" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="47" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="48"/>
       <c r="D15" s="48"/>
       <c r="E15" s="48"/>
       <c r="F15" s="48"/>
       <c r="G15" s="48"/>
       <c r="H15" s="48"/>
       <c r="I15" s="48"/>
       <c r="J15" s="48"/>
       <c r="K15" s="48"/>
       <c r="L15" s="49"/>
     </row>