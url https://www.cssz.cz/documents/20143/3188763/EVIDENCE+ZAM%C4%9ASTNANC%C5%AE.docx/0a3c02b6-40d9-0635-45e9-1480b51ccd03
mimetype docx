--- v0 (2025-11-25)
+++ v1 (2026-03-28)
@@ -146,4772 +146,8124 @@
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>týká se přihlášení zaměstnanců, kteří nejsou uvedeni v části B a C</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40354E3E" w14:textId="17D26503" w:rsidR="009E3EED" w:rsidRPr="009E3EED" w:rsidRDefault="009E3EED" w:rsidP="009E3EED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9197" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7087"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="7504"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3B64512B" w14:textId="77777777" w:rsidTr="0068215F">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3B64512B" w14:textId="77777777" w:rsidTr="00403E8D">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="661"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
-            <w:tcMar>
-[...8 lines deleted...]
-          <w:p w14:paraId="04BF555A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="00D474DB">
+          </w:tcPr>
+          <w:p w14:paraId="16045DD2" w14:textId="77777777" w:rsidR="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="cs-CZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009E3EED">
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D05C86D" w14:textId="01D9A7BB" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>NÁZEV ÚDAJE</w:t>
-[...24 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="188F5984" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>ČÍSLO ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04BF555A" w14:textId="014A5E06" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00D474DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>NÁZEV ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="53655D46" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51DD623C" w14:textId="1E00ADAD" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="188F5984" w14:textId="40171DC2" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>IK MPSV (Osobní identifikační číslo – OIČ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="39C69AD7" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1C700C1A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="39C69AD7" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09F8C00D" w14:textId="598BFB00" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C700C1A" w14:textId="350E8B0A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3663D209" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0BEB4148" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3663D209" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53A40085" w14:textId="46588E58" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEB4148" w14:textId="26EC55CA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Jméno</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="193B6F11" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="204F202C" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="193B6F11" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16637631" w14:textId="5CC5375B" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="204F202C" w14:textId="55B4DBDC" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Titul</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2F238728" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3467A530" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2F238728" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B72C9B5" w14:textId="5E6CA469" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3467A530" w14:textId="00BA0587" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum narození</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2F09F07F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="335A07C5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2F09F07F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CF569F9" w14:textId="6A4F54F8" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="335A07C5" w14:textId="7DB11166" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné číslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="65EA8526" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="02B23D75" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="65EA8526" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B022A80" w14:textId="242527EC" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02B23D75" w14:textId="3DEF28EF" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>EČP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="65F185C2" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="19864D32" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="65F185C2" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54D0C044" w14:textId="072733DD" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19864D32" w14:textId="3D252387" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Pohlaví</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4375FF86" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="488FAE31" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4375FF86" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57465E44" w14:textId="611DFB36" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="488FAE31" w14:textId="676CE2D1" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>VČP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="36E003E3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2E92D5A8" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="36E003E3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AB04A02" w14:textId="384178AE" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E92D5A8" w14:textId="419B3796" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ daňové identifikace</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A59920F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="22F35C9E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5A59920F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18B83974" w14:textId="49546A67" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F35C9E" w14:textId="58142ABB" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Daňový identifikátor ve státě rezidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4439968E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="30C5CD40" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4439968E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EFAF4C8" w14:textId="21EA9E17" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10063</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30C5CD40" w14:textId="6E80D1BB" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0D3F7DEB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="08355510" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="0D3F7DEB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E8B43D2" w14:textId="1429E517" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08355510" w14:textId="5C8D949D" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Dřívější příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3729FDA0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="20AA468F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3729FDA0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7606B597" w14:textId="756984EF" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20AA468F" w14:textId="7FB5A1A2" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1787BEC9" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0199A1EC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1787BEC9" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6944BCC8" w14:textId="4AEBE86F" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0199A1EC" w14:textId="7A7157DD" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="633F6196" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4A6632C5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="633F6196" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="031B8C15" w14:textId="6A565511" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6632C5" w14:textId="0D0B3C78" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Státní občanství</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5B0D791E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4F3C93B8" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5B0D791E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05225D32" w14:textId="60C5D9EE" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3C93B8" w14:textId="52D9B5DA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód státu rezidenství</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2EA30E64" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3EFF6ACB" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2EA30E64" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37997774" w14:textId="26240AE2" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10069</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFF6ACB" w14:textId="125DE7FC" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ dokladu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="35664FC8" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="07D71938" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="35664FC8" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DC53E51" w14:textId="6BD39D4F" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10070</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07D71938" w14:textId="15886CDE" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo dokladu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="51E977D0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="38790DBA" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="51E977D0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="766E5B20" w14:textId="290B7E0C" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10071</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38790DBA" w14:textId="02F46FB6" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Orgán, který vydal doklad v zahraničí</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="11678843" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7CE9D415" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="11678843" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FBF3E15" w14:textId="51EBEB29" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10072</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE9D415" w14:textId="02AADBCF" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód státu, který doklady vydal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="69190D0D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="646DD1C0" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="69190D0D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02CCB1C8" w14:textId="14E2B977" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10076</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="646DD1C0" w14:textId="16BD9A14" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="27BD3EE1" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5C75844A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="27BD3EE1" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31C02508" w14:textId="58F1CB1E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C75844A" w14:textId="01CD0832" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6DD30D5B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1054216D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="6DD30D5B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B33EC51" w14:textId="4F0A2347" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1054216D" w14:textId="33597D98" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A5624A5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="243BFF92" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5A5624A5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="561C4F0F" w14:textId="52F82B6A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243BFF92" w14:textId="61FD8676" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2A67BDC3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6E0D32FF" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2A67BDC3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCE9074" w14:textId="15A66C6F" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10080</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0D32FF" w14:textId="1711C566" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="33EA9551" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1A43747A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="33EA9551" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB13664" w14:textId="2C9A9985" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10082</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A43747A" w14:textId="52888709" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="34E5D75B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="442E67CD" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="34E5D75B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A68621E" w14:textId="420049D3" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="442E67CD" w14:textId="5B80772A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3EC15E07" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7FEC0C50" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3EC15E07" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41CEA08D" w14:textId="201CFA92" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10505</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEC0C50" w14:textId="41890D43" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2C6BE224" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="29D559A7" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2C6BE224" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18CB8913" w14:textId="12C5817E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10506</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D559A7" w14:textId="2EF21991" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6ED067F7" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4AA16065" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="6ED067F7" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3245FEDC" w14:textId="3E057911" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10507</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA16065" w14:textId="5356569F" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="57A21818" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1CFB7549" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="57A21818" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C4188B0" w14:textId="73026727" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10508</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFB7549" w14:textId="424F0361" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="276A0090" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="41F36DE8" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="276A0090" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24ECD355" w14:textId="3E3C252D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10509</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41F36DE8" w14:textId="2925A9B8" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3BA64C56" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="43CFC61F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3BA64C56" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01317BE0" w14:textId="246AF94E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10510</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43CFC61F" w14:textId="2C743567" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2F024C94" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="138A3ECC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2F024C94" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="153B69B1" w14:textId="36EAE387" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10511</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="138A3ECC" w14:textId="6269F07A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3B56A770" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7894E5B1" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3B56A770" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABD01F3" w14:textId="6C2782BD" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10512</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7894E5B1" w14:textId="2352636D" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="22C6ADDC" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0184C567" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="22C6ADDC" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F54FA10" w14:textId="42CF7E8D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10513</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0184C567" w14:textId="30008758" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7CB2D5FE" w14:textId="77777777" w:rsidTr="0068215F">
-[...32 lines deleted...]
-                <w:lang w:eastAsia="cs-CZ"/>
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="7CB2D5FE" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="093E0B70" w14:textId="2D36C4A9" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t>10514</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="556F3950" w14:textId="1A09E90B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="443A29A0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6D7692E4" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="443A29A0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B3D3DF7" w14:textId="29234E47" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7692E4" w14:textId="2C498342" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="46952FF6" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="060D81D7" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="46952FF6" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BA54951" w14:textId="4A7ECD30" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10516</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="060D81D7" w14:textId="177EEF0B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="379E358B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7F53ABB4" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="379E358B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F860CDC" w14:textId="7D928AA4" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F53ABB4" w14:textId="0EFA9DD7" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7D7C652E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="75D3B254" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="7D7C652E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DC9B71" w14:textId="79DDBE78" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10519</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75D3B254" w14:textId="14A81FE7" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3A3BA807" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1F4FAECE" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3A3BA807" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AC982E6" w14:textId="4AE0FC67" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4FAECE" w14:textId="7A43EC34" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7589CCBF" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="189B94C3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="7589CCBF" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A500CB6" w14:textId="343FCA2B" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10521</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="189B94C3" w14:textId="3FAF7CB5" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5EF2AD02" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5EEE8A15" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5EF2AD02" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="535374D4" w14:textId="0E3BA9CB" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10522</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEE8A15" w14:textId="7C047D9A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4CA8E935" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2DD59812" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4CA8E935" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3298F3D9" w14:textId="21ED7FE1" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD59812" w14:textId="43B5DAD5" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5C3A4DE5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="44CB6A3A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5C3A4DE5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26DA62C4" w14:textId="2F4F97E2" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10524</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CB6A3A" w14:textId="30CF96D6" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1885341A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="660677FC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1885341A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1367CFD1" w14:textId="1B8274F9" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10086</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="660677FC" w14:textId="230BB692" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Zdravotní omezení přiznané od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="698A679F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4DFA364A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="698A679F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5312E5C3" w14:textId="76CE2CF3" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10087</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFA364A" w14:textId="109C3110" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Zdravotní omezení přiznané do</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="25622879" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4E9E14D3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="25622879" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F919BE" w14:textId="5E9F64D4" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9E14D3" w14:textId="17055776" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Držitel karty ZTP/P</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2B4E4B99" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="364571EE" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2B4E4B99" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D443388" w14:textId="23EC1147" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10085</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="364571EE" w14:textId="695D59A0" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ zdravotního omezení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="288040FE" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="04E683CE" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="288040FE" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62A86464" w14:textId="325F98BA" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10091</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E683CE" w14:textId="7C79AB2A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Nejvyšší dosažené vzdělání podle KKOV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1F2693C0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="41C68B30" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1F2693C0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A71801E" w14:textId="1872D96F" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10092</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41C68B30" w14:textId="71202D29" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Specifikace</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="477C6D44" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4034687D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="477C6D44" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7622EE5D" w14:textId="090C4434" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10093</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4034687D" w14:textId="6F4CF369" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název nositele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1DBAD81C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2C5AF1DD" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1DBAD81C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1030F151" w14:textId="36A1404E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10094</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5AF1DD" w14:textId="351F634B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4AB0E517" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="652A4730" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4AB0E517" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A8A0422" w14:textId="632CB9C4" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="652A4730" w14:textId="40A66553" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="49B395AD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="722610E3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="49B395AD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01889AF8" w14:textId="45DF6E58" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10096</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722610E3" w14:textId="2BCD642B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="189181EC" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="597C6745" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="189181EC" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="565D0D15" w14:textId="2798ED27" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10097</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="597C6745" w14:textId="70ADCB4C" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5D3389A5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="144A16C2" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5D3389A5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06D209DA" w14:textId="30CEBA13" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="144A16C2" w14:textId="4ACBC85A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="08F36FEB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7BF6E58F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="08F36FEB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A6000EE" w14:textId="05C53AA1" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10099</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF6E58F" w14:textId="42D0ABEA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2806FF86" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2B54E943" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2806FF86" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05AD4445" w14:textId="7A66F027" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B54E943" w14:textId="30108AE5" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Cizozemské číslo pojištění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4486C36C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3163360B" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4486C36C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="778E8AF2" w14:textId="5A17F4D0" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3163360B" w14:textId="6320ACB5" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Sektor (účel pojištění)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="031FE567" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0CA9AB39" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="031FE567" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4BFC21" w14:textId="6417B816" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA9AB39" w14:textId="32755509" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód zdravotní pojišťovny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2FE8BD19" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7CF6C535" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2FE8BD19" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B48A5D9" w14:textId="7CFE0CBD" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF6C535" w14:textId="3014713B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název předchozího orgánu, který prováděl nemocenské pojištění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="14A37824" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5B09EC89" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="14A37824" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CFAC77A" w14:textId="393BAC51" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B09EC89" w14:textId="4D0F3F43" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název současného orgánu, který provádí nemocenské pojištění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6B0CBF71" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0E0D740D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="6B0CBF71" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36338D8E" w14:textId="414E6A6E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10414</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0D740D" w14:textId="1BC380DE" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Volný přístup na trh práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="01CB8002" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5B16D492" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="01CB8002" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5677CABA" w14:textId="7855D0FA" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B16D492" w14:textId="72CA504F" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod pro volný přístup na trh práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4E34524B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="016BAFB6" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4E34524B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1161BC3B" w14:textId="0F3F10EB" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="016BAFB6" w14:textId="4CA92E4A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh pracovního oprávnění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="494EF905" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3D6B488F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="494EF905" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="358EBFC0" w14:textId="0178B1DC" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6B488F" w14:textId="6D7ED3C3" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vydala Krajská pobočka ÚP ČR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3D524273" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="155B8EF6" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3D524273" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15134DA3" w14:textId="0E4BF807" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="155B8EF6" w14:textId="405EEF68" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Identifikátor pracovního oprávnění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0F818887" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="07B9F204" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="0F818887" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C330CA4" w14:textId="1376D361" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07B9F204" w14:textId="20962C6D" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Trvání oprávnění od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="51A4F13E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="20DA2EBB" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="51A4F13E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9756BF" w14:textId="5097DD02" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20DA2EBB" w14:textId="0D78CE84" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Trvání oprávnění do</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2728943E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="695100F3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2728943E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5B108D" w14:textId="6D0670B9" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10427</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695100F3" w14:textId="3EE7D173" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Příslušnost k cizím právním předpisům</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7FF28158" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="58B86AD2" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="7FF28158" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45433098" w14:textId="2B1F6D62" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10428</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58B86AD2" w14:textId="6696E103" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód státu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="09E3CBEF" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1558175A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="09E3CBEF" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A4B7E54" w14:textId="6FB40BF6" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1558175A" w14:textId="3DABFE67" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh důchodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0E6C96A8" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1814AF9A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="0E6C96A8" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06004668" w14:textId="693BC185" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1814AF9A" w14:textId="0D3A05E1" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Pobírán od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5C6EDC73" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="00F13E15" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5C6EDC73" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DE9B030" w14:textId="347BED8C" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F13E15" w14:textId="5399CA10" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Poživatel předčasného starobního důchodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7973DAB2" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7B33E13D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="7973DAB2" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9202C8" w14:textId="1154F2B9" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10504</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B33E13D" w14:textId="1918FC41" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Poživatel starobního důchodu se sníženým důchodovým věkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="07A4D08C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="66C573DC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="07A4D08C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725EAEC5" w14:textId="02F0550A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66C573DC" w14:textId="7281A332" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název zaměstnavatele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="65A121DC" w14:textId="77777777" w:rsidTr="0068215F">
-[...34 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="65A121DC" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D07D33F" w14:textId="58FB0C17" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56B09D6D" w14:textId="3563B447" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
               <w:t>Variabilní symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="69E7517E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="28EE326B" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="69E7517E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA7E40F" w14:textId="320BB5AF" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28EE326B" w14:textId="403FEE5B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum nástupu do zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A22E6E6" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="098AED2F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5A22E6E6" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C2A2B1B" w14:textId="0645D790" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098AED2F" w14:textId="16E50CD6" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum skončení zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3FE91520" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="27B752A3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3FE91520" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A859390" w14:textId="406B72C0" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27B752A3" w14:textId="28C4A1F2" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vznik zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6711F766" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7BCD3D4E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="6711F766" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C92D5E8" w14:textId="751DF581" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10243</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCD3D4E" w14:textId="117ABC34" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Zaměstnání malého rozsahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="235948DD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1B4B2778" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="235948DD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CFA89D7" w14:textId="19605A30" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10526</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4B2778" w14:textId="1824F5E8" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Předpokládané/á místo/a výkonu práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5B333085" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2C8F0E92" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5B333085" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B18E644" w14:textId="2070B4E3" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10527</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8F0E92" w14:textId="1286DEAA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Místo výkonu práce uvedené v pracovní smlouvě zaměstnance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5EEC3E3A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0D84F794" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="5EEC3E3A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FE6C336" w14:textId="1ED82CF4" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D84F794" w14:textId="6546959E" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název obce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="101BD566" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="59625990" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="101BD566" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35AB9668" w14:textId="664140DD" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10529</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59625990" w14:textId="32DBCF47" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód obce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="013742EF" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3A9527A5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="013742EF" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69A31056" w14:textId="70624F46" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10234</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9527A5" w14:textId="12B5F5CA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Profese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="17460041" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2F642B04" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="17460041" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AEA3DD0" w14:textId="06882D57" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F642B04" w14:textId="2FB697CC" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název pozice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1D377770" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3D07191A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1D377770" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE63201" w14:textId="31400E4A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10238</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D07191A" w14:textId="5751F9BA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vedoucí zaměstnanec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3C6C232E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="03F71CA5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3C6C232E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="435D5D38" w14:textId="017102C1" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03F71CA5" w14:textId="60193D9B" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh činnosti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3A666148" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3FA2DD8A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="3A666148" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B41A6EA" w14:textId="67835FBB" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA2DD8A" w14:textId="6FCDF51F" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Bližší určení pracovněprávního vztahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="36D855CF" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="41FD9F33" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="36D855CF" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FB87685" w14:textId="35FC7CED" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10248</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41FD9F33" w14:textId="30AD3434" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vzdělání požadované pro výkon profese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="12B6F142" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2F498A95" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="12B6F142" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58587357" w14:textId="325155EF" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10249</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F498A95" w14:textId="62A7BF08" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Postavení v zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="577C971C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5D44A833" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="577C971C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45792797" w14:textId="755A7063" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10255</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D44A833" w14:textId="544DBDDA" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Pracovní režim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="13839A63" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4EB2DFFC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="13839A63" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5305C458" w14:textId="29967982" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10407</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB2DFFC" w14:textId="53F0AC10" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Nepřetržitý provoz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2E9E1BB3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6AB418A5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2E9E1BB3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D60294F" w14:textId="0CC0274D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB418A5" w14:textId="1F4A3857" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Práce probíhá převážně</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2B64589F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="538B3855" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2B64589F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C449D8" w14:textId="42B07BDB" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10376</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="538B3855" w14:textId="6D1DB561" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod neposkytnutí podkladů</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="57AB6DD3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="351A16D2" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="57AB6DD3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4706FD57" w14:textId="078C53F5" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10525</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="351A16D2" w14:textId="3051A3D5" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1866093D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4D03569E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1866093D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6E2133" w14:textId="2D7D97DA" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D03569E" w14:textId="7231E013" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Průměrný měsíční čistý (pravděpodobný) výdělek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="742E8868" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="640E0765" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="742E8868" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32EF5F07" w14:textId="4637425D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="640E0765" w14:textId="61FC9BBC" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Náleží</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1BAD3A36" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3BA0F55E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1BAD3A36" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1604D5ED" w14:textId="50F9BE27" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10379</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA0F55E" w14:textId="241D6051" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vyplaceno v plné výši</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="53D45B3A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6CB17218" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="53D45B3A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69C8F1FA" w14:textId="1800CC3E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB17218" w14:textId="528F980C" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod ukončení pracovně právního vztahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="34352F0F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="238024C6" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="34352F0F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3040DD0E" w14:textId="71A8137A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="238024C6" w14:textId="5CF7FA0E" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod ukončení služebního poměru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2139BD47" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7CFEA43C" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2139BD47" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7654C0" w14:textId="58002EEC" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10534</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFEA43C" w14:textId="436D2020" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod předčasného ukončení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="22D96327" w14:textId="77777777" w:rsidTr="0068215F">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="22D96327" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36DF5401" w14:textId="1A14FA77" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10530</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28538F73" w14:textId="729E1D84" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Jednorázová náhrada při skončení pracovního poměru (</w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:anchor="par_271ca" w:history="1">
-              <w:r w:rsidRPr="009E3EED">
+              <w:r w:rsidRPr="00403E8D">
                 <w:rPr>
                   <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                  <w:color w:val="0097D6"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                   <w:lang w:eastAsia="cs-CZ"/>
                 </w:rPr>
                 <w:t>§ 271ca zákoníku práce</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009E3EED">
+            <w:r w:rsidRPr="00403E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="42A1C395" w14:textId="77777777" w:rsidTr="0068215F">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="42A1C395" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D6464FE" w14:textId="31D95BD5" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10531</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1B70A9" w14:textId="30A6785D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Odstupné podle </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:anchor="par_67-odst_1" w:history="1">
-              <w:r w:rsidRPr="009E3EED">
+              <w:r w:rsidRPr="00403E8D">
                 <w:rPr>
                   <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                  <w:color w:val="0097D6"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                   <w:lang w:eastAsia="cs-CZ"/>
                 </w:rPr>
                 <w:t>§ 67 odst. 1 zákoníku práce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2AAABF40" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6D01D459" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="2AAABF40" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E78F0A7" w14:textId="7AA4C17C" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10532</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D01D459" w14:textId="0F8362FB" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Odchodné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="49B3E22E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="547845E7" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="49B3E22E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F1BA7D1" w14:textId="1D9F9A59" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10533</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="547845E7" w14:textId="40B51CB8" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Odbytné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4FEAD9D1" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2B9DD39E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="4FEAD9D1" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B592F30" w14:textId="0EF11C2E" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9DD39E" w14:textId="6301E91F" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Doba trvání důchodového pojištění ze zaměstnání od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1B84C2A2" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="129B6095" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1B84C2A2" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10944F1C" w14:textId="52D2CE00" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10387</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="129B6095" w14:textId="077437FB" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Doba trvání důchodového pojištění ze zaměstnání do</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1558086A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="516548D3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="1558086A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66DDC089" w14:textId="7C35C62A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10396</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="516548D3" w14:textId="24AB9E1F" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="33CF8D53" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6ABBDE16" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="33CF8D53" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="265DC5A5" w14:textId="3600363D" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABBDE16" w14:textId="6430273A" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Popis přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="167AAE6B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4FF0DFD3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="167AAE6B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="604F42DA" w14:textId="412D9B1A" w:rsidR="00403E8D" w:rsidRPr="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403E8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF0DFD3" w14:textId="76742228" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Data přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D1B8D47" w14:textId="77777777" w:rsidR="00D474DB" w:rsidRDefault="00D474DB" w:rsidP="00CC72DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="atLeast"/>
@@ -5118,1239 +8470,2072 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7087"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="7363"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="58C31E6F" w14:textId="77777777" w:rsidTr="0068215F">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="58C31E6F" w14:textId="77777777" w:rsidTr="00C977CC">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="661"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
-            <w:tcMar>
-[...8 lines deleted...]
-          <w:p w14:paraId="6F062482" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="00D474DB">
+          </w:tcPr>
+          <w:p w14:paraId="475A2715" w14:textId="77777777" w:rsidR="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="cs-CZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009E3EED">
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69730937" w14:textId="1ECA0623" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00403E8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>NÁZEV ÚDAJE</w:t>
-[...24 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="5D01175E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>ČÍSLO ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F062482" w14:textId="0E8A4483" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00D474DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>NÁZEV ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3C66D4A5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FC91B2F" w14:textId="186BD9B6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D01175E" w14:textId="101D516A" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>IK MPSV (Osobní identifikační číslo – OIČ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="580C2151" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0D0C3A8A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="580C2151" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AB78B6B" w14:textId="7C8BD568" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0C3A8A" w14:textId="7124C572" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="15AF3B0D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5DC41290" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="15AF3B0D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E12DE9D" w14:textId="1B870320" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC41290" w14:textId="5E6C5C04" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Jméno</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4C12C40A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="08B01A5D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="4C12C40A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70FB84D1" w14:textId="258F9E58" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08B01A5D" w14:textId="34F33315" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Titul</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3297E6BF" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="61D00E91" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3297E6BF" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F129F7F" w14:textId="11BA66E5" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61D00E91" w14:textId="7C233E1B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum narození</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3E6748D5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="17B85E8F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3E6748D5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49F7BC7E" w14:textId="370A1943" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B85E8F" w14:textId="387DB78F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné číslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="68AFCD7D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="14218E30" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="68AFCD7D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BC6E0A8" w14:textId="1977F06A" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14218E30" w14:textId="40071BEB" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>EČP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2F54AE8B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="17CBDF5E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="2F54AE8B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3472F09E" w14:textId="294EDA84" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17CBDF5E" w14:textId="47A58883" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Pohlaví</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2036C623" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7639479E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="2036C623" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B6C20FF" w14:textId="5121C2C8" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10063</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7639479E" w14:textId="3885ADDF" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="28F33A41" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0F80CBCE" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="28F33A41" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EF54E72" w14:textId="173A61C7" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F80CBCE" w14:textId="7E3AC06F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="56CECF39" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="467CF2E1" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="56CECF39" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1241990C" w14:textId="35C5D115" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="467CF2E1" w14:textId="13CF4974" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="79EA9097" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="66A22B26" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="79EA9097" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0098E93B" w14:textId="00F2D88B" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66A22B26" w14:textId="799913C8" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Státní občanství</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1BB86C02" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="14BB1123" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1BB86C02" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54A770F1" w14:textId="7F69EBAA" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10076</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14BB1123" w14:textId="05381C6F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5682C395" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5E3F1293" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5682C395" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66F6CC9C" w14:textId="1D82C82E" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3F1293" w14:textId="36A4AFBE" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="05180EB5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="22551AC3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="05180EB5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B94CB3E" w14:textId="3D464F9F" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22551AC3" w14:textId="25146C8B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6E4D97AA" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1809AEBA" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="6E4D97AA" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC65FC6" w14:textId="4D696878" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1809AEBA" w14:textId="3645CC96" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="71EC719D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3A20B7C5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="71EC719D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="563316C6" w14:textId="5FD99809" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10080</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A20B7C5" w14:textId="0B54FB23" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="091FA852" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="31351F6A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="091FA852" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BCE4A8C" w14:textId="39AA864F" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10082</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31351F6A" w14:textId="00FD9874" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4075CD1F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="09B2D258" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="4075CD1F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FB839EA" w14:textId="5DEF53E6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09B2D258" w14:textId="540E9D5F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="039D6005" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1233A293" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="039D6005" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3730CED8" w14:textId="4172782B" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1233A293" w14:textId="6992937B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název zaměstnavatele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0D827B05" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1568EB51" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="0D827B05" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E973162" w14:textId="5F78ECC0" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1568EB51" w14:textId="667C034B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Variabilní symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="66255CB0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="267344B5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="66255CB0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C122D56" w14:textId="3D1F6781" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="267344B5" w14:textId="494E4DF9" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum nástupu do zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A575B64" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="38804530" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5A575B64" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB0CCE6" w14:textId="78D28CF6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38804530" w14:textId="40621AF4" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum skončení zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="532D2F56" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6C14C21D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="532D2F56" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F076F31" w14:textId="4076B60C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C14C21D" w14:textId="2FB14742" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh činnosti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="336798A2" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0402E082" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="336798A2" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="399ECF5E" w14:textId="2532CDCB" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0402E082" w14:textId="1B4177D4" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Bližší určení pracovněprávního vztahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="12434EBD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3AE6A4FB" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="12434EBD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D476021" w14:textId="290D99A6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10396</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE6A4FB" w14:textId="1C860A57" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="36CEB9FB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="49769A72" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="36CEB9FB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25957FD5" w14:textId="09CC31ED" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49769A72" w14:textId="163FB87E" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Popis přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="77A6B2FA" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="27CEB568" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="77A6B2FA" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C62902" w14:textId="79A4028C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27CEB568" w14:textId="7355E1D9" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Data přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21B13214" w14:textId="77777777" w:rsidR="00CC72DE" w:rsidRPr="00D474DB" w:rsidRDefault="00CC72DE" w:rsidP="009E3EED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="atLeast"/>
@@ -7463,2760 +11648,4695 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7087"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="7363"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6545F269" w14:textId="77777777" w:rsidTr="0068215F">
+      <w:tr w:rsidR="00403E8D" w:rsidRPr="00D474DB" w14:paraId="6545F269" w14:textId="77777777" w:rsidTr="0068420F">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="661"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
-            <w:tcMar>
-[...8 lines deleted...]
-          <w:p w14:paraId="02474DE8" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="00D474DB">
+          </w:tcPr>
+          <w:p w14:paraId="1E9CABDF" w14:textId="77777777" w:rsidR="00403E8D" w:rsidRDefault="00403E8D" w:rsidP="00D474DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="cs-CZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009E3EED">
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D750D80" w14:textId="70739EB6" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00D474DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>NÁZEV ÚDAJE</w:t>
-[...24 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="131E6674" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>ČÍSLO ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="385623" w:themeFill="accent6" w:themeFillShade="80"/>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02474DE8" w14:textId="14AD0A69" w:rsidR="00403E8D" w:rsidRPr="009E3EED" w:rsidRDefault="00403E8D" w:rsidP="00D474DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:t>NÁZEV ÚDAJE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="13A5E486" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75D06535" w14:textId="6E59C513" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="131E6674" w14:textId="13E2908E" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>IK MPSV (Osobní identifikační číslo – OIČ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1A60044B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="55F79F6F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1A60044B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B8A85A" w14:textId="04EA689C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55F79F6F" w14:textId="56C7A959" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4B2BF79E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="16C048A3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="4B2BF79E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F210C6D" w14:textId="2FBBE225" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C048A3" w14:textId="7B1F698C" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Jméno</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3190B296" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="265EFA2E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3190B296" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B650A06" w14:textId="55DF6521" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265EFA2E" w14:textId="31E6B972" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Titul</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="273F0778" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3E959545" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="273F0778" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713C3B2D" w14:textId="76378BF6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E959545" w14:textId="6E3E908C" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum narození</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0899A1DA" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1A7F5509" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="0899A1DA" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40397B90" w14:textId="4C014890" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7F5509" w14:textId="2EB711FA" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné číslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4DF32635" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0522E3DB" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="4DF32635" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332166A1" w14:textId="6849A13D" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0522E3DB" w14:textId="784611AF" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>EČP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="24BDFB8C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1BED1A68" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="24BDFB8C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58DE3635" w14:textId="6BBB94B2" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BED1A68" w14:textId="236AF24D" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Pohlaví</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6ADA75FD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5A26B56F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="6ADA75FD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295DE9A1" w14:textId="16447451" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A26B56F" w14:textId="5FD27EF8" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>VČP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="464591A8" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7F987E4D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="464591A8" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19378448" w14:textId="5B2F0072" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F987E4D" w14:textId="12D890CB" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ daňové identifikace</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A937F2C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="55183D7A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5A937F2C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334930E8" w14:textId="3530F805" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55183D7A" w14:textId="01DA6B0B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Daňový identifikátor ve státě rezidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="667C7CB3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1BECA247" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="667C7CB3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="268288ED" w14:textId="32A7B328" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10063</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BECA247" w14:textId="19E5F8B2" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Rodné příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6F81C0B6" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="41CD32C6" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="6F81C0B6" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39701CA6" w14:textId="6690C91D" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CD32C6" w14:textId="78CBB1C7" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Dřívější příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0CEE5E54" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0B5C6280" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="0CEE5E54" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="526E329D" w14:textId="5B805798" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5C6280" w14:textId="1D07E1CD" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0A9EF3E0" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7692CE4A" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="0A9EF3E0" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40567690" w14:textId="65AD37EF" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7692CE4A" w14:textId="68989344" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="62C9FBFD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="54C9AD11" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="62C9FBFD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75AA08AF" w14:textId="4147C43C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54C9AD11" w14:textId="500F4A81" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Státní občanství</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="490B6D7F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7EA74569" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="490B6D7F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="298E4BFA" w14:textId="794007A9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA74569" w14:textId="171C08E7" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód státu rezidenství</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="702395F6" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4C1D6BD2" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="702395F6" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1670C310" w14:textId="2872E4BE" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10069</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1D6BD2" w14:textId="5305894A" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ dokladu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="383661E1" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5B58C2E4" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="383661E1" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="097970AB" w14:textId="5ABE1AB9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10070</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B58C2E4" w14:textId="7EF7F4DB" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo dokladu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="513C772B" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0C10D35F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="513C772B" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52EEB949" w14:textId="4A1412E8" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10071</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C10D35F" w14:textId="12E41462" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Orgán, který vydal doklad v zahraničí</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="77362ED8" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0690EC46" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="77362ED8" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D520302" w14:textId="7F26371A" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10072</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0690EC46" w14:textId="2B46FC83" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód státu, který doklady vydal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="42E9BBD9" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2378DC4D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="42E9BBD9" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="719030B0" w14:textId="781CE511" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10076</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2378DC4D" w14:textId="2E4A4044" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="60800756" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5282042B" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="60800756" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EF7FECF" w14:textId="078CAA80" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5282042B" w14:textId="43A8D4C9" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5D0AF8AA" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4A10C951" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5D0AF8AA" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="038342C5" w14:textId="3A75A493" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A10C951" w14:textId="4AF7123B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="55F54E36" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="588C4D71" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="55F54E36" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="255C21E7" w14:textId="4E377E75" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="588C4D71" w14:textId="5DA5312B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1C37A7FD" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="593CD354" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1C37A7FD" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DE4FDBE" w14:textId="41FB2D4A" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10080</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="593CD354" w14:textId="5A8D683E" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="77D1F327" w14:textId="77777777" w:rsidTr="0068215F">
-[...32 lines deleted...]
-                <w:lang w:eastAsia="cs-CZ"/>
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="77D1F327" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B45C1AD" w14:textId="5C05411B" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t>10082</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59C94D1B" w14:textId="54E75F74" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E3EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="67E6550F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1A4E7EC9" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="67E6550F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53C2B303" w14:textId="509F7EC0" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4E7EC9" w14:textId="4E23F033" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1A31BF50" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3BA11B00" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1A31BF50" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="779A7FE6" w14:textId="11CE72B4" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10512</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA11B00" w14:textId="6F5A55CD" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód adresního místa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3ABA1248" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6AA45749" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3ABA1248" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C238444" w14:textId="38132CE5" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10513</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA45749" w14:textId="7D298014" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3DD12173" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5CDC32A3" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3DD12173" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46F492F7" w14:textId="52AE2E4C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10514</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDC32A3" w14:textId="3995E810" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="69E8968E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7BD990E2" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="69E8968E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="181ACF7D" w14:textId="7F330308" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD990E2" w14:textId="2FB6EFD0" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="181C7B72" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="55B2A5FC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="181C7B72" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49CA47C1" w14:textId="6308398C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10516</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55B2A5FC" w14:textId="5796A87A" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="402EE671" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1DD5F53B" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="402EE671" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EEC4EE0" w14:textId="4D94A293" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD5F53B" w14:textId="702FA57B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="73E75FD2" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="00A46B3E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="73E75FD2" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21238800" w14:textId="5A2DBEC3" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10519</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00A46B3E" w14:textId="7A9AD67E" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Ulice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="45A03413" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="47D277DC" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="45A03413" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D6D3D06" w14:textId="27FC251E" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47D277DC" w14:textId="6B2534F3" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo popisné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5B6E650A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="00BAF11B" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5B6E650A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A4C59AB" w14:textId="0F28C76B" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10521</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00BAF11B" w14:textId="32CAD4A4" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Číslo orientační</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="160DD939" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="3A168419" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="160DD939" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2439798C" w14:textId="2A770D58" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10522</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A168419" w14:textId="4E18B08A" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Obec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="39DC1D66" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="0A7B3F18" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="39DC1D66" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20144415" w14:textId="3447A8A9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7B3F18" w14:textId="4BF8BA6A" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>PSČ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7A6C6D3F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="2FE0CDB5" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="7A6C6D3F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31561ABC" w14:textId="3C1E1E02" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10524</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE0CDB5" w14:textId="4484AFB9" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Stát</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3363A59F" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4432063E" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3363A59F" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FFAD2CE" w14:textId="6A71F88F" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10086</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4432063E" w14:textId="4F4C5F8F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Zdravotní omezení přiznané od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3E1912AB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6EA54671" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3E1912AB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F9929C8" w14:textId="31596AE1" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10087</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA54671" w14:textId="14760B38" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Zdravotní omezení přiznané do</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1462D92C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="611D7A66" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1462D92C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37252818" w14:textId="4E6606EA" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="611D7A66" w14:textId="01E4873F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Držitel karty ZTP/P</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="77567F7A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="34419BF1" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="77567F7A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74B35D80" w14:textId="3B241C4B" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10085</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34419BF1" w14:textId="27800101" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Typ zdravotního omezení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="3D91AA72" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6B677394" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="3D91AA72" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295DC66B" w14:textId="735E488D" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B677394" w14:textId="2016E50C" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód zdravotní pojišťovny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="62573EAE" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="1BE6D818" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="62573EAE" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D38369" w14:textId="03124B3A" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10414</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE6D818" w14:textId="0D91AE2C" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Volný přístup na trh práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="61C7814E" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="23E825E4" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="61C7814E" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22AA11AE" w14:textId="6FDCA93D" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23E825E4" w14:textId="55651A2D" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod pro volný přístup na trh práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7BAF9174" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6AB368F8" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="7BAF9174" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="342D59A1" w14:textId="7F5579B4" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB368F8" w14:textId="7175182D" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh pracovního oprávnění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2CC02BDB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5F568E94" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="2CC02BDB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C16F0A8" w14:textId="0D2AD891" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F568E94" w14:textId="4AD442E4" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Vydala Krajská pobočka ÚP ČR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1395F538" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="580C8FDE" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1395F538" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="590C6695" w14:textId="3FC2F4FD" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="580C8FDE" w14:textId="271B2FFB" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Identifikátor pracovního oprávnění</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5B554A10" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="78D1D46F" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5B554A10" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AF3B34D" w14:textId="353D5E3C" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78D1D46F" w14:textId="4BC83706" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Trvání oprávnění od</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="6864BACB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="17664C8C" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="6864BACB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73AB7A0F" w14:textId="0E54F2D9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17664C8C" w14:textId="52326DCF" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Trvání oprávnění do</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2BB83AD4" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="03D16104" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="2BB83AD4" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21F859DA" w14:textId="6BF53A82" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03D16104" w14:textId="147685D1" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název zaměstnavatele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="4FE0F79C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="35DE7846" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="4FE0F79C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="241A75B8" w14:textId="39D27899" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35DE7846" w14:textId="4F9BB924" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Variabilní symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5735AFB5" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6D8983C7" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5735AFB5" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="201CFCC4" w14:textId="5A696AA9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8983C7" w14:textId="2622CCF1" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum nástupu do zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5193B70A" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="13183EFB" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5193B70A" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5884AF68" w14:textId="192DB083" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13183EFB" w14:textId="13199C0F" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Datum skončení zaměstnání</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="23DA8C6D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="386F6BCA" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="23DA8C6D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37A04DE7" w14:textId="08D94046" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10526</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="386F6BCA" w14:textId="754A1F51" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Předpokládané/á místo/a výkonu práce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="090EEC1C" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="396CC9FD" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="090EEC1C" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE75E3B" w14:textId="11837721" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10527</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="396CC9FD" w14:textId="1BD96AEA" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Místo výkonu práce uvedené v pracovní smlouvě zaměstnance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="28989436" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="29C0F1E1" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="28989436" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48298FA6" w14:textId="7B7DDB37" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29C0F1E1" w14:textId="0D170BBA" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název obce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="7535BFA9" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="7C347655" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="7535BFA9" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1971D7CC" w14:textId="264FCFF5" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10529</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C347655" w14:textId="7D78AC2B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Kód obce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="1B89F1A4" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="5EB49C09" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="1B89F1A4" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="576F528E" w14:textId="5EE9B0F6" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB49C09" w14:textId="3F706F6C" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Druh činnosti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="2E157339" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="4736708D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="2E157339" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C56AE" w14:textId="4636A7BB" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4736708D" w14:textId="64BF06FF" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Bližší určení pracovněprávního vztahu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="0F6137C3" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="6E108777" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="0F6137C3" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A5F4759" w14:textId="39CD8D05" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10534</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E108777" w14:textId="30161639" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Důvod předčasného ukončení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="5A39E80D" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="13C6A60D" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="5A39E80D" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B16227D" w14:textId="1DA7DBB9" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10396</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13C6A60D" w14:textId="1440F57B" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Název přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="69351FAB" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="51644BAA" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="69351FAB" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A48B40D" w14:textId="4BA5190E" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51644BAA" w14:textId="3B35CEBB" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Popis přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2D63" w:rsidRPr="00D474DB" w14:paraId="237B3349" w14:textId="77777777" w:rsidTr="0068215F">
-[...18 lines deleted...]
-          <w:p w14:paraId="236647C6" w14:textId="77777777" w:rsidR="003B2D63" w:rsidRPr="009E3EED" w:rsidRDefault="003B2D63" w:rsidP="009E3EED">
+      <w:tr w:rsidR="002A49CE" w:rsidRPr="00D474DB" w14:paraId="237B3349" w14:textId="77777777" w:rsidTr="00403E8D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B84EFDA" w14:textId="17BF078E" w:rsidR="002A49CE" w:rsidRPr="002A49CE" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="30" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="30" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="236647C6" w14:textId="72302193" w:rsidR="002A49CE" w:rsidRPr="009E3EED" w:rsidRDefault="002A49CE" w:rsidP="002A49CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3EED">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>Data přílohy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BF16757" w14:textId="77777777" w:rsidR="00CC05C3" w:rsidRPr="00D474DB" w:rsidRDefault="00CC05C3" w:rsidP="009E3EED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="atLeast"/>
@@ -10402,72 +16522,80 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="200167663">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E3EED"/>
+    <w:rsid w:val="002A49CE"/>
     <w:rsid w:val="002E40C1"/>
     <w:rsid w:val="002F4C8C"/>
     <w:rsid w:val="003B2D63"/>
+    <w:rsid w:val="00403E8D"/>
     <w:rsid w:val="005247B4"/>
+    <w:rsid w:val="00545E28"/>
+    <w:rsid w:val="0056338B"/>
     <w:rsid w:val="00602D0E"/>
     <w:rsid w:val="0068215F"/>
     <w:rsid w:val="009A719D"/>
     <w:rsid w:val="009E3EED"/>
+    <w:rsid w:val="00AA79D2"/>
+    <w:rsid w:val="00B22E97"/>
     <w:rsid w:val="00B9475E"/>
+    <w:rsid w:val="00C76824"/>
     <w:rsid w:val="00CC05C3"/>
     <w:rsid w:val="00CC72DE"/>
     <w:rsid w:val="00D27B84"/>
     <w:rsid w:val="00D474DB"/>
     <w:rsid w:val="00E43DC4"/>
     <w:rsid w:val="00FC286C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -11751,69 +17879,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>842</Words>
-  <Characters>4970</Characters>
+  <Words>1028</Words>
+  <Characters>6071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČSSZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5801</CharactersWithSpaces>
+  <CharactersWithSpaces>7085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Huřťáková Martina (ČSSZ 33)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>