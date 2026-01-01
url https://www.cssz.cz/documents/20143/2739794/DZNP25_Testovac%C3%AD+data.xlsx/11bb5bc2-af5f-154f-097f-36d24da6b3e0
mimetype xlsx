--- v0 (2025-10-07)
+++ v1 (2026-01-01)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Projects_analyse\CSSZ_159\02_Systemy\eNeschopenka\Zamestnavatele\Priklady\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\xxmilkar\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YY1FEL06\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDD13C28-2EA5-4CB5-8EC3-29A49E417AF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4E76435-20BC-436D-B62F-CA0C3AE93EB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="760" yWindow="30" windowWidth="14400" windowHeight="11250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="49">
   <si>
     <t>95176145630219897M</t>
   </si>
   <si>
     <t>Číslo rozhodnutí</t>
   </si>
   <si>
     <t>Natálie</t>
   </si>
   <si>
     <t>Vyletělová</t>
   </si>
   <si>
     <t>1967-02-12</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Příjmení</t>
   </si>
   <si>
     <t>Datum narození</t>
   </si>
   <si>
@@ -160,84 +160,111 @@
     <t>RPDP1</t>
   </si>
   <si>
     <t>RPDP2</t>
   </si>
   <si>
     <t>Typ podání</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>PHDZD</t>
   </si>
   <si>
     <t>95209979240830114L</t>
   </si>
   <si>
     <t>2024-08-30</t>
   </si>
   <si>
     <t>RPDP2 opravné</t>
   </si>
   <si>
     <t>RPOP1 opravné</t>
+  </si>
+  <si>
+    <t>98989898 600004340 Z</t>
+  </si>
+  <si>
+    <t>PUVZ</t>
+  </si>
+  <si>
+    <t>98989898 600004360 Z</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>98989898 600004361 Z</t>
+  </si>
+  <si>
+    <t>PUVZ změna</t>
+  </si>
+  <si>
+    <t>PUVZ storno</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -262,77 +289,79 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -579,491 +608,567 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+      <selection activeCell="I26" sqref="I26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="10.5703125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="12.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.26953125" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" customWidth="1"/>
+    <col min="6" max="6" width="16.1796875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4">
         <v>6752121112</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4">
         <v>6752121112</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="6" t="s">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A4" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="6">
+      <c r="E4" s="8">
         <v>6752121112</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E5" s="8"/>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A5" s="9"/>
+      <c r="B5" s="9"/>
+      <c r="C5" s="9"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="9"/>
       <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="6" t="s">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A6" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="C6" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="7" t="s">
+      <c r="D6" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="8">
         <v>6752121112</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A7" s="10"/>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
-      <c r="D7" s="11"/>
+      <c r="D7" s="12"/>
       <c r="E7" s="10"/>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" s="10"/>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
-      <c r="D8" s="11"/>
+      <c r="D8" s="12"/>
       <c r="E8" s="10"/>
       <c r="F8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" s="10"/>
       <c r="B9" s="10"/>
       <c r="C9" s="10"/>
-      <c r="D9" s="11"/>
+      <c r="D9" s="12"/>
       <c r="E9" s="10"/>
       <c r="F9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E10" s="8"/>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A10" s="9"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="13"/>
+      <c r="E10" s="9"/>
       <c r="F10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="4">
         <v>6752121112</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="6" t="s">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="6" t="s">
+      <c r="C12" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="D12" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="6">
+      <c r="E12" s="8">
         <v>6356210850</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A13" s="10"/>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
-      <c r="D13" s="11"/>
+      <c r="D13" s="12"/>
       <c r="E13" s="10"/>
       <c r="F13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A14" s="10"/>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
-      <c r="D14" s="11"/>
+      <c r="D14" s="12"/>
       <c r="E14" s="10"/>
       <c r="F14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E15" s="8"/>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A15" s="9"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="9"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="9"/>
       <c r="F15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="6" t="s">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A16" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B16" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="C16" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D16" s="7" t="s">
+      <c r="D16" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="8">
         <v>6752121112</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A17" s="10"/>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
-      <c r="D17" s="11"/>
+      <c r="D17" s="12"/>
       <c r="E17" s="10"/>
       <c r="F17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E18" s="8"/>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A18" s="9"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="9"/>
       <c r="F18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A19" s="6" t="s">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A19" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="6" t="s">
+      <c r="B19" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="C19" s="6" t="s">
+      <c r="C19" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="D19" s="7" t="s">
+      <c r="D19" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="8">
         <v>471101169</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E20" s="8"/>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A20" s="9"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="9"/>
       <c r="F20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="4">
         <v>6752121112</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A22" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A23" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A24" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A25" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A26" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" s="6"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="A6:A10"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="A16:A18"/>
+    <mergeCell ref="A19:A20"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="B6:B10"/>
+    <mergeCell ref="C6:C10"/>
+    <mergeCell ref="D6:D10"/>
+    <mergeCell ref="E6:E10"/>
+    <mergeCell ref="B4:B5"/>
     <mergeCell ref="C19:C20"/>
     <mergeCell ref="C12:C15"/>
     <mergeCell ref="D12:D15"/>
     <mergeCell ref="E12:E15"/>
     <mergeCell ref="B16:B18"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C16:C18"/>
     <mergeCell ref="D16:D18"/>
     <mergeCell ref="E16:E18"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="D19:D20"/>
-    <mergeCell ref="C4:C5"/>
-[...11 lines deleted...]
-    <mergeCell ref="B4:B5"/>
     <mergeCell ref="B12:B15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;9&amp;K000000 INTERNAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c84226ac-d152-4259-96d9-9ea797342374}" enabled="1" method="Standard" siteId="{6573a299-ce07-4046-aaa3-db180daff1ae}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dc:creator>Matoušek Petr Mgr. (MPSV)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>